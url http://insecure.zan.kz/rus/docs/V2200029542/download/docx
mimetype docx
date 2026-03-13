--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="52d847e" w14:textId="52d847e">
+    <w:p w14:paraId="48645e9" w14:textId="48645e9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -636,1840 +636,1702 @@
               </w:rPr>
               <w:t>от 12 сентября 2022 года № 383</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила присуждения почетного звания в сфере благотворительности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 701-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила присуждения почетного звания в сфере благотворительности (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7-1 Закона Республики Казахстан "О благотворительности" (далее – Закон) и определяют порядок присуждения почетного звания в сфере благотворительности (далее – почетное звание).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) спонсорская деятельность – деятельность спонсора по оказанию спонсорской помощи на условиях популяризации имени спонсора в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      1) спонсорская деятельность – деятельность спонсора по оказанию благотворительной помощи на условиях популяризации имени спонсора в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) малая родина – административно-территориальная единица Республики Казахстан, на территории которой физическое лицо родилось и (или) провело часть своей жизни;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      2) малая родина – административно-территориальная единица Республики Казахстан, на территории которой физическое лицо родилось и (или) провело часть своей жизни;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поддержка малой родины – добровольная деятельность, основанная на патриотизме, направленная на оказание поддержки малой родине;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      3) поддержка малой родины – добровольная деятельность, основанная на патриотизме, направленная на оказание поддержки малой родине;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) благотворительность – социально-полезная деятельность, основанная на оказании благотворительной помощи и удовлетворении гуманных потребностей, осуществляемая добровольно, безвозмездно либо на льготных условиях в виде филантропической, спонсорской и меценатской деятельности, а также оказания поддержки малой родине;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      4) благотворительность – социально-полезная деятельность, основанная на оказании благотворительной помощи и удовлетворении гуманных потребностей, осуществляемая добровольно, безвозмездно либо на льготных условиях в виде филантропической, спонсорской и меценатской деятельности, а также оказания поддержки малой родине;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) волонтер благотворительности – физическое лицо, принимающее участие в сборе средств путем применения своего опыта, специальных навыков, знаний, умений, личных контактов на основе договора, заключенного в соответствии с гражданским законодательством Республики Казахстан с благотворительной организацией или пользователем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      5) волонтер благотворительности – физическое лицо, принимающее участие в благотворительности путем применения своего опыта, специальных навыков, знаний, умений, личных контактов на основе заключенного договора с благотворителем;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) благотворительная организация – некоммерческая организация, созданная для осуществления благотворительности в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      6) благотворительная организация – некоммерческая организация, созданная для осуществления благотворительности в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) меценатская деятельность – деятельность мецената по оказанию благотворительной помощи на основе доброй воли в развитии науки, инноваций, образования, культуры, искусства, спортивного мастерства, сохранении исторического и этнокультурного достояния общества и государства в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      7) меценатская деятельность – деятельность мецената по оказанию благотворительной помощи на основе доброй воли в развитии науки, инноваций, образования, культуры, искусства, спортивного мастерства, сохранении исторического и этнокультурного достояния общества и государства в соответствии с законами Республики Казахстан, международными договорами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) конфликт интересов – противоречие между личными интересами лиц, входящих в состав Комиссии по присуждению почетного звания (далее – Комиссия) или рабочей группы, при котором личные интересы указанных лиц могут привести к неисполнению и (или) ненадлежащему исполнению ими своих обязанностей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      8) филантропическая деятельность – добровольная деятельность филантропа, основанная на распределении его частных ресурсов для удовлетворения потребностей общества и лиц, улучшения условий их жизни в соответствии с законами Республики Казахстан и международными договорами Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) филантропическая деятельность – добровольная деятельность филантропа, основанная на распределении его частных ресурсов для удовлетворения потребностей общества и лиц, улучшения условий их жизни в соответствии с законами Республики Казахстан и международными договорами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Почетное звание присуждается на конкурсной основе субъектам благотворительности (благотворители, благотворительные организации и волонтеры благотворительности), осуществляющим общественно-полезную, социальную, благотворительную деятельность (спонсорскую, меценатскую, филантропическую, а также деятельности по оказанию поддержки малой родине) на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Почетное звание присуждается за значительный вклад в развитие сферы благотворительности по следующим направлениям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      реализация крупных социальных проектов, в том числе направленных на развитие и поддержку малой родины;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание безвозмездной помощи малообеспеченным, многодетным семьям, детям с особыми потребностями и детям, оставшимся без попечения родителей/оказавшимся в трудной жизненной ситуации, социально уязвимым слоям населения, ветеранам Великой Отечественной войны, пенсионерам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание помощи гражданам Республики Казахстан, иностранцам, лицам без гражданства, кандасам, а также территориям, пострадавшим от чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание благотворительной помощи физическим лицам, нуждающимся в неотложном платном лечении в медицинских учреждениях Республики Казахстан и (или) за рубежом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание благотворительной помощи в сфере науки, инноваций, образования, культуры, искусства, спорта, а также помощь в сохранении исторического и этнокультурного достояния общества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказание благотворительной помощи животным;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      развитие корпоративной благотворительности субъектами предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...371 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок присуждения почетного звания в сфере благотворительности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...138 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
-[...15 lines deleted...]
-      Председатель Комиссии по обращению члена Комиссии, у которого возник конфликт интересов, или при получении информации из других источников своевременно принимают следующие меры по предотвращению и урегулированию конфликта интересов:</w:t>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Объявление о приеме представлений к присуждению почетных званий (далее – представление) размещается уполномоченным органом в сфере благотворительности (далее – уполномоченный орган) на официальном интернет-ресурсе и официальных аккаунтах в социальных сетях уполномоченного органа не позднее 1 августа соответствующего года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      1) отстраняют члена Комиссии, у которого возник конфликт интересов, от участия в работе Комиссии. Решение об отстранении члена Комиссии, у которого возник конфликт интересов, принимается Комиссией в письменной форме большинством голосов ее членов путем открытого голосования и оглашается в присутствии члена Комиссии, у которого возник конфликт интересов. При равном количестве голосов голос председателя Комиссии является решающим;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документы для участия в конкурсе подают государственные органы, физические и юридические лица в уполномоченный орган ежегодно по 1 сентября включительно одним из следующих способов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
-[...15 lines deleted...]
-      2) в течение 1 (одного) рабочего дня пересматривают состав Комиссии в соответствии с приказом.</w:t>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по почте заказным письмом с уведомлением и (или) нарочно через канцелярию уполномоченного органа на бумажном и электронном носителях (CD-дисках либо USB-флэш-накопителях в формате DOC, DOCX, PDF);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...77 lines deleted...]
-      11. Объявление о приеме представлений к присуждению почетных званий (далее – представление) размещается уполномоченным органом на официальном Интернет-ресурсе и официальных аккаунтах в социальных сетях уполномоченного органа не позднее 1 июня соответствующего года.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) на электронную почту уполномоченного органа, указанный в объявлении (в формате DOC, DOCX, PDF).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z70" w:id="34"/>
-[...15 lines deleted...]
-      Документы для участия в конкурсе подаются государственными органами, физическими и юридическими лицами в уполномоченный орган ежегодно по 1 июля включительно одним из следующих способов:</w:t>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для участия в конкурсе государственные органы, физические и юридические лица предоставляют следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z71" w:id="35"/>
-[...15 lines deleted...]
-      1) по почте заказным письмом с уведомлением и (или) нарочно через канцелярию уполномоченного органа на бумажном и электронном носителях (CD-дисках либо USB-флэш-накопителях в формате DOC, DOCX, PDF);</w:t>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) представление по форме, согласно приложениям 1 и 2 к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z72" w:id="36"/>
-[...15 lines deleted...]
-      2) на электронный адрес уполномоченного органа, указанный в объявлении (в формате PDF).</w:t>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копии наградных дипломов, грамот, благодарственных писем (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копии статей, публикаций претендента на присуждение почетного звания (далее - претендент) или о претенденте (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ссылка на страницу в социальных сетях (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Не допускается повторное выдвижение на присуждение почетного звания в течение 3 (трех) лет после его получения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты благотворительности выдвигаются на присуждение почетного звания только по одному направлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. При предоставлении претендентом полного пакета документов, уполномоченный орган в течении 15 (пятнадцати) рабочих дней после окончания приема документов, направляет их для проведения оценки членам рабочей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении претендентом неполного пакета документов, указанного в пункте 5 настоящих Правил, уполномоченный орган в течение 3 (трех) рабочих дней со дня получения документов направляет на электронную почту претендента уведомление о приведении документов в соответствие с установленными требованиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В течение 2 (двух) рабочих дней со дня получения уведомления, претендент предоставляет уполномоченному органу отсутствующие документы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Физические и юридические лица, государственные органы направляют в уполномоченный орган представления по форме, согласно </w:t>
-[...105 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+      При не приведении претендентом документов в соответствие с требованиями, указанными в пункте 5 настоящих Правил, уполномоченный орган в течение 3 (трех) рабочих дней направляет письменный мотивированный ответ об отказе в рассмотрении документов на участие в конкурсе. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Представления на присуждение почетного звания рассматриваются в 2 (два) этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На 1 (первом) этапе, уполномоченный орган в течение 10 (десяти) рабочих дней после окончания приема документов для проведения оценки документов претендентов на присуждение почетного звания формирует и утверждает приказом первого руководителя состав рабочей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рабочая группа состоит из числа представителей заинтересованных государственных органов, неправительственных организаций, средств массовой информации, общественных деятелей, экспертов по соответствующим направлениям присуждения почетного звания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Количество членов рабочей группы в каждом направлении составляет не менее 3 (трех) человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав рабочей группы не входят члены Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В течение 3 (трех) рабочих дней со дня утверждения состава рабочей группы, уполномоченный орган направляет членам рабочей группы посредством электронной почты документы претендентов и оценочные листы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Уполномоченный орган в течение 15 (пятнадцати) календарных дней после окончания приема представлений, посредством электронной почты, направляет членам Комиссии представления претендентов и оценочные листы согласно </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="41"/>
+      9. Член рабочей группы при возникновении конфликта интересов, в течении 2 (двух) рабочих дней со дня получения документов претендентов, в произвольной письменной форме уведомляет уполномоченный орган о возникшем конфликте интересов и подлежит исключению из состава рабочей группы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уведомление направляется в уполномоченный орган в бумажной и (или) электронной форме. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При наличии информации о возникшем конфликте интересов или возможности его возникновения у другого члена рабочей группы, информация о нем должна быть доведена до сведения уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченный орган в течении 2 (двух) рабочих дней со дня получения уведомления о конфликте интересов принимает решение об отводе (самоотводе) члена рабочей группы и утверждает новый состав рабочей группы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Каждый член рабочей группы в течение 10 (десяти) рабочих дней со дня получения документов от уполномоченного органа, изучает и оценивает документы претендентов от 0 до 5 баллов по нижеперечисленным критериям, заполнив оценочный лист по форме согласно приложению 3 к настоящим Правилам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) внесенный вклад в решение социально направленных, общественно полезных задач;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z75" w:id="42"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие количественных результатов благотворительной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z76" w:id="43"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) устойчивость и эффект от осуществления благотворительной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z77" w:id="44"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Баллы по каждому критерию суммируются и выставляется общий балл.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...122 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган проверяет оценочные листы и подводит общие итоги оценок членов рабочей группы по каждому направлению отдельно в течение 10 (десяти) рабочих дней со дня получения оценочного листа от членов рабочей группы, направляемых посредством электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При подведении итогов оценок уполномоченным органом определяется общий балл оценочных листов претендентов по следующим показателям: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от 0 до 7 – низкий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      от 8 до 11 – средний; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от 12 до 15 – высокий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На 2 (второй) этап проходят претенденты с высоким и средним показателем общего балла.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Присуждение почетного звания осуществляется на основании решения Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия формируется из числа представителей заинтересованных государственных органов, организаций, общественных деятелей, экспертов и депутатов Парламента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Комиссию возглавляет председатель, при его отсутствии – заместитель председателя. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Комиссии избирается из числа членов Комиссии, за исключением представителей государственных органов, путем открытого голосования большинством голосов из числа ее членов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Секретарь Комиссии осуществляет организационное обеспечение ее работы, не является ее членом и не принимает участие в голосовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Общее количество членов Комиссии составляет нечетное число, не менее 15 (пятнадцати) человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав Комиссии не входят члены рабочей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. На 2 (втором) этапе, уполномоченный орган, в течение 5 (пяти) рабочих дней со дня окончания процедуры проверки и подведения общих итогов оценок, формирует и утверждает приказом первого руководителя уполномоченного органа состав Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Решение об утверждении претендента принимается на заседании Комиссии в течение 15 (пятнадцати) рабочих дней со дня получения общих итогов оценки членов рабочей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. При возникновении конфликта интересов член Комиссии в течении 2 (двух) рабочих дней со дня получения общих итогов оценки членов рабочей группы, уведомляет в письменной форме председателя Комиссии о наличии конфликта интересов с претендентами, прошедших на второй этап. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если конфликт интересов возник у другого члена Комиссии, информация о нем должна быть доведена до сведения председателя Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      После получения уведомления о возникновении или возможности конфликта интересов председатель Комиссии инициирует отвод (самоотвод) самого члена комиссии или отвода другого члена Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Решение об отстранении принимается путем открытого голосования большинством голосов ее членов и оформляется протоколом заседания Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уполномоченный орган в течении 2 (двух) рабочих дней со дня получения протокола об отводе (самоотводе) пересматривает состав Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Комиссия принимает решение об утверждении претендента к присуждению почетного звания на основе общих итогов оценок членов рабочей группы открытым голосованием большинством голосов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Заседание считается правомочным, если на нем присутствует более двух третей членов Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При равенстве голосов, голос председателя Комиссии является решающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-[...353 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение Комиссии оформляется протоколом и подписывается присутствующими членами Комиссии в течение 3 (трех) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Присуждение почетного звания производится в торжественной обстановке первым руководителем или другими должностными лицами Уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Почетное звание отмечается нагрудным знаком "Қайырымдылық үшін".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицам, удостоенным почетного звания, вручается нагрудный знак, согласно описанию, указанному в приложении 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Учет лиц, удостоенных почетным званием, осуществляется Службой управления персоналом Уполномоченного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2503,1000 +2365,1071 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Правилам</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>присуждения почетного</w:t>
+              <w:t>к Правилам присуждения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>звания в сфере благотворительности</w:t>
+              <w:t>почетного звания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере благотворительности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="54"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="55"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Представление к присуждению почетного звания в сфере благотворительности</w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="56"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(для физических лиц)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Фамилия, имя, отчество (при его наличии) ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z83" w:id="57"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z100" w:id="90"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дата рождения ________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z84" w:id="58"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(число, месяц, год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z101" w:id="91"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Место рождения _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="61"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(республика, область, город, район, село)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Пол _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z103" w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Образование __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование учебного заведения, год окончания)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Специальность по образованию __________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...82 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z105" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ученая степень, ученое звание (при наличии) ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z106" w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Место работы и занимаемая должность____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z107" w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Какими государственными наградами награжден (а) и даты награждений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...24 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z108" w:id="98"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Домашний адрес _______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z92" w:id="66"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Общий стаж работы ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z93" w:id="67"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Стаж работы в отрасли _________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Опыт работы в сфере благотворительности ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z112" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Характеристика с указанием конкретных особых заслуг претендента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...456 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z113" w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Информация о социальном вкладе в развитие сферы благотворительности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и о его результатах (указать внесенный вклад в решение социально направленных,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общественно полезных задач, количество оказанной/оказываемой благотворительной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности и эффект от осуществления благотворительной помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z114" w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Дополнительная информация (дипломы, грамоты, благодарственные письма,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи, публикаций, о награждении государственными наградами, а также ссылки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на страницы в социальных сетях) ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Представляется к присуждению почетного звания в сфере благотворительности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо направляющее представление________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" _____________ ______ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: фамилия, имя, отчество (при его наличии) присуждаемого заполняются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по документам, удостоверяющим личность, с обязательным указанием транскрипции</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на государственном или русском языках.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3530,290 +3463,1165 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>присуждения почетного</w:t>
+              <w:t>к Правилам присуждения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>звания в сфере благотворительности</w:t>
+              <w:t>почетного звания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере благотворительности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z100" w:id="74"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Представление к присуждению почетного звания в сфере благотворительности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(для юридических лиц)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z118" w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 Наименование организации в соответствии со справкой о государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регистрации (перерегистрации) юридического лица или свидетельством</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о государственной регистрации (перерегистрации) юридического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z119" w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата государственной регистрации (перерегистрации) _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(число, месяц, год)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z120" w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3 Юридический адрес организации ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(республика, область, город, район, село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z121" w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Основное направление деятельности организации ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Государственные награды (при наличии) ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z123" w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Опыт работы в сфере благотворительности (реализуемые/реализованные</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>благотворительные программы, проекты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z124" w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Информация о социальном вкладе в развитие сферы благотворительности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и о его результатах (указать внесенный вклад в решение социально направленных,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общественно полезных задач, количество оказанной/оказываемой благотворительной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>деятельности и эффект от осуществления благотворительной помощи).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z125" w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Дополнительная информация (дипломы, грамоты, благодарственные письма,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи, публикаций, о награждении государственными наградами, а также ссылки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на страницы в социальных сетях) ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицо направляющее представление__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____" _____________ ______ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(место печати)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам присуждения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>почетного звания в сфере</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>благотворительности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z128" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Оценочный лист</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-[...91 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилия, имя, отчество (при его наличии) члена рабочей группы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата заполнения _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Критерии отбора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z131" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Внесенный вклад в решение социально направленных, общественно полезных задач (нет эффекта – 0 баллов, слабый эффект – 1-2 балла, удовлетворительный эффект – 3 балла, хороший эффект – 4 балла, отличный эффект – 5 баллов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z132" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Наличие количественных результатов благотворительной деятельности (нет результатов – 0 баллов, низкий уровень – 1-2 балла, средний уровень деятельности – 3-4 балла, высший уровень – 5 баллов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z133" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Устойчивость и эффект от осуществления благотворительной помощи (нет эффекта – 0 балл, слабый эффект – 1-2 балла, удовлетворительный эффект – 3 балла, хороший эффект – 4 балла, устойчивый эффект – 5 баллов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -3866,105 +4674,104 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование/</w:t>
+Наименование организации/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Фамилия, имя, отчество (при его наличии)</w:t>
+              <w:t>Фамилия, имя, отчество (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внесенный вклад в решение социально- направленных, общественно полезных задач</w:t>
+Внесенный вклад в решение социально направленных, общественно полезных задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4105,51 +4912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4338,51 +5145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4535,69 +5342,304 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________ (Подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4631,285 +5673,273 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2-1 к Правилам</w:t>
+              <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>присуждения почетного</w:t>
+              <w:t>к Правилам присуждения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>звания в сфере благотворительности</w:t>
+              <w:t>почетного звания в сфере</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>благотворительности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="79"/>
+    <w:bookmarkStart w:name="z136" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Описание нагрудного знака "Қайырымдылық үшін"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...11 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z137" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудной знак "Қайырымдылық үшін" Министерства культуры и информации Республики Казахстан (далее – Министерство) является знаком общественного признания и поощрения граждан за заслуги в развитие благотворительности деятельности в Республике Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z138" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудной знак "Қайырымдылық үшін" состоит из знака и колодки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z139" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нагрудной знак представляет собой правильный круг диаметром 32 мм, выполненный из металла желтого цвета - латуни.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z140" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На лицевой стороне (аверсе) медали на первом плане выполнено изображение солнце, внутри которого расположено красное сердце и ладонь в голубом фоне.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z141" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На оборотной стороне (реверсе) медали по кругу расположен национальный орнамент. В центральной части расположена сердце надпись "ҚАЙЫРЫМДЫЛЫҚ ҮШІН _____ ж.".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z142" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медаль с помощью ушка и кольца соединяется с прямоугольной планкой шириной 24 мм, выполненной из металла желтого цвета – латуни. В центральной части выполнен национальный орнамент. Фон планки обрамлен муаровой лентой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z143" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Все изображения и надписи на медали выпуклые. Края медали окаймлены бортиками. С обратной стороны колодки имеется булавка с визорным замком, с помощью которой изделие крепится к одежде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z144" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 2-1 в соответствии с приказом Министра культуры и информации РК от 29.02.2024 </w:t>
-[...168 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="7315200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -4931,240 +5961,72 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...176 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -5172,55 +6034,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5546,31 +6408,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>