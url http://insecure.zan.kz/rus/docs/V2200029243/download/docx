--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28e5b60" w14:textId="28e5b60">
+    <w:p w14:paraId="ca5c4aa" w14:textId="ca5c4aa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,202 +85,239 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в приказ Министра информации и коммуникаций Республики Казахстан от 26 сентября 2018 года № 415 "Об утверждении Правил деятельности международного технологического парка "Астана Хаб"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ и.о. Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 23 августа 2022 года № 292/НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 августа 2022 года № 29243. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития Республики Казахстан от 31 декабря 2025 года № 703/НҚ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Заместителя Премьер-Министра – Министра искусственного интеллекта и цифрового развития РК от 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 703/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра информации и коммуникаций Республики Казахстан от 26 сентября 2018 года № 415 "Об утверждении Правил деятельности международного технологического парка "Астана Хаб" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17437) следующие изменения и дополнение:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> деятельности международного технологического парка "Астана Хаб", утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -291,106 +330,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Настоящие Правила деятельности международного технологического парка "Астана Хаб" (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 24-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона Республики Казахстан "Об информатизации" и определяют порядок деятельности международного технологического парка "Астана Хаб" (далее – Технопарк).";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -403,330 +426,330 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. К функциям Технопарка относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оказание услуг акселерации, технологического бизнес-инкубирования участникам Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставление услуг по проведению маркетинговых и иных мероприятий для участников Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) оказание услуг по проведению консультационных, информационных, аналитических, образовательных мероприятий для стимулирования развития участников Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сотрудничество с международными организациями, иностранными партнерами с целью привлечения информационных, образовательных и финансовых ресурсов для стимулирования развития участников Технопарка, изучения международного опыта и обмена знаниями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) поиск потенциальных инвесторов для реализации промышленно-инновационных проектов в области информационно-коммуникационных технологий участников Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) направление приглашений, ходатайств на получение иностранцами и лицами без гражданства виз для прохождения обучения по программам Технопарка, работников участника Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) привлечение нерезидентов и резидентов Республики Казахстан для участия в Технопарке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) регистрация участников Технопарка и выдача соответствующих подтверждающих документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) предоставление жилья и создание условий для проживания лицам, проходящим акселерацию в Технопарке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) оказание содействия в проведении и организации мероприятий, направленных на развитие инноваций в корпоративном секторе в целях совершенствования взаимодействия между участниками Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) организация подготовки квалифицированных кадров в области информационно-коммуникационных технологий в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) финансирование промышленно-инновационных проектов участников Технопарка в области информационно-коммуникационных технологий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) создание инвестиционных фондов или принятие долевого участия в инвестиционных фондах.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -759,246 +782,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "3-1. Оказание услуг по проведению образовательных мероприятий для организации подготовки квалифицированных кадров в области информационно-коммуникационных технологий (далее – ИКТ), предусмотренных подпунктами 3) и 11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, Технопарк осуществляет, в соответствии с параграфом 10 настоящих Правил и внутренними документами Технопарка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Поиск потенциальных инвесторов для реализации промышленно-инновационных проектов в области ИКТ осуществляется следующими способами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) привлечение отечественных и зарубежных инвесторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) организация и проведение мероприятий по демонстрации промышленно-инновационных проектов в области ИКТ; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) организация и проведение мероприятий по коммерческой реализации и (или) передача интеллектуальной собственности по отечественным разработкам в области ИКТ по договору о передаче или предоставлении исключительных (имущественных) прав;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) установление и поддержание постоянных связей со средствами массовой информации в целях маркетингового продвижения деятельности Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) установление договорных отношений с зарубежными юридическими и физическими лицами, необходимых для деятельности Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) содействие в проведении отечественных мероприятий в области ИКТ и проектов (выставки, форумы и конференции) и участие в зарубежных мероприятиях, в том числе путем выделения финансовых средств.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1011,266 +1018,250 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "7. Для регистрации в качестве участника Технопарка заявителю необходимо соответствовать следующим требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       являться юридическим лицом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отсутствие на момент подачи заявления на участие в Технопарке филиалов, кроме представительств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       не относиться к организациям, реализующим (реализовавшим) инвестиционный приоритетный проект в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 284</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан, а также инвестиционный стратегический проект по инвестиционным контрактам, заключенным до 1 января 2015 года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не являться юридическим лицом, пятьдесят и более процентов акций (доли участия в уставном капитале) которого прямо или косвенно принадлежат государству, национальным управляющим холдингам, национальным холдингам и национальным компаниям или их дочерним организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не являться недропользователем или участником специальной экономической зоны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не являться плательщиком акцизов в соответствии со статьей 461 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" (далее - Кодекс);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять один и (или) несколько приоритетных видов деятельности в области ИКТ, а также в рамках одного приоритетного вида деятельности осуществлять одну и (или) несколько предусмотренных в нем работ в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечнем</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приоритетных видов деятельности в области ИКТ, утвержденным приказом Министра цифрового развития, оборонной и аэрокосмической промышленности Республики Казахстан от 11 апреля 2019 года № 37/НҚ (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 18523) (далее - Перечень приоритетных видов деятельности в области ИКТ).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1303,246 +1294,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9. К заявлению на участие в Технопарке прикрепляются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       для юридических лиц-резидентов - справка о государственной регистрации (перерегистрации) юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электронные копии документов, подтверждающие полномочия лица, действующего от имени заявителя при подаче заявления на участие в Технопарке, если такое лицо назначено заявителем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) бизнес-план проекта (проектов), содержащий необходимые сведения, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения об отсутствии (наличии) задолженности, учет по которым ведется в налоговых органах, не превышающей шестикратный размер месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете, выданная не ранее чем за десять календарных дней, предшествующих дате подачи заявления на участие в Технопарке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документ, подтверждающий местонахождение, где заявитель планирует осуществлять деятельность (копии договоров аренды, безвозмездного пользования имуществом, доверительного управления имуществом, нотариально засвидетельствованное согласие физического лица о предоставлении помещения для места нахождения юридического лица). При изменении местонахождения заявитель незамедлительно уведомляет об этом Технопарк;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сведения о количестве планируемых к привлечению нерезидентов и резидентов для реализации проекта (предполагаемое количество и срок).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9-1. В случае изменения и (или) дополнения вида деятельности, осуществляемого участником Технопарка в рамках Перечня приоритетных видов деятельности в области ИКТ, участник Технопарка направляет в электронной форме заявление об изменении и (или) дополнении вида деятельности с прикреплением Бизнес-плана, заполняемое на интернет-ресурсе Технопарка. Решение об изменении и (или) дополнении вида деятельности принимается Комиссией по отбору участников Технопарка (далее - Комиссия) в течение десяти рабочих дней с момента поступления заявления об изменении и (или) дополнении вида деятельности от Технопарка.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1555,90 +1530,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. В случае полноты сведений, содержащихся в заявлении на участие в Технопарке, Технопарк направляет его на рассмотрение Комиссии, Положение и состав Комиссии определяется Технопарком.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия состоит из представителей государственных органов и (или) специалистов в области IT-технологий с соответствующей квалификацией специалистов и (или) имеющих опыт работы в области ИКТ более пяти лет, а также в состав Комиссии привлекаются международные эксперты.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1707,70 +1682,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "18. Участнику в течение трех рабочих дней со дня подписания договора об условиях деятельности участника Технопарка выдается свидетельство о регистрации участника в Технопарке по форме, согласно приложению 1 к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1859,90 +1834,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "20. Сведения об участнике Технопарка, с которым заключен договор об условиях деятельности участника Технопарка, в течение трех рабочих дней включаются в Перечень участников Технопарка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z60" w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Список участников размещается на интернет-ресурсе Технопарка.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1955,70 +1930,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:bookmarkStart w:name="z62" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "25. Технопарк обеспечивает участнику условия для осуществления промышленно-инновационных проектов в области ИКТ в соответствии с настоящими Правилами.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2031,182 +2006,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="42"/>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "36. Заявление на продление срока участия в Технопарке подается в Технопарк не позднее десяти рабочих дней до окончания срока участия. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При несоблюдении подачи срока заявления на продление срока участия в Технопарке, заявитель проходит регистрацию согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Технопарк предоставляет свидетельство о продлении срока участия в Технопарке по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2219,126 +2162,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "41. В случаях предусмотренных подпунктами 1), 2), 5) и 6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, Технопарк выносит на рассмотрение Комиссии вопрос о досрочном прекращении участия участника в Технопарке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="43"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия при наличии оснований, предусмотренных подпунктами 1), 2), 5) и 6) пункта 39 настоящих Правил, принимает решение о досрочном прекращении участия в Технопарке.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2371,90 +2298,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="44"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "43. Акселерация предусматривает программу развития промышленно-инновационных проектов в области ИКТ, где участникам программ доступны образовательные курсы, обучение от трекеров (наставников), консультации экспертов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z72" w:id="45"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Технологическое бизнес-инкубирование предусматривает программу поддержки промышленно-инновационных проектов в области ИКТ участников Технопарка на начальном этапе их функционирования, которая включает в себя услуги по предоставлению помещений, оборудования, ведению бухгалтерского учета, юридическому, информационному и консультационному сопровождению, привлечению инвестиций, управлению проектами, а также иных услуг, необходимых для реализации промышленно-инновационных проектов в области ИКТ.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2467,270 +2394,270 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="46"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "48. К электронному заявлению на получение услуг прилагаются следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z75" w:id="47"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование проекта, направление проекта, краткое описание проекта с ожидаемыми результатами проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z76" w:id="48"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) контактные данные заявителя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z77" w:id="49"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       номер телефона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z78" w:id="50"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронный адрес;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z79" w:id="51"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       город и страна;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z80" w:id="52"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) стадия готовности проекта (продукта), применяемые технологии, проблема, которую решает продукт, бизнес-модель проекта, срок существования проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z81" w:id="53"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) количество участников проекта, вовлеченность команды в проект;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z82" w:id="54"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ссылка на презентацию проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) описание потребностей и ожиданий от Технопарка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z84" w:id="56"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) для налогоплательщика, зарегистрированного в соответствии со статьей 74 Кодекса – сведения об отсутствии (наличии) задолженности, учет по которым ведется в налоговых органах, не превышающей шестикратный размер месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете, выданная не ранее чем за десять календарных дней, предшествующих дате подачи заявления на участие в Технопарке.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2763,90 +2690,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "59. Лица, заселяются в предоставленное жилье на основании заключенного договора с Технопарком и обеспечивают сохранность жилья и общего имущества в соответствии с жилищным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z87" w:id="58"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z87" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Лица, исключенные от прохождения акселерации, освобождают и передают Технопарку жилье в течение двух рабочих дней по акту приема-передачи.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2859,690 +2786,690 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главу 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дополнить параграфом 10 следующего содержания:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="59"/>
+    <w:bookmarkStart w:name="z89" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Параграф 10. Порядок проведения образовательных мероприятий для организации подготовки квалифицированных кадров в области ИКТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z90" w:id="60"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z90" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Технопарк осуществляет услуги по проведению образовательных мероприятий для организации подготовки квалифицированных кадров в области ИКТ в соответствии с подпунктом 3) и 11) пункта 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z91" w:id="61"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z91" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Технопарк объявляет о начале и об окончании приема заявлений на участие в обучении физических лиц в области ИКТ от заявителей, в средствах массовой информации и посредством интернет-ресурса Технопарка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z92" w:id="62"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z92" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Заявитель направляет заявление на участие в обучении физических лиц в области ИКТ в электронной форме на интернет-ресурсе Технопарка с прикреплением следующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z93" w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z93" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) силлабусы курсов, утвержденные первым руководителем заявителя (содержащие наименование курсов и их подробное описание: план обучения по неделям и академическим часам, продолжительность, критерии отбора студентов и стоимость курса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z94" w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z94" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документ, подтверждающий создание франшизы, продажу франшизы между франчайзером и франчайзи, зарегистрированные в соответствии с законодательством Республики Казахстан (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z95" w:id="65"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z95" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) документ, подтверждающий права на использование зарубежной методологии обучения (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z96" w:id="66"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z96" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документ о передаче правообладателем исключительных прав на курс заявителю (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z97" w:id="67"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) документ, подтверждающий стажировку, трудоустройство выпускников в компаниях в сфере ИКТ (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z98" w:id="68"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) документ, подтверждающий право владения, пользования, распоряжения помещением, пригодного для проведения занятий, на территории Республики Казахстан (при наличии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z99" w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Заявление на участие в обучении физических лиц в области ИКТ и прилагаемые к нему документы направляются на государственном или русском, либо на английском языках. При предоставлении документов на английском языке Технопарк при необходимости обеспечивает их перевод на государственный или русский язык.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z100" w:id="70"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Заявитель обеспечивает полноту и достоверность представленных документов, исходных данных, расчетов, обоснований, содержащихся в заявлении на участие в обучении физических лиц в области ИКТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z101" w:id="71"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z101" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Технопарк в течение десяти рабочих дней со дня направления заявления на участие в обучении физических лиц в области ИКТ рассматривает его на полноту сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z102" w:id="72"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z102" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Технопарк отказывает заявителю, при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z103" w:id="73"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z103" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличии налоговой задолженности и задолженности по пенсионным, профессиональным пенсионным взносам и социальным отчислениям в размере, превышающем шестикратный месячный расчетный показатель, установленный на соответствующий финансовый год законом о республиканском бюджете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z104" w:id="74"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z104" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) установлении факта представления недостоверной информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z105" w:id="75"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z105" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) установлении факта, что заявитель подлежит процедуре банкротства либо ликвидации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z106" w:id="76"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z106" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) установлении факта учета в реестрах недобросовестных участников закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z107" w:id="77"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z107" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) установлении факта учета в Едином реестре должников, размещенном на официальном интернет-ресурсе уполномоченного органа в соответствии со статьей 36 Закона Республики Казахстан "Об исполнительном производстве и статусе судебных исполнителей";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z108" w:id="78"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z108" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) продолжительности курсов в области ИКТ менее шести месяцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z109" w:id="79"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z109" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) отсутствии подробного плана обучения по курсам в области ИКТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z110" w:id="80"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z110" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) отсутствии интернет-ресурса с информацией об участнике Технопарка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z111" w:id="81"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z111" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. При предоставлении полных сведений, содержащихся в заявлении на участие в обучении физических лиц в области ИКТ, Технопарк направляет его на рассмотрение Независимой комиссии по отбору кандидатов (далее - Независимая комиссия), определяемой Технопарком. Независимая комиссия состоит из представителей Технопарка, государственных органов и (или) специалистов в области IT-технологий и образования с соответствующей квалификацией, а также в состав Комиссии привлекаются международные эксперты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z112" w:id="82"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z112" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. При предоставлении неполных сведений, содержащихся в заявлении на участие в обучении физических лиц в области ИКТ, Технопарк не позднее десяти рабочих дней со дня направления заявления на участие в обучении физических лиц в области ИКТ направляет заявителю уведомление, с указанием замечаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z113" w:id="83"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z113" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Устранение замечаний осуществляется заявителем в срок не позднее десяти рабочих дней со дня их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z114" w:id="84"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z114" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Технопарк с момента устранения замечаний направляет заявление на участие в обучении физических лиц в области ИКТ на рассмотрение Независимой комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z115" w:id="85"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z115" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Независимая комиссия заслушивает презентации заявителей и принимает решение путем голосования о допуске к участию в обучении физических лиц и количестве квот или об отказе в участии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z116" w:id="86"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z116" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Технопарк определяет и использует расчетный механизм определения количества квот участникам Технопарка для обучения физических лиц в области ИКТ для дальнейшего рассмотрения Независимой комиссией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z117" w:id="87"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z117" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Технопарк направляет заявителю решение Независимой комиссии о допуске к участию в обучении физических лиц или мотивированный отказ в течение пяти рабочих дней со дня принятия такого решения по контактам, указанным в заявлении на участие в обучении физических лиц в области ИКТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z118" w:id="88"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z118" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       83. При положительном решении Независимой комиссии по итогам рассмотрения заявления на участие в обучении физических лиц в области ИКТ, Технопарк в течение десяти рабочих дней заключает с заявителем договор об участии в обучении физических лиц в области ИКТ, определяемый Технопарком. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z119" w:id="89"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z119" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Перечень физических лиц, претендующих на прохождение обучения в области ИКТ, определяется заявителем самостоятельно. Заявитель обеспечивает проведение обучения физических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z120" w:id="90"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z120" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Порядок приема заявлений на участие в обучении физических лиц в области ИКТ от технологических компаний, являющихся участниками Технопарка и критерии их отбора для участия в обучении физических лиц в области ИКТ определяется внутренними документами Технопарка."</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3575,170 +3502,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="91"/>
+    <w:bookmarkStart w:name="z122" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту развития отрасли информационных технологий Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z123" w:id="92"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z123" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z124" w:id="93"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z124" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на официальном интернет-ресурсе Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z125" w:id="94"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z125" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z126" w:id="95"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z126" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z127" w:id="96"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z127" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -3919,84 +3846,66 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Мадиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="z130" w:id="97"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="106"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство индустрии и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4075,84 +3984,66 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="z134" w:id="98"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z133" w:id="107"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4214,84 +4105,66 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="z137" w:id="99"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z136" w:id="108"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство просвещения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4353,134 +4226,98 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...19 lines deleted...]
-      <w:bookmarkStart w:name="z140" w:id="100"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z139" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4626,86 +4463,50 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 августа 2022 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № 292/НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...34 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -4767,68 +4568,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>международного технологического</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>парка "Астана Хаб"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="101"/>
+    <w:bookmarkStart w:name="z153" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения, необходимые к описанию в бизнес-плане проекта (проектов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6033,124 +5834,146 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сведения о патентно-лицензионной защите, авторских правах, торговых знаках и других объектах интеллектуальной собственности (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="102"/>
+    <w:bookmarkStart w:name="z154" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *При планируемом осуществлении нескольких приоритетных видов деятельности в области информационно-коммуникационных технологий, заявитель отражает в бизнес-плане все проекты в рамках каждого вида деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6472,35 +6295,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>