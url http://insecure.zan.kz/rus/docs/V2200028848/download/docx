--- v0 (2025-10-12)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8891355" w14:textId="8891355">
+    <w:p w14:paraId="e949c34" w14:textId="e949c34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Перечня международных олимпиад по общеобразовательным предметам и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования, и критерии их отбора</w:t>
+        <w:t>Об утверждении Перечня международных олимпиад по общеобразовательным предметам, международных конкурсов научных проектов и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования, и критерии их отбора</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра просвещения Республики Казахстан от 15 июля 2022 года № 326. Зарегистрирован в Министерстве юстиции Республики Казахстан 20 июля 2022 года № 28848.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра просвещения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 32)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -228,250 +266,348 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Перечень международных олимпиад по общеобразовательным предметам и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования согласно </w:t>
+      1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 1</w:t>
+        <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> международных олимпиад по общеобразовательным предметам, международных конкурсов научных проектов и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Критерии отбора в Перечень международных олимпиад по общеобразовательным предметам и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования согласно </w:t>
+      2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению 2</w:t>
+        <w:t>Критерии</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> отбора в Перечень международных олимпиад по общеобразовательным предметам, международных конкурсов научных проектов и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра просвещения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету дошкольного и среднего образования Министерства просвещения Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства просвещения Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридической департамент Министерства просвещения Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра просвещения Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -603,64 +739,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:bookmarkStart w:name="z15" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вице-министр культуры и спорта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -807,83 +943,1352 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 июля 2022 года № 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень международных олимпиад по общеобразовательным предметам и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования</w:t>
+        <w:t xml:space="preserve"> Перечень международных олимпиад по общеобразовательным предметам, международных конкурсов научных проектов и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра просвещения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Международные олимпиады по общеобразовательным предметам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование олимпиад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по математике (International Mathematical Olympiad (Интернейшэнал Математикал Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по физике (International Physic Olympiad) (Интернейшэнал Физик Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по химии (International Chemistry Olympiad (Интернейшэнал Кэмистри Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по биологии (International Biology Olympiad) (Интернейшэнал Байолоджи Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по географии (International Geography Olympiad (Интернейшэнал Джиографи Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по информатике (International Olympiad in Informatic (Интернейшэнал Олимпиад Ин Информатик)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международная олимпиада по лингвистике (International Linguistic Olympiad (Интернейшэнал Лингуистик Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Международные спортивные соревнования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование спортивных соревнований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпийские игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паралимпийские игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сурдлимпийские игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Юношеские Олимпийские игры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чемпионаты Мира по олимпийским видам спорта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирная летняя и зимняя гимназиада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Международные конкурсы исполнителей</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -934,51 +2339,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование олимпиад</w:t>
+Наименование конкурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -996,66 +2401,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Международная олимпиада по математике (International Mathematical Olympiad (Интернейшэнал Математикал Олимпиад)</w:t>
+          <w:bookmarkStart w:name="z21" w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Международный юношеский конкурс имени Петра Чайковского</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(город Москва, Российская Федерация)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1073,66 +2498,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Международная олимпиада по физике (International Physic Olympiad) (Интернейшэнал Физик Олимпиад)</w:t>
+          <w:bookmarkStart w:name="z22" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Международный юношеский вокальный конкурс</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(город Москва, Российская Федерация)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1165,51 +2610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международная олимпиада по химии (International Chemistry Olympiad (Интернейшэнал Кэмистри Олимпиад)</w:t>
+ Открытый российский конкурс артистов балета "Арабеск" имени Екатерины Максимовой (город Пермь, Российская Федерация)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1242,51 +2687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международная олимпиада по биологии (International Biology Olympiad) (Интернейшэнал Байолоджи Олимпиад)</w:t>
+ Международные соревнования федерации и турниры World Dance Council, World DanceSport Federation (Уорлд Дэнс Каунсл, Уорлд Дэнс-Спорт Федирэйшн), этапы Кубка Мира и Чемпионата Мира International Dance Sport Union (Интернейшэнал Дэнс Спорт Юнион)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1319,51 +2764,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международная олимпиада по географии (International Geography Olympiad (Интернейшэнал Джиографи Олимпиад)</w:t>
+ Международный фестиваль искусств "Славянский базар в Витебске" (Республика Беларусь)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1396,151 +2841,270 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международная олимпиада по информатике (International Olympiad in Informatic (Интернейшэнал Олимпиад Ин Информатик)</w:t>
+Международный конкурс вокалистов Бибигуль Тулегеновой (город Алматы, Республика Казахстан)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Международная олимпиада по лингвистике (International Linguistic Olympiad (Интернейшэнал Лингуистик Олимпиад)</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра просвещения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 15 июля 2022 года № 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Международные спортивные соревнования</w:t>
+        <w:t xml:space="preserve"> Критерии отбора в Перечень международных олимпиад по общеобразовательным предметам, международных конкурсов научных проектов и международных конкурсов исполнителей, спортивных соревнований, по которым победители и призеры (награжденные дипломами первой, второй и третьей степени) последних трех лет зачисляются с присуждением образовательного гранта в организации образования, реализующие образовательные программы высшего образования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказа Министра просвещения РК от 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Отбор международных олимпиад по общеобразовательным предметам и международных конкурсов исполнителей, спортивных соревнований осуществляется в соответствии со следующим критериям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Международные олимпиады по общеобразовательным предметам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1588,51 +3152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование спортивных соревнований</w:t>
+Наименование критерий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1650,66 +3214,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Олимпийские игры</w:t>
+          <w:bookmarkStart w:name="z27" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Процедура официальной аккредитации в соответствии с правилами международных олимпиад сборной команды Республики Казахстан. Аккредитация – обязательная процедура страны-участницы перед участием в олимпиаде мирового уровня.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборная команда Казахстана определяется в соответствии с квотой, выставленной организаторами международной олимпиады. Основным критерием международной олимпиады мирового значения – представление одной сборной команды от страны-участницы, количественный состав которой не меняется ни при каких обстоятельствах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1742,51 +3326,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Паралимпийские игры</w:t>
+Финансирование сборной команды из республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1819,51 +3403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сурдлимпийские игры</w:t>
+Участие стран всех континентов (более 35 стран-участниц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1896,51 +3480,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Юношеские Олимпийские игры</w:t>
+Ежегодная смена страны-организатора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1973,51 +3557,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Чемпионаты Мира по олимпийским видам спорта</w:t>
+Проведение олимпиады в течении 15 лет (без перерывов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2050,846 +3634,225 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всемирная летняя и зимняя гимназиада</w:t>
+Наличие увеличения количества стран-участников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие не более одной сборной команды от каждой страны;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размещение результатов, опубликованных на официальном сайте страны-организатора и их предоставление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Международные конкурсы исполнителей</w:t>
-[...774 lines deleted...]
-        <w:t xml:space="preserve"> Параграф 1. Международные олимпиады по общеобразовательным предметам:</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Международные спортивные соревнования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3002,86 +3965,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="20"/>
-[...34 lines deleted...]
-Сборная команда Казахстана определяется в соответствии с квотой, выставленной организаторами международной олимпиады. Основным критерием международной олимпиады мирового значения – представление одной сборной команды от страны-участницы, количественный состав которой не меняется ни при каких обстоятельствах</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Проведение международной спортивной организацией (Международный Олимпийский комитет, Международный Паралимпийский комитет, Международные федерации по видам спорта и другие международные спортивные организации)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3114,51 +4057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Финансирование сборной команды из республиканского бюджета</w:t>
+Участие стран всех континентов (более 200 стран-участниц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3191,51 +4134,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Участие стран всех континентов (более 35 стран-участниц)</w:t>
+Участие в состязаниях по видам спорта среди спортсменов (команд), в которых принимают участие иностранные спортсмены (команды)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3268,51 +4211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ежегодная смена страны-организатора</w:t>
+ Наличие не более одной сборной команды от каждой страны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3345,305 +4288,74 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Проведение олимпиады в течении 15 лет (без перерывов)</w:t>
-[...230 lines deleted...]
-Размещение результатов, опубликованных на официальном сайте страны-организатора и их предоставление</w:t>
+ Размещение результатов (протоколов), опубликованных на официальном сайте Организационного комитета соревнования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Международные спортивные соревнования:</w:t>
+        <w:t xml:space="preserve"> Параграф 3. Международные конкурсы исполнителей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3768,550 +4480,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Проведение международной спортивной организацией (Международный Олимпийский комитет, Международный Паралимпийский комитет, Международные федерации по видам спорта и другие международные спортивные организации)</w:t>
-[...498 lines deleted...]
-              <w:t>
 Финансирование участников от страны из республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4652,55 +4864,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5026,31 +5238,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>