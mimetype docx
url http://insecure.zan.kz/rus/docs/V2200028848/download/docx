--- v1 (2026-01-15)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e949c34" w14:textId="e949c34">
+    <w:p w14:paraId="7d5c789" w14:textId="7d5c789">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3025,50 +3025,88 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок – в редакции приказа Министра просвещения РК от 10.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Критерии с изменением, внесенным приказом и.о. Министра просвещения РК от 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Отбор международных олимпиад по общеобразовательным предметам и международных конкурсов исполнителей, спортивных соревнований осуществляется в соответствии со следующим критериям</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3794,65 +3832,65 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размещение результатов, опубликованных на официальном сайте страны-организатора и их предоставление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 2. Международные спортивные соревнования:</w:t>
+        <w:t xml:space="preserve"> Параграф 1-1. Международные конкурсы научных проектов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3980,51 +4018,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Проведение международной спортивной организацией (Международный Олимпийский комитет, Международный Паралимпийский комитет, Международные федерации по видам спорта и другие международные спортивные организации)</w:t>
+Аккредитация — обязательная процедура для страны-участницы перед участием в международном конкурсе научных проектов мирового уровня.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сборная команда Республики Казахстан формируется в соответствии с квотой, установленной организаторами международного конкурса научных проектов. Основным критерием участия в международных конкурсах научных проектов мирового значения является представление одной сборной команды от каждой страны-участницы, численный состав которой не подлежит изменению ни при каких обстоятельствах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4057,51 +4113,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Участие стран всех континентов (более 200 стран-участниц)</w:t>
+Финансирование сборной команды из республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4134,51 +4190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Участие в состязаниях по видам спорта среди спортсменов (команд), в которых принимают участие иностранные спортсмены (команды)</w:t>
+Участие стран всех континентов (более 80 стран-участниц)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4211,51 +4267,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Наличие не более одной сборной команды от каждой страны</w:t>
+Ежегодная смена страны-организатора</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4288,71 +4344,323 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Размещение результатов (протоколов), опубликованных на официальном сайте Организационного комитета соревнования</w:t>
+Проведение олимпиады в течении 15 лет (без перерывов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие увеличения количества стран-участников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие не более одной сборной команды от каждой страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размещение результатов, опубликованных на официальном сайте страны-организатора и их предоставление</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Параграф 3. Международные конкурсы исполнителей:</w:t>
+        <w:t xml:space="preserve"> Параграф 2. Международные спортивные соревнования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4480,50 +4788,550 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Проведение международной спортивной организацией (Международный Олимпийский комитет, Международный Паралимпийский комитет, Международные федерации по видам спорта и другие международные спортивные организации)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие стран всех континентов (более 200 стран-участниц)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участие в состязаниях по видам спорта среди спортсменов (команд), в которых принимают участие иностранные спортсмены (команды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Наличие не более одной сборной команды от каждой страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Размещение результатов (протоколов), опубликованных на официальном сайте Организационного комитета соревнования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3. Международные конкурсы исполнителей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование критерий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Финансирование участников от страны из республиканского бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4864,55 +5672,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>