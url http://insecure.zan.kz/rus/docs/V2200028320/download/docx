--- v0 (2025-10-31)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="28972ae" w14:textId="28972ae">
+    <w:p w14:paraId="095dc50" w14:textId="095dc50">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1105,1930 +1105,1380 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и определяют порядок предоставления мер государственного стимулирования субъектам промышленно-инновационной деятельности, направленного на повышение производительности труда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Предоставление мер государственного стимулирования субъектам промышленно-инновационной деятельности в повышении производительности труда осуществляется уполномоченным органом в области государственного стимулирования промышленности с привлечением национального института развития в области развития промышленности (далее – национальный институт).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Мерами государственного стимулирования не могут воспользоваться:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z962" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) субъекты крупного предпринимательства, за исключением возмещения затрат по мере государственного стимулирования "повышение компетенции работников";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z963" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) субъекты промышленно-инновационной деятельности, пятьдесят и более процентов акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат государству, национальному управляющему холдингу, национальному холдингу, национальной компании (за исключением социально-предпринимательской корпорации, а также предпринимателей, учрежденных в рамках договора о государственно-частном партнерстве);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z964" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заявители, нарушившие условия Соглашения о возмещении затрат, и не осуществившие возврат денежных средств, выданных по мере государственного стимулирования в виде возмещения затрат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z965" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участники специальных экономических зон (СЭЗ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Повышение производительности труда для субъектов промышленно-инновационной деятельности является конкурентным преимуществом и основывается на факторах, связанных с кадровым потенциалом, материально-технической базой производства, организационно-экономическими мероприятиями, оптимальным сочетанием производства продукции и ее реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В настоящих Правилах используются следующие термины и определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">1) исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z488" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информационная система – организационно-упорядоченная совокупность информационно-коммуникационных технологий, обслуживающего персонала и технической документации, реализующих определенные технологические действия посредством информационного взаимодействия и предназначенных для решения конкретных функциональных задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z489" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шесть сигм (Six Sigma) – элемент бережливого производства, концепция управления производством, предусматривающая необходимость улучшения качества выходов каждого из процессов, минимизации дефектов и статистических отклонений в операционной деятельности (далее – Six Sigma);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z490" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) монтаж оборудования – сборка, установка в проектное положение и постоянное крепление оборудования с присоединением к нему средств контроля и автоматики, а также коммуникаций, обеспечивающих подачу сырья, воды, пара, энергии и удаление отходов производства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z491" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) шеф-монтаж оборудования – техническое руководство монтажом оборудования, осуществляемое предприятием-изготовителем этого оборудования или исполнителем – поставщиком оборудования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z492" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) всеобщий уход за оборудованием (Total productive maintenance (TPM) – элемент бережливого производства, концепция менеджмента производственного оборудования, нацеленная на повышение эффективности технического обслуживания (далее – TPM);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 3 предусматривается в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">7) исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z494" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) технологическое оборудование – оборудование, предназначенное для выполнения основных технологических процессов и непосредственно задействованное для выполнения основной производственной функции изготовления продукции (за исключением логистического, холодильного оборудования, кранов, транспортных средств, погрузчиков);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...77 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z497" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) кайдзен (Kaizen) – элемент бережливого производства, который фокусируется на непрерывном совершенствовании процессов производства, разработки, вспомогательных бизнес-процессов и управления, а также всех аспектов жизни (далее – Kaizen);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z498" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) канбан (Kanban) – элемент бережливого производства, система организации производства и снабжения, позволяющая реализовать принцип "точно в срок" (далее – Kanban);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z499" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) встречные обязательства – взаимные обязательства субъекта промышленно-инновационной деятельности и государства, принимаемые при предоставлении мер государственного стимулирования промышленности в соответствии с Законом Республики Казахстан "О промышленной политике";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z500" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) исполнитель – индивидуальный предприниматель или юридическое лицо, оказывающие услуги (выполняющие работы) заявителю, либо привлеченный иностранный сотрудник, в рамках настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z501" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) субъекты промышленно-инновационной деятельности – физические и (или) юридические лица, простые товарищества, реализующие промышленно-инновационные проекты либо осуществляющие деятельность по продвижению товаров, работ и услуг казахстанского происхождения обрабатывающей промышленности на внутренний и (или) внешние рынки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z502" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) уполномоченный орган в области государственного стимулирования промышленности (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство в сфере промышленности, а также в пределах, предусмотренных законодательством Республики Казахстан, межотраслевую координацию и участие в реализации государственного стимулирования промышленности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z503" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) цифровая трансформация промышленности – внедрение цифровых технологий в бизнес-процессы предприятий, влекущее значительные изменения бизнес-модели предприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z504" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) заявитель – субъект промышленно-инновационной деятельности, подавший заявку на предоставление мер государственного стимулирования промышленности, направленные на повышение производительности труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">19) исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20) исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z507" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) национальный институт – национальный институт развития в области развития промышленности, оказывающий услуги по предоставлению мер государственного стимулирования промышленности (акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z508" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) бережливое производство – концепция управления производственным предприятием, основанная на постоянном стремлении к устранению всех видов потерь, включающая элементы: Kaizen, TPM, Six Sigma, 5 S, Kanban;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z509" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) электронный пакет документов – документы, полностью воспроизводящие вид и информацию (данные) подлинного документа в электронно-цифровой форме, удостоверенный электронной цифровой подписью первым руководителем или лицом, исполняющим его обязанности (при наличии подтверждающего документа об исполнении обязанностей первого руководителя), или индивидуальным предпринимателем или лицом, уполномоченным ими (при наличии доверенности) или физическим лицом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z510" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) электронная заявка – заявка в электронно-цифровой форме, удостоверенная электронной цифровой подписью первым руководителем или лицом, исполняющим его обязанности (при наличии подтверждающего документа об исполнении обязанностей первого руководителя), или индивидуальным предпринимателем или лицом, уполномоченным ими (при наличии доверенности) или физическим лицом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z511" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) электронная цифровая подпись – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z512" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) энергетический аудит (энергоаудит) – сбор, обработка и анализ данных об использовании энергетических ресурсов в целях оценки возможности и потенциала энергосбережения и подготовки заключения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z513" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) энергоэффективные технологии – технологии, которые направлены на эффективное (рациональное) использование энергетических ресурсов. Использование меньшего количества энергии для обеспечения того же уровня энергетического обеспечения зданий или технологических процессов на производстве;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z514" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) 5S – элемент бережливого производства, система организации и рационализации рабочего места (рабочего пространства) (далее – 5S).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 - в редакции приказа Министра промышленности и строительства РК от 04.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1482 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="41"/>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6. Уполномоченный орган перечисляет на текущий счет национального института средства, предусмотренные на предоставление мер государственного стимулирования, для последующего возмещения некоторых видов затрат заявителям в рамках настоящих Правил в соответствии с графиком платежей, утверждаемым администратором бюджетной программы согласно индивидуального плана финансирования по платежам на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z515" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z515" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6-1. Уполномоченый орган в течение трех рабочих дней с даты утверждения или изменения Правил извещает национальный институт, оператора информационно-коммуникационной инфраструктуры "электронного правительства", а также Единый контакт-центр, о внесенных изменениях и (или) дополнениях в настоящие Правила.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3047,130 +2497,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Национальным институтом развития в области развития промышленности открывается текущий счет в банке второго уровня – резиденте Республики Казахстан для осуществления управления средствами, выделенными на предоставление мер государственного стимулирования промышленности, направленных на повышение производительности труда субъектов промышленно-инновационной деятельности, на основе договора, заключаемого между уполномоченным органом в области государственного стимулирования промышленности и национальным институтом развития в области развития промышленности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При недостаточности денежных средств на текущем счете, необходимых для предоставления мер государственного стимулирования, национальный институт приостанавливает перечисление денежных средств заявителю до поступления средств на текущий счет. При этом национальный институт уведомляет заявителя в течение двух рабочих дней после заключения Соглашения о возмещении затрат путем направления уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z924" w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z924" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При полном освоении денежных средств, предусмотренных республиканским бюджетом на соответствующий финансовый год для осуществления предоставления мер государственного стимулирования в рамках настоящих Правил, национальный институт приостанавливает прием заявок до поступления средств на текущий счет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z925" w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z925" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Национальный институт в течение одного рабочего дня со дня полного освоения денежных средств, предусмотренных республиканским бюджетом на соответствующий финансовый год для осуществления предоставления мер государственного стимулирования в рамках настоящих Правил, или поступления средств на текущий счет размещает на своем интернет-ресурсе уведомление о приостановлении или возобновлении приема заявок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3189,10129 +2639,7735 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Национальный институт при использовании средств, находящихся на текущем счете, перераспределяет суммы между мерами государственного стимулирования в рамках общей суммы, выделенной администратором бюджетной программы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Возвращенная заявителем сумма меры государственного стимулирования на текущий счет национального института не подлежит возврату уполномоченному органу и, соответственно, в государственный бюджет, а расходуется на предоставление меры государственного стимулирования в соответствии с настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Все вознаграждения, начисляемые по текущему счету банком второго уровня – резидентом Республики Казахстан, включаются в сумму средств, выделенных для предоставления мер государственного стимулирования, находящихся на текущем счете и используется для предоставления мер государственного стимулирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Национальный институт:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на ежегодной основе либо по запросу предоставляет администратору бюджетной программы отчет о целевом использовании выделенных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечивает возврат денежных средств, выданных по мере государственного стимулирования в виде возмещения затрат, в случае нарушения заявителем условий Соглашения о возмещении затрат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осуществляет предоставление мер государственного стимулирования в рамках настоящих Правил, в пределах средств, предусмотренных республиканским бюджетом на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок предоставления государственного стимулирования субъектам промышленно-инновационной деятельности, направленного на повышение производительности труда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Государственное стимулирование субъектам промышленно-инновационной деятельности направленное на повышение производительности труда, в рамках настоящих Правил заключается в предоставлении следующих мер государственного стимулирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z966" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) повышение компетенции работников на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z967" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      профессиональную подготовку и/или переподготовку и/или повышение квалификации инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров, на территории Республики Казахстан и за рубежом, по вопросам повышения производительности труда. К топ-менеджерам относятся руководитель юридического лица или член исполнительного органа или руководитель структурного подразделения по производству и/или продвижению произведенной продукции/услуг, за исключением финансового (бухгалтерия), административного, правового подразделения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z968" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжительность при профессиональной подготовке и/или переподготовке и/или повышении квалификации инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров составляет не более 3 (трех) месяцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z969" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) внедрение цифровых технологий на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z970" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение цифрового оборудования (3D-сканер, 3D-принтер, плоттер-широкоформатный принтер с функциями сканера и копирования, не бывшего в эксплуатации оборудования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z971" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) совершенствование технологических процессов на:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z972" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оптимизацию общего функционирования предприятия, включающих затраты, связанные с:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z973" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проведением энергоаудита;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z974" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретением технологического оборудования (не бывшего в эксплуатации оборудования);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z975" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечением, сопровождением и управлением процессами производства продукции, включающих затраты, связанные с:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z976" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      монтажом оборудования и/или шеф-монтажом оборудования, включая инструктаж (обучение) по работе с оборудованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z977" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) повышение эффективности организации производства осуществляется путем внедрения прогрессивных управленческих и производственных технологий (энергоэффективные и зеленые технологии, элементы бережливого производства – Kaizen, TPM, Six Sigma, 5S и Kanban).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Для рассмотрения национальным институтом допускаются заявки субъектов промышленно-инновационной деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z802" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) производящих продукцию, включенную в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приоритетных товаров, утвержденный приказом исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 30 мая 2022 года № 306 "Об утверждении Перечня приоритетных товаров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28264) (далее – Перечень приоритетных товаров);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z803" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) с даты регистрации и/или уведомления в органах юстиции которых прошло не менее одного календарного года до даты поступления заявки в национальный институт;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z804" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не относящихся к субъектам промышленно-инновационной деятельности, указанным в пункте 3 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z805" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) не имеющие задолженность по налогам, обязательным пенсионным взносам, обязательным профессиональным пенсионным взносам и социальным отчислениям на день подачи заявки (за исключением случаев, когда срок уплаты отсрочен в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет");</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z806" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) обеспечившие ежегодное увеличение налоговых отчислений за предыдущие 3 (три) года до даты подачи заявки. Требование настоящего подпункта не распространяется на субъектов промышленно-инновационной деятельности, которые освобождены от уплаты налогов согласно действующего законодательства и/или с даты регистрации, которых прошло менее семи календарных лет до даты поступления заявки в национальный институт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z978" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если заявителем является индивидуальный предприниматель, к заявке прилагается выписка из лицевого счета по всем налогам, уплаченным налогоплательщиком, за последние 3 (три) года, до даты подачи заявки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z1109" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) находящиеся в реестре казахстанских товаропроизводителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Субъекту промышленно-инновационной деятельности возмещаются обоснованные и документально подтвержденные затраты, в размере 40 % от суммы понесенных (завершенных) затрат не ранее двадцати четырех месяцев до даты подачи заявки, за исключением затрат на приобретение технологического оборудования и приобретение цифрового оборудования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z979" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по повышению компетенции работников сумма возмещения не должна превышать тридцати миллионов тенге в календарном году;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z980" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по внедрению цифровых технологий сумма возмещения не должна превышать шестидесяти миллионов тенге в календарном году;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z981" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по совершенствованию технологических процессов сумма возмещения не должна превышать шестидесяти миллионов тенге в календарном году, за исключением затрат на монтаж оборудования и/или шеф-монтаж оборудования, включая инструктаж (обучение) по работе с оборудованием (по которым сумма возмещения не должна превышать двенадцати миллионов тенге в календарном году);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z982" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по повышению эффективности организации производства сумма возмещения не должна превышать двадцати миллионов тенге в календарном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z983" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По каждой мере государственного стимулирования или виду затрат меры государственного стимулирования заключается не более одного соглашения на возмещение затрат в календарном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z984" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14-1. В рамках затрат на приобретение технологического оборудования и приобретение цифрового оборудования, субъекту промышленно-инновационной деятельности возмещаются обоснованные и документально подтвержденные затраты в размере 40 % от общей суммы понесенных затрат, при этом последний платеж в случае, если оплата осуществлялась несколькими платежными документами должен быть осуществлен не ранее двадцати четырех месяцев до даты поступления заявки в национальный институт, при этом сумма возмещения не должна превышать шестидесяти миллионов тенге в календарном году.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 14-1 в соответствии с приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">15. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 12 предусматривается в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">15-1. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-2. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...198 lines deleted...]
-    <w:bookmarkStart w:name="z64" w:id="64"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15-3. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Возмещению заявителям не подлежат затраты по мероприятиям, финансируемым и/или профинансированным за счет средств республиканского и/или местного бюджетов в рамках иных мер государственной поддержки (государственного стимулирования), предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Сумма затрат заявителя, принимаемая к возмещению национальным институтом, определяется на основании:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z985" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) платежных документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z986" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) первичных учетных документов, подтверждающих прием-передачу оборудования (акт приемки-передачи, накладная на отпуск запасов на сторону и другие), на общую сумму приобретенного оборудования, или акта (актов) на общую сумму оказанных услуг (выполненных работ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В случаях представления заявителем в рамках возмещения затрат документов, подтверждающих расходы в иностранной валюте, сумма возмещения затрат рассчитывается исходя из курса валюты Национального банка Республики Казахстан на дату совершения заявителем оплаты исполнителю за оказанные услуги (выполненные работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Возмещение затрат при профессиональной подготовке и/или переподготовке и/или повышение квалификации инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров заявителя, включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z987" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) стоимость услуг исполнителя, который осуществил профессиональную подготовку и/или переподготовку и/или повышение квалификации инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z988" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) стоимость проезда к месту командирования и обратно к месту постоянной работы однократно (при наличии затрат);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z989" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) стоимость проживания работника в течение срока профессиональной подготовки и/или переподготовки (не более одного месяца), и/или повышение квалификации, инженерно-технического персонала (не более трех месяцев), производственного персонала, в том числе топ-менеджеров заявителя (при наличии затрат), кроме затрат на суточные.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23. Затраты, предъявляемые заявителем по проезду и проживанию, понесенных заявителем при профессиональной подготовке и/или переподготовке и/или повышение квалификации инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров заявителя к месту командирования и обратно к месту постоянной работы однократно и расходов на проживание за рубежом в рамках повышения компетенции работников, возмещаются в размерах, не превышающих предельные нормы, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 11 мая 2018 года № 256 "Об утверждении Правил возмещения расходов на служебные командировки за счҰт бюджетных средств, в том числе в иностранные государства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Заявитель по каждой мере государственного стимулирования предоставляет отдельную заявку на получение меры государственного стимулирования, направленной на повышение производительности труда (далее – заявка).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Заявитель обеспечивает полноту и достоверность представленных документов, информации, исходных данных, расчетов, обоснований.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Заявка и прилагаемые к ней документы оформляются на государственном и/или русском языках. В случае представления копии документа на иностранном языке, заявитель обеспечивает его перевод на государственный и/или русский языки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Заявка и прилагаемые к ней документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формируются в единую папку;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заверяются полистно первым руководителем или лицом, исполняющим его обязанности (при наличии подтверждающего документа об исполнении обязанностей первого руководителя), или индивидуальным предпринимателем или лицом, уполномоченным ими (при наличии доверенности) или физическим лицом. Не допускается заверение заявки и документов, прилагаемых к ней, с использованием средств факсимильного копирования подписи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нумеруются арабскими цифрами, нумерация является сквозной;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заверяются полистно оттиском печати заявителя (при наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Требования настоящего пункта не распространяется на предоставление электронной заявки и электронного пакета документов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Заявка на повышение компетенции работников и/или совершенствование технологических процессов и/или повышение эффективности организации производства и/или внедрение цифровых технологий с прилагаемыми к ней документами подается через акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry" или веб-портал "электронного правительства" (далее – Портал) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил и перечнем основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, перечнем основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, перечнем основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, перечнем основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий" согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z808" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1. Национальный институт в течение одного рабочего дня со дня принятия решения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z809" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      о возможности возмещения затрат направляет заявителю уведомление с приложением подписанного со стороны национального института Соглашения о возмещении затрат в двух экземплярах по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. В уведомлении приводится пояснение суммы, принимаемой к возмещению затрат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z810" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      о невозможности возмещения затрат направляет заявителю уведомление с соответствующим обоснованием, временем и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления. По результатам заслушивания национальный институт принимает окончательное решение о возможности или невозможности возмещения затрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28-1 в соответствии с приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 18.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z811" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-2. Национальный институт в течение двух рабочих дней после дня заключения Соглашения о возмещении затрат предоставляет меру государственного стимулирования путем возмещения заявителю затрат в соответствии с условиями и размерами возмещения затрат, при этом вознаграждение национальному институту за перечисление денежных средств заявителю не предусмотрено. Днем заключения Соглашения о возмещении затрат считается день поступления национальному институту подписанного заявителем Соглашения о возмещении затрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28-2 в соответствии с приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z812" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-3. При отказе заявителя в подписании Соглашения о возмещении затрат заявителем в адрес национального института в течение двух рабочих дней направляется соответствующее уведомление с указанием причин.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28-3 в соответствии с приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z990" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28-4. Национальный институт при необходимости осуществляет выезд на производственный объект заявителя для сверки представленного пакета документов, наличия приобретенного оборудования и/или выполненных работ/услуг в рамках заявки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z991" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоги выезда отражаются в отчете национального института и приобщаются подтверждающие фотоматериалы. На период осуществления выезда срок оказания государственной услуги приостанавливается не более чем на 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 28-4 в соответствии с приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z117" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок предоставления меры государственного стимулирования "внедрение цифровых технологий"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z118" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Параграф 1 исключен приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z146" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Мониторинг реализации мер государственного стимулирования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z147" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. В целях определения эффективности мер государственного стимулирования, предусмотренных настоящими Правилами, национальным институтом проводится мониторинг их реализации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z148" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Мониторинг реализации мер государственного стимулирования проводится национальным институтом на основании информации, представленной заявителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z149" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Мониторинг включает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z150" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) своевременное выявление проблем в реализации мер государственного стимулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z151" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) подготовку предложений по повышению эффективности реализации мер государственного стимулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z152" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) свод информации о заявителях, получивших государственное стимулирование в рамках настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z153" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выезд представителя национального института на производственный объект заявителя, затраты по которым были возмещены в рамках предоставленной меры государственного стимулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z992" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) своевременное реагирование при выявлении рисков невыполнения или несвоевременного выполнения встречных обязательств в рамках полученных мер государственного стимулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 с изменением, внесенным приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      37. В рамках мониторинга национальный институт ежеквартально не позднее 25 числа месяца, следующего за отчетным периодом, представляет уполномоченному органу отчет национального института развития в области промышленного развития о реализации мер государственного стимулирования, по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z155" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Мониторинг реализации меры государственного стимулирования проводится в течение двух лет после дня заключения Соглашения о возмещении затрат путем получения первичных статистических данных о заявителе от уполномоченного органа в области государственной статистики на основании письменного согласия заявителя. Днем заключения Соглашения о возмещении затрат считается день поступления национальному институту подписанного заявителем Соглашения о возмещении затрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z156" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. При невозможности получения первичных статистических данных уполномоченного органа в области государственной статистики и проведения на их основании мониторинга реализации меры государственного стимулирования, заявитель предоставляет национальному институту по его письменному запросу данные для проведения мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z157" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок оказания государственных услуг "Возмещение затрат на повышение компетенции работников", "Возмещение затрат на совершенствование технологических процессов", "Возмещение затрат на повышение эффективности организации производства", "Возмещение затрат на внедрение цифровых технологий"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 4 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Порядок оказания государственной услуги "Возмещение затрат на повышение компетенции работников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок параграфа 1 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Государственная услуга "Возмещение затрат на повышение компетенции работников" (далее в настоящем параграфе – государственная услуга) оказывается услугодателем посредством обращения физических и/или юридических лиц – субъектов промышленно-инновационной деятельности, реализующих промышленно-инновационные проекты осуществляющих деятельность по продвижению обработанных товаров, работ и услуг казахстанского происхождения обрабатывающей промышленности на внутренний и/или внешние рынки, кроме субъектов промышленно-инновационной деятельности, пятьдесят и более процентов акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат государству, национальному управляющему холдингу, национальному холдингу, национальной компании (за исключением социально-предпринимательской корпорации, а также предпринимателей, учрежденных в рамках договора о государственно-частном партнерстве) (далее в настоящем параграфе – услугополучатель):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z993" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z994" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 40 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      41. Перечень основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников" изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 41 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Государственная услуга оказывается услугодателем посредством обращения услугополучателя в канцелярию услугодателя или через Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z164" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Для получения государственной услуги через канцелярию услугодателя услугополучатель представляет работнику канцелярии заявку и документы, указанные в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z543" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник канцелярии услугодателя проверяет полноту представленных услугополучателем документов и при установлении факта неполноты представленных документов и (или) документов с истекшим сроком действия, отказывает в приеме заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем полного пакета документов, работник канцелярии услугодателя осуществляет регистрацию заявки и документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников", в день их поступления (при поступлении после 17.30 часов, заявка регистрируется на следующий рабочий день) и направляет руководителю услугодателя, которым назначается исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При окончании срока оказания государственной услуги в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия заявки на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача результата государственной услуги осуществляется канцелярией услугодателя нарочно или почтой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 43 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) внедрение цифровых технологий на:</w:t>
-[...323 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="81"/>
+        <w:t>44. Для получения государственной услуги через Портал услугополучатель обращается к услугодателю и заполняет заявку и прикрепляет электронный пакет документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z815" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Копии прилагаемых к заявке документов представляются только в сканированном варианте в формате PDF (Portable Document Format).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z816" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении заявителем не полного электронного пакета документов информационная система отказывает в регистрации электронной заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z817" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Статус о принятии сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z818" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) повышение эффективности организации производства, которое осуществляется путем разработки документации для повышения эффективности организации производства, и/или разработки и/или внедрения прогрессивных управленческих и производственных технологий (технологии, повышающие эффективность организации производства), энергоэффективные и зеленые технологии, элементы Бережливого производства (Kaizen, TPM, Six Sigma, 5 S, Kanban). </w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="81"/>
+      При обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексу Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием сведений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z819" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результатом оказания государственной услуги является Соглашение о возмещении затрат либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 перечня основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников", которое направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменениями, внесенными приказами Министра промышленности и строительства РК от 04.12.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 105</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 44 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 06.03.2024 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="82"/>
-[...4849 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="130"/>
+    <w:bookmarkStart w:name="z171" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>44. Для получения государственной услуги через Портал услугополучатель обращается к услугодателю и заполняет заявку и прикрепляет электронный пакет документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z815" w:id="131"/>
+        <w:t>45. Исполнитель в течение 2 (двух) рабочих дней после дня регистрации заявки проверяет полноту представленных документов и, при установлении факта неполноты представленных документов или отсутствия сведений, необходимых для предоставления государственной услуги, услугодатель направляет отказ в дальнейшем рассмотрении через портал в форме электронного документа, подписанный электронной цифровой подписью руководителя услугодателя, либо лица его замещающего, в личный кабинет заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z820" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течение двенадцати рабочих дней после проверки заявки и прилагаемых к ней документов на полноту осуществляет их проверку на предмет соответствия установленным требованиям настоящих Правил и принимает решение о возможности или невозможности оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z821" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исполнитель услугодателя оформляет результат оказания государственной услуги по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным перечнем основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников", подписанный руководителем услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z920" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований о невозможности возмещения затрат национальный институт уведомляет заявителя о предварительном решении о невозможности возмещения затрат, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z995" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении выезда согласно пункту 28-4 национальный институт уведомляет заявителя и приостанавливает предоставление государственной услуги на срок не более 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра промышленности и строительства РК от 18.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z176" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Параграф 2. Порядок оказания государственной услуги "Возмещение затрат на совершенствование технологических процессов"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z183" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Государственная услуга "Возмещение затрат на совершенствование технологических процессов" (далее в настоящем параграфе – государственная услуга) оказывается услугодателем посредством обращения физических и/или юридических лиц – субъектов промышленно-инновационной деятельности, реализующих промышленно-инновационные проекты осуществляющих деятельность по продвижению обработанных товаров, работ и услуг казахстанского происхождения обрабатывающей промышленности на внутренний и/или внешние рынки, кроме субъектов промышленно-инновационной деятельности, пятьдесят и более процентов акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат государству, национальному управляющему холдингу, национальному холдингу, национальной компании (за исключением социально-предпринимательской корпорации, а также предпринимателей, учрежденных в рамках договора о государственно-частном партнерстве) (далее в настоящем параграфе – услугополучатель):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z996" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z997" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 46 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      47. Перечень основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов" изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 47 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Государственная услуга оказывается услугодателем посредством обращения услугополучателя в канцелярию услугодателя или через Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z188" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Для получения государственной услуги через канцелярию услугодателя услугополучатель представляет работнику канцелярии заявку и документы, указанные в перечне основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z553" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник канцелярии услугодателя проверяет полноту представленных услугополучателем документов и при установлении факта неполноты представленных документов и (или) документов с истекшим сроком действия, отказывает в приеме заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z554" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем полного пакета документов, работник канцелярии услугодателя осуществляет регистрацию заявки и документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов", в день их поступления (при поступлении после 17.30 часов, заявка регистрируется на следующий рабочий день) и направляет руководителю услугодателя, которым назначается исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z555" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При окончании срока оказания государственной услуги в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z556" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия заявки на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z557" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача результата государственной услуги осуществляется канцелярией услугодателя нарочно или почтой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 49 - в редакции приказа Министра промышленности и строительства РК от 04.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50. Для получения государственной услуги через Портал услугополучатель обращается к услугодателю и заполняет заявку и прикрепляет электронный пакет документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z822" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копии прилагаемых к заявке документов представляются только в сканированном варианте в формате PDF (Portable Document Format).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z816" w:id="132"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z823" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении заявителем не полного электронного пакета документов информационная система отказывает в регистрации электронной заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z817" w:id="133"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z824" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Статус о принятии сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z818" w:id="134"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z825" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Трудовому</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> кодексу Республики Казахстан и </w:t>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием сведений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z826" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результатом оказания государственной услуги является Соглашение о возмещении затрат либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 перечня основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов", которое направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 44 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="136"/>
+    <w:bookmarkStart w:name="z195" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>45. Исполнитель в течение 2 (двух) рабочих дней после дня регистрации заявки проверяет полноту представленных документов и, при установлении факта неполноты представленных документов или отсутствия сведений, необходимых для предоставления государственной услуги, услугодатель направляет отказ в дальнейшем рассмотрении через портал в форме электронного документа, подписанный электронной цифровой подписью руководителя услугодателя, либо лица его замещающего, в личный кабинет заявителя.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z820" w:id="137"/>
+        <w:t>51. Исполнитель в течение 2 (двух) рабочих дней после дня регистрации заявки проверяет полноту представленных документов и, при установлении факта неполноты представленных документов или отсутствия сведений, необходимых для предоставления государственной услуги, услугодатель направляет отказ в дальнейшем рассмотрении через портал в форме электронного документа, подписанный электронной цифровой подписью руководителя услугодателя, либо лица его замещающего, в личный кабинет заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z827" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель в течение двенадцати рабочих дней после проверки заявки и прилагаемых к ней документов на полноту осуществляет их проверку на предмет соответствия установленным требованиям настоящих Правил и принимает решение о возможности или невозможности оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z821" w:id="138"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z828" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнитель услугодателя оформляет результат оказания государственной услуги по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам, либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным перечнем основных требований к оказанию государственной услуги "Возмещение затрат на повышение компетенции работников", подписанный руководителем услугодателя либо лица его замещающего.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z920" w:id="139"/>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным перечнем основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов", подписанный руководителем услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z921" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований о невозможности возмещения затрат национальный институт уведомляет заявителя о предварительном решении о невозможности возмещения затрат, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z998" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении выезда согласно пункту 28-4 национальный институт уведомляет заявителя и приостанавливает предоставление государственной услуги на срок не более 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 51 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра промышленности и строительства РК от 18.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z200" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Параграф 3. Порядок оказания государственной услуги "Возмещение затрат на повышение эффективности организации производства"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z207" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Государственная услуга "Возмещение затрат на повышение эффективности организации производства" (далее в настоящем параграфе – государственная услуга) оказывается услугодателем посредством обращения физических и/или юридических лиц – субъектов промышленно-инновационной деятельности, реализующих промышленно-инновационные проекты осуществляющих деятельность по продвижению обработанных товаров, работ и услуг казахстанского происхождения обрабатывающей промышленности на внутренний и/или внешние рынки, кроме субъектов промышленно-инновационной деятельности, пятьдесят и более процентов акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат государству, национальному управляющему холдингу, национальному холдингу, национальной компании (за исключением социально-предпринимательской корпорации, а также предпринимателей, учрежденных в рамках договора о государственно-частном партнерстве) (далее в настоящем параграфе – услугополучатель):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z999" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z1000" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 45 предусматривается дополнить абзацем пятым в соответствии с приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 52 - в редакции приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 442</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      53. Перечень основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства" изложен в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>вводится</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 53 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Государственная услуга оказывается услугодателем посредством обращения услугополучателя в канцелярию услугодателя или через Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z212" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Для получения государственной услуги через канцелярию услугодателя услугополучатель представляет работнику канцелярии заявку и документы, указанные в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z566" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Работник канцелярии услугодателя проверяет полноту представленных услугополучателем документов и при установлении факта неполноты представленных документов и (или) документов с истекшим сроком действия, отказывает в приеме заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z567" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При предоставлении услугополучателем полного пакета документов, работник канцелярии услугодателя осуществляет регистрацию заявки и документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства", в день их поступления (при поступлении после 17.30 часов, заявка регистрируется на следующий рабочий день) и направляет руководителю услугодателя, которым назначается исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z568" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При окончании срока оказания государственной услуги в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z569" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подтверждением принятия заявки на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z570" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выдача результата государственной услуги осуществляется канцелярией услугодателя нарочно или почтой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 91</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 55 - в редакции приказа Министра промышленности и строительства РК от 04.12.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра промышленности и строительства РК от 18.02.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="140"/>
-[...494 lines deleted...]
-    <w:bookmarkStart w:name="z189" w:id="151"/>
+    <w:bookmarkStart w:name="z213" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>50. Для получения государственной услуги через Портал услугополучатель обращается к услугодателю и заполняет заявку и прикрепляет электронный пакет документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов".</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z822" w:id="152"/>
+        <w:t>56. Для получения государственной услуги через Портал услугополучатель обращается к услугодателю и заполняет заявку и прикрепляет электронный пакет документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z829" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копии прилагаемых к заявке документов представляются только в сканированном варианте в формате PDF (Portable Document Format).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z823" w:id="153"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z830" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении заявителем не полного электронного пакета документов информационная система отказывает в регистрации электронной заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z824" w:id="154"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z831" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Статус о принятии сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z825" w:id="155"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z832" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан и </w:t>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием сведений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z833" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результатом оказания государственной услуги является Соглашение о возмещении затрат либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 перечня основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства", которое направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 56 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="157"/>
+    <w:bookmarkStart w:name="z219" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>51. Исполнитель в течение 2 (двух) рабочих дней после дня регистрации заявки проверяет полноту представленных документов и, при установлении факта неполноты представленных документов или отсутствия сведений, необходимых для предоставления государственной услуги, услугодатель направляет отказ в дальнейшем рассмотрении через портал в форме электронного документа, подписанный электронной цифровой подписью руководителя услугодателя, либо лица его замещающего, в личный кабинет заявителя.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z827" w:id="158"/>
+        <w:t>57. Исполнитель в течение 2 (двух) рабочих дней после дня регистрации заявки проверяет полноту представленных документов и, при установлении факта неполноты представленных документов или отсутствия сведений, необходимых для предоставления государственной услуги, услугодатель направляет отказ в дальнейшем рассмотрении через портал в форме электронного документа, подписанный электронной цифровой подписью руководителя услугодателя, либо лица его замещающего, в личный кабинет заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z578" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель в течение двенадцати рабочих дней после проверки заявки и прилагаемых к ней документов на полноту осуществляет их проверку на предмет соответствия установленным требованиям настоящих Правил и принимает решение о возможности или невозможности оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z828" w:id="159"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнитель услугодателя оформляет результат оказания государственной услуги по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам, либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным перечнем основных требований к оказанию государственной услуги "Возмещение затрат на совершенствование технологических процессов", подписанный руководителем услугодателя либо лица его замещающего.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z921" w:id="160"/>
+        <w:t xml:space="preserve"> к настоящим Правилам, либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным перечнем основных требований к оказанию государственной услуги "Возмещение затрат на повышение эффективности организации производства", подписанный руководителем услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z922" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При выявлении оснований о невозможности возмещения затрат национальный институт уведомляет заявителя о предварительном решении о невозможности возмещения затрат, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z1001" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении выезда согласно пункту 28-4 национальный институт уведомляет заявителя и приостанавливает предоставление государственной услуги на срок не более 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 57 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); с изменениями, внесенными приказами Министра промышленности и строительства РК от 18.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z834" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3-1. Порядок оказания государственной услуги "Возмещение затрат на внедрение цифровых технологий"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 51 предусматривается дополнить абзацем пятым в соответствии с приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Сноска. Глава 4 дополнена параграфом 3-1 в соответствии с приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>№ 91</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z835" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-1. Государственная услуга "Возмещение затрат на внедрение цифровых технологий" (далее в настоящем параграфе – государственная услуга) оказывается услугодателем посредством обращения физических и/или юридических лиц – субъектов промышленно-инновационной деятельности, реализующих промышленно-инновационные проекты осуществляющих деятельность по продвижению обработанных товаров, работ и услуг казахстанского происхождения обрабатывающей промышленности на внутренний и/или внешние рынки, кроме субъектов промышленно-инновационной деятельности, пятьдесят и более процентов акций (долей участия в уставном капитале) которых прямо или косвенно принадлежат государству, национальному управляющему холдингу, национальному холдингу, национальной компании (за исключением социально-предпринимательской корпорации, а также предпринимателей, учрежденных в рамках договора о государственно-частном партнерстве) (далее в настоящем параграфе – услугополучатель):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z1002" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в канцелярию услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z1003" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 57-1 - в редакции приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>вводится</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...397 lines deleted...]
-    <w:bookmarkStart w:name="z566" w:id="167"/>
+    </w:p>
+    <w:bookmarkStart w:name="z838" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-2. Перечень основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий" изложен в приложении 5-1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z839" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-3. Государственная услуга оказывается услугодателем посредством обращения услугополучателя в канцелярию услугодателя или через Портал.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z840" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-4. Для получения государственной услуги через канцелярию услугодателя услугополучатель представляет работнику канцелярии заявку и документы, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z841" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Работник канцелярии услугодателя проверяет полноту представленных услугополучателем документов и при установлении факта неполноты представленных документов и (или) документов с истекшим сроком действия, отказывает в приеме заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z568" w:id="169"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z842" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем полного пакета документов, работник канцелярии услугодателя осуществляет регистрацию заявки и документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий", в день их поступления (при поступлении после 17.30 часов, заявка регистрируется на следующий рабочий день) и направляет руководителю услугодателя, которым назначается исполнитель.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z843" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При окончании срока оказания государственной услуги в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z569" w:id="170"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z844" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждением принятия заявки на бумажном носителе является отметка на его копии о регистрации в канцелярии услугодателя с указанием даты и времени приема пакета документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z570" w:id="171"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z845" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выдача результата государственной услуги осуществляется канцелярией услугодателя нарочно или почтой.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...92 lines deleted...]
-    <w:bookmarkStart w:name="z829" w:id="173"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z846" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-5. Для получения государственной услуги через Портал услугополучатель обращается к услугодателю и заполняет заявку и прикрепляет электронный пакет документов, указанных в перечне основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z847" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копии прилагаемых к заявке документов представляются только в сканированном варианте в формате PDF (Portable Document Format).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z830" w:id="174"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z848" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении заявителем не полного электронного пакета документов информационная система отказывает в регистрации электронной заявки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z831" w:id="175"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z849" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Статус о принятии сведений для оказания государственной услуги отображается в "личном кабинете" услугополучателя с указанием даты получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z832" w:id="176"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z850" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Кодекса</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> и </w:t>
+        <w:t>Трудового</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодекса и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием сведений и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z851" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результатом оказания государственной услуги является Соглашение о возмещении затрат либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 9 перечня основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий", которое направляется и хранится в "личном кабинете" услугополучателя в форме электронного документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z852" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57-6. Исполнитель в течение 2 (двух) рабочих дней после дня регистрации заявки проверяет полноту представленных документов и, при установлении факта неполноты представленных документов или отсутствия сведений, необходимых для предоставления государственной услуги, услугодатель направляет отказ в дальнейшем рассмотрении через портал в форме электронного документа, подписанный электронной цифровой подписью руководителя услугодателя, либо лица его замещающего, в личный кабинет заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z853" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель в течение двенадцати рабочих дней после проверки заявки и прилагаемых к ней документов на полноту осуществляет их проверку на предмет соответствия установленным требованиям настоящих Правил и принимает решение о возможности или невозможности оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z854" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель услугодателя оформляет результат оказания государственной услуги по форме, согласно приложению 6 к настоящим Правилам, либо письменный отказ в оказании государственной услуги в случаях и по основаниям, предусмотренным перечнем основных требований к оказанию государственной услуги "Возмещение затрат на внедрение цифровых технологий", подписанный руководителем услугодателя либо лица его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z923" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении оснований о невозможности возмещения затрат национальный институт уведомляет заявителя о предварительном решении о невозможности возмещения затрат, а также времени и месте (способе) проведения заслушивания для возможности выразить заявителю позицию по предварительному решению. Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z1004" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении выезда согласно пункту 28-4 национальный институт уведомляет заявителя и приостанавливает предоставление государственной услуги на срок не более 5 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 56 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      Сноска. Пункт 57-6 с изменениями, внесенными приказами Министра промышленности и строительства РК от 18.02.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 55</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z855" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 3-2. Порядок оказания государственной услуги "Авансирование расходов на повышение компетенции работников за рубежом"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Параграф 3-2 исключен приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Параграф 4. Порядок обжалования, действий (бездействий) услугодателя по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Параграф 4 исключен приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-      <w:r>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+    </w:p>
+    <w:bookmarkStart w:name="z1005" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 4. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...32 lines deleted...]
-    <w:bookmarkEnd w:id="179"/>
+      Сноска. Глава 4 дополнена параграфом 4 в соответствии с приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1006" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Жалоба на решение, действий (бездействий) услугодателя по вопросам оказания государственных услуг подается услугодателю, в уполномоченный орган в области государственного стимулирования промышленности, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z1007" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугодатель, не позднее трех рабочих дней со дня поступления жалобы направляют жалобу и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z1008" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Исполнитель услугодателя оформляет результат оказания государственной услуги по форме, согласно </w:t>
-[...682 lines deleted...]
-    <w:bookmarkStart w:name="z850" w:id="196"/>
+      59. Жалоба услугополучателя в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z1009" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) услугодателем – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z1010" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) уполномоченным органом в области государственного стимулирования промышленности – в течение 5 (пяти) рабочих дней со дня ее регистрации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z1011" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уполномоченным органом по оценке и контролю за качеством оказания государственных услуг – в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z1012" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При обращении услугополучателя, после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
-[...418 lines deleted...]
-          <w:color w:val="ff0000"/>
+      60. Срок рассмотрения жалобы услугодателем, уполномоченным органом в области государственного стимулирования промышленности, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" продлевается не более чем на 10 (десять) рабочих дней в случаях необходимости:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z1013" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведения дополнительного изучения или проверки по жалобе либо проверки с выездом на место;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z1014" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) получения дополнительной информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z1015" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае продления срока рассмотрения жалобы должностное лицо, наделенное полномочиями по рассмотрению жалоб, в течение 3 (трех) рабочих дней с момента продления срока рассмотрения жалобы сообщает в письменной форме (при подаче жалобы на бумажном носителе) или электронной форме (при подаче жалобы в электронном виде) услугополучателю, подавшему жалобу, о продлении срока рассмотрения жалобы с указанием причин продления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z1016" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Глава 4 дополнена параграфом 3-2 в соответствии с приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
-[...880 lines deleted...]
-    </w:p>
+      61. В случаях несогласия с результатом оказания государственной услуги, услугополучатель обращается в суд в соответствии с подпунктом 6) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 4 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z1017" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13371,157 +10427,190 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам предоставления мер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного стимулирования</w:t>
+              <w:t>государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>стимулирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>промышленности, направленных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на повышение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>производительности труда</w:t>
+              <w:t>производительности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>субъектов промышленно-</w:t>
+              <w:t>труда субъектов промышленно-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции приказа Министра промышленности и строительства РК от 18.02.2025 </w:t>
+      Сноска. Приложение 1 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 55</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13719,925 +10808,820 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от ________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(наименование заявителя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z929" w:id="225"/>
+    <w:bookmarkStart w:name="z1020" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявка на получение меры государственного стимулирования,</w:t>
+        <w:t xml:space="preserve"> Заявка на получение меры государственного стимулирования, направленной на повышение производительности труда</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>направленной на повышение производительности труда</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>(заполняется заявителем на бланке (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z930" w:id="226"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z1021" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z931" w:id="227"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z1022" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Юридический и фактический адрес (индекс, область, город/район, населенный пункт, улица, телефон).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z932" w:id="228"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z1023" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Данные первого руководителя или индивидуального предпринимателя (фамилия, имя, отчество (при наличии) (далее – ФИО), должность, номер рабочего или сотового телефона, электронный адрес).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z933" w:id="229"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z1024" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бизнес идентификационный номер (далее – БИН)/Индивидуальный идентификационный номер (далее – ИИН) заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z934" w:id="230"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z1025" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. БИН/ИИН исполнителя (в случае если исполнитель является резидентом Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z935" w:id="231"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z1026" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Номер (при наличии) и дата государственной регистрации (перерегистрации) заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z936" w:id="232"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z1027" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Номер (при наличии) и дата государственной регистрации (перерегистрации) исполнителя (в случае если исполнитель является резидентом Республики Казахстан).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z937" w:id="233"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z1028" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Основной вид деятельности (с указанием кода общего классификатора видов экономической деятельности).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z938" w:id="234"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z1029" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Наименование выпускаемой продукции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z940" w:id="236"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z1030" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Текущая производительность труда в год (тысяч тенге/человек и тысяч долларов США/человек) *.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z1031" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Является(-лся) ли заявитель участником государственных и/или отраслевых Программ (если да, то укажите год получения мер государственной поддержки, в рамках каких Программ и какие меры государственной поддержки получали).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z941" w:id="237"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z1032" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Какую меру государственного стимулирования планируется использовать в рамках Правил предоставления мер государственного стимулирования промышленности, направленных на повышение производительности труда субъектов промышленно-инновационной деятельности (далее – Правила) (необходимое отметьте ☐):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z1033" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ повышение компетенции работников;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z1034" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ внедрение цифровых технологий;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z1035" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ совершенствование технологических процессов;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...155 lines deleted...]
-    <w:bookmarkStart w:name="z948" w:id="244"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z1036" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ☐ повышение эффективности организации производств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z1037" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Указать общие налоговые отчисления за последние 3 (три) года на дату подачи заявки. Требование настоящего пункта не распространяется на субъектов промышленно-инновационной деятельности, которые освобождены от уплаты налогов согласно действующего законодательства и/или с даты регистрации которых прошло менее двух календарных лет до даты поступления заявки в национальный институт.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z1038" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 20__ год – ______ тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z949" w:id="245"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z1039" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 20__ год – ______ тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z950" w:id="246"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z1040" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) 20__ год – ______ тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z953" w:id="249"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z1041" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Указать банковские реквизиты заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z1042" w:id="253"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данной заявкой заявитель гарантирует достоверность представленной информации, полноту и подлинность представленных документов, исходных данных, расчетов, обоснований, осведомлен об ответственности за представление недостоверных сведений в соответствии с законодательством Республики Казахстан и дает согласие на сбор, обработку, хранение, выгрузку и использование персональных данных регистратором, определенным центральным уполномоченным органом по исполнению бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z1043" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заявитель подтверждает, что затраты по мероприятиям, понесенные в рамках запрашиваемой(-ых) мер государственного стимулирования, не финансировались за счет средств республиканского и /или местного бюджетов в рамках иных мер государственного стимулирования, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z954" w:id="250"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z1044" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Контактное лицо, заполнившее заявку на получение меры государственного стимулирования (ФИО, должность, номер рабочего/сотового телефона, электронный адрес):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-[...34 lines deleted...]
-    <w:bookmarkStart w:name="z955" w:id="251"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z1045" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z1046" w:id="257"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z1047" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К настоящей Заявке прилагаю следующие документы и копии документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-[...100 lines deleted...]
-    <w:bookmarkStart w:name="z961" w:id="257"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z1048" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z1049" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z1050" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z1051" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) _____________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z1052" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) _____________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z1053" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заполнения заявки _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z1054" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Первый руководитель заявителя (лицо, исполняющее обязанности (при наличии подтверждающего документа об исполнении обязанностей первого руководителя)), индивидуальный предприниматель или лицо, уполномоченное ими (при наличии доверенности) или физическое лицо</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...49 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z1055" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________ ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z1056" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (подпись) (ФИО)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z1057" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место печати (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14833,351 +11817,235 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="258"/>
+    <w:bookmarkStart w:name="z267" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(заполняется заявителем на бланке (при наличии))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z268" w:id="259"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z268" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наименование Заявителя и Исполнителя, контактные данные Исполнителя (фактический адрес, телефон)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z269" w:id="260"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z269" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Краткое описание деятельности Заявителя в приоритетном секторе экономики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z270" w:id="261"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z270" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Наименование, дата и сумма договора оказанных услуг (выполненных работ) или трудового договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z271" w:id="262"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z271" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Описание необходимости оказанных услуг (выполненных работ) или труда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z272" w:id="263"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z272" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Результаты (ожидаемый эффект) оказанных услуг (выполненных работ) или труда </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z273" w:id="264"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z273" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Руководитель заявителя (лицо, исполняющее обязанности (при наличии подтверждающего документа об исполнении обязанностей первого руководителя)), индивидуальный предприниматель или лицо, уполномоченное ими (при наличии доверенности) или физическое лицо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z274" w:id="265"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z274" w:id="276"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________ _____________________ (подпись) (фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место печати (при наличии)</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15226,157 +12094,203 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам предоставления мер</w:t>
+              <w:t>к Правилам предоставления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного стимулирования</w:t>
+              <w:t>мер государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>стимулирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>промышленности, направленных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на повышение производительности</w:t>
+              <w:t>на повышение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>труда субъектов промышленно-</w:t>
+              <w:t>производительности труда</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>субъектов промышленно-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      Сноска. Приложение 3 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 91</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15603,83 +12517,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z171" w:id="277"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Веб-портал "электронного правительства" (далее – портал)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>2) услугодатель</w:t>
+          <w:bookmarkEnd w:id="277"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16164,144 +13081,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+График работы услугодателя, и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z172" w:id="278"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Трудовому</w:t>
-[...46 lines deleted...]
-              <w:t>, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан (далее – Кодекс), прием заявки и документов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="278"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодателя – с понедельника по пятницу с 8:30 до 17:30 часов, с перерывом на обед с 12:30 до 14:30 часов, кроме выходных и праздничных дней, согласно Кодекса, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16355,572 +13255,616 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...22 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z173" w:id="279"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При получении возмещения затрат на повышение компетенции работников на профессиональную подготовку и/или переподготовку и/или повышение квалификации инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров, в том числе за рубежом, по вопросам повышения производительности труда:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="279"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявка на получение услуги по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">2) отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем, по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) копию договора на оказание услуг (выполнение работ), затраты на оплату которых включены в заявку для их возмещения, все приложения и/или дополнения, соглашения к такому договору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) копию акта (ов) оказанных услуг (выполненных работ) исполнителем по возмещаемым затратам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>5) копии счетов-фактур на общую сумму оказанных услуг (выполненных работ) исполнителем по возмещаемым затратам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>6) копии платежных документов на общую сумму оказанных услуг (выполненных работ) исполнителем и/или копии документов на общую сумму оказанных услуг (выполненных работ) исполнителем в качестве документов, подтверждающих оплату оказанных услуг (выполненных работы), предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при выполнении работ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...76 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) действовал до 01.01.2026 приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 442</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копию приказа о направлении на профессиональную подготовку и/или переподготовку и/или повышение квалификации инженерно-технического, производственного персонала, в том числе топ-менеджеров заявителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) копию сертификата профессиональной подготовке и/или переподготовке и/или повышению квалификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) копии документов, подтверждающих стоимость проезда к месту командирования и обратно к месту постоянной работы однократно (кроме случаев, когда администрацией предоставляются командированному соответствующие средства передвижения), на основании предъявленных проездных документов при проезде по железным дорогам – по тарифу купированного вагона (за исключением вагонов с 2-х местными купе с нижним расположением мягких диванов, мягкими креслами для сидения с устройством по регулированию его положения (спальный вагон), а также классов "Турист" и "Бизнес" скоростных поездов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по водным путям, по шоссейным и грунтовым дорогам – по существующей в данной местности стоимости проезда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и воздушным транспортом – по тарифу экономического класса, с приложением подтверждающих документов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>стоимость бронирования проездных билетов и места в гостинице, а также пользования постельными принадлежностями в поездах при проезде к месту командирования и обратно к месту постоянной работы, при наличии документов, подтверждающих данные расходы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
-[...230 lines deleted...]
-            </w:r>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12) копии документов, подтверждающих стоимость проживания работника в течение срока профессиональной подготовки и/или переподготовки (но не более одного месяца) и/или повышение квалификации (но не более трех месяцев) инженерно-технического персонала, производственного персонала, в том числе топ-менеджеров, по стоимости номера по классификации – стандарт по фактическим затратам, в том числе, расходы по бронированию, кроме затрат на суточные, при наличии документов, подтверждающих данные расходы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 5) настоящего пункта, предоставляются документы, подтверждающие факт оказания услуги и регистрацию такого юридического лица.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -16952,155 +13896,211 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z190" w:id="280"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и/или данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="280"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и /или представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) является субъектом промышленно-инновационной деятельности, указанным в пункте 3 настоящих Правил;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) является субъектом промышленно-инновационной деятельности, указанным в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункте 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -17152,314 +14152,253 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z194" w:id="281"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="281"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1) Министерства промышленности и строительства Республики Казахстан –https://www.gov.kz/memleket/entities/miid/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2) Комитета промышленности Министерства промышленности и строительства Республики Казахстан –https://www.gov.kz/memleket/entities/comprom/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) услугодателя – www.qazindustry.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) портала - www.egov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+              <w:t>
+Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...117 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17506,165 +14445,204 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам предоставления мер</w:t>
+              <w:t>к Правилам предоставления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного стимулирования</w:t>
+              <w:t>мер государственного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>стимулирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>промышленности, направленных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>на повышение производительности</w:t>
+              <w:t>на повышение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>производительности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>труда субъектов промышленно-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      Сноска. Приложение 4 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 91</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -17890,83 +14868,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z202" w:id="282"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Веб-портал "электронного правительства" (далее – портал)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>2) услугодатель</w:t>
+          <w:bookmarkEnd w:id="282"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18451,144 +15432,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+График работы услугодателя, и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z203" w:id="283"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
-[...56 lines deleted...]
-              <w:t>, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+ 1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан (далее – Кодекс), прием заявки и документов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="283"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодателя – с понедельника по пятницу с 8:30 до 17:30 часов, с перерывом на обед с 12:30 до 14:30 часов, кроме выходных и праздничных дней, согласно Кодекса, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18642,1183 +15606,1968 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...22 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z204" w:id="284"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При получении возмещения затрат на совершенствование технологических процессов по затратам на проведение энергоаудита:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="284"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявку по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">2) отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем, по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) копию договора на оказание услуг (выполнение работ), затраты на оплату которых включены в заявку для их возмещения, а также все приложения и/или дополнения, соглашения к такому договору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) копию акта (ов) оказанных услуг (выполненных работ) исполнителем;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>5) копии счетов-фактур на общую сумму оказанных услуг (выполненных работ) исполнителем;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>6) копии платежных документов на общую сумму оказанных услуг (выполненных работ) исполнителем и/или копии документов на общую сумму оказанных услуг (выполненных работ) исполнителем в качестве документов, подтверждающих оплату оказанных услуг (выполненных работ), предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при выполнении работ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...25 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) действовал до 01.01.2026 приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 442</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 5) настоящего пункта, предоставляются документы, подтверждающие факт оказания услуги и регистрацию такого юридического лица.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Документы, указанные в подпунктах 4), 5) и 6) оформляются в соответствии с требованиями </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодекса</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закона</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>При получении возмещения затрат на совершенствование технологических процессов по затратам по шеф-монтажу оборудования:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявку по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем, по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) копию договора на оказание услуг (выполнение работ), затраты на оплату которых включены в заявку для их возмещения, а также все приложения и/или дополнения, соглашения к такому договору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) копию акта (ов) оказанных услуг (выполненных работ) исполнителем;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) копии счетов-фактур на общую сумму оказанных услуг (выполненных работ) исполнителем;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) копии платежных документов на общую сумму оказанных услуг (выполненных работ) исполнителем по возмещаемым затратам и/или копии документов на общую сумму оказанных услуг (выполненных работ) исполнителем в качестве документов, подтверждающих оплату оказанных услуг (выполненных работ), предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при выполнении работ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
-[...84 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) копии документов, подтверждающих производство продукции, включенной в перечень приоритетных товаров, действующих на возмещаемый период (сертификаты, декларации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) копии договора поставки оборудования или документов, подтверждающих предприятие – изготовителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) копии первичных учетных документов, подтверждающих прием-передачу оборудования (акт приемки-передачи, накладная на отпуск запасов на сторону или др.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12) копию технической документации, включающей в себя руководство/инструкцию по эксплуатации оборудования, информацию о дате изготовления оборудования, идентификационный номер оборудования завода - производителя, основные технические характеристики и параметры оборудования, спецификацию состава оборудования (технический паспорт);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13) фотографии оборудования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 5) настоящего пункта, предоставляются документы, подтверждающие факт оказания услуги и регистрацию такого юридического лица.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Документы, указанные в подпунктах 4), 5) и 6) оформляются в соответствии с требованиями </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодекса</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закона</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
-[...16 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При получении возмещения затрат на совершенствование технологических процессов по затратам по монтажу:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) заявку по форме, согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем, по форме согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приложению 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) копию договора на оказание услуг (выполнение работ), затраты на оплату которых включены в заявку для их возмещения, а также все приложения и/или дополнения, соглашения к такому договору;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) копию акта (ов) оказанных услуг (выполненных работ) исполнителем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) копии счетов-фактур на общую сумму оказанных услуг (выполненных работ) исполнителем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) копии платежных документов на общую сумму оказанных услуг (выполненных работ) исполнителем по возмещаемым затратам и/или копии документов на общую сумму оказанных услуг (выполненных работ) исполнителем в качестве документов, подтверждающих оплату оказанных услуг (выполненных работ), предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при выполнении работ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) копии документов, подтверждающих производство продукции, включенной в перечень приоритетных товаров, действующих на возмещаемый период (сертификаты, декларации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) копии первичных учетных документов, подтверждающих прием-передачу оборудования/ опытного образца (акт приемки-передачи, накладная на отпуск запасов на сторону или др.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) копию технической документации, включающей в себя руководство/инструкцию по эксплуатации оборудования, информацию о дате изготовления оборудования, идентификационный номер оборудования завода-производителя, основные технические характеристики и параметры оборудования, спецификацию состава оборудования (технический паспорт при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12) фотографии оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 5) настоящего пункта, предоставляются документы, подтверждающие факт оказания услуги и регистрацию такого юридического лица.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документы, указанные в подпунктах 4), 5) и 6) оформляются в соответствии с требованиями </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодекса</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Закона</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При получении возмещения затрат на совершенствование технологических процессов по затратам на приобретение технологического оборудования:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявку по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
-[...199 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) отчет заявителя по приобретенному технологическому оборудованию (с описанием деятельности заявителя, необходимости приобретенного технологического оборудования);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) копию договора купли-продажи оборудования, затраты на оплату которого включены в заявку для его возмещения, а также все приложения и/или дополнения, соглашения к такому договору;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) копии счетов-фактур по возмещаемым затратам на общую сумму приобретенного технологического оборудования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) копии платежных документов на общую сумму приобретенного технологического оборудования и/или копии документов на общую сумму приобретенного технологического оборудования в качестве документов, подтверждающих оплату приобретенного технологического оборудования, предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при приобретении технологического оборудования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) копии документов, подтверждающих производство продукции, включенной в перечень приоритетных товаров, действующих на возмещаемый период (сертификаты, декларации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копии первичных учетных документов, подтверждающих прием-передачу технологического оборудования (акт приемки-передачи, накладная на отпуск запасов на сторону или др.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) копию технической документации, включающей в себя руководство/инструкцию по эксплуатации оборудования, информацию о дате изготовления оборудования, идентификационный номер оборудования завода-производителя, основные технические характеристики и параметры оборудования, спецификацию состава технологического оборудования (технический паспорт при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) фотографии приобретенного технологического оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 4) настоящего пункта, предоставляются документы, подтверждающие факт приобретения технологического оборудования и регистрацию такого юридического лица.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Документы, указанные в подпунктах 4) и 5) оформляются в соответствии с требованиями </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодекса</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закона</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...255 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -19850,155 +17599,211 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z260" w:id="285"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и/или данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="285"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и /или представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) является субъектом промышленно-инновационной деятельности, указанным в пункте 3 настоящих Правил;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) является субъектом промышленно-инновационной деятельности, указанным в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункте 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -20051,299 +17856,252 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z264" w:id="286"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="286"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1) Министерства промышленности и строительства Республики Казахстан – https://www.gov.kz/memleket/entities/miid/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2) Комитета промышленности Министерства промышленности и строительства Республики Казахстан – https://www.gov.kz/memleket/entities/comprom/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) услугодателя – www.qazindustry.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) портала - www.egov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+              <w:t>
+Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...103 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20390,64 +18148,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам предоставления мер</w:t>
+              <w:t>к Правилам предоставления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного стимулирования</w:t>
+              <w:t>мер государственного стимулирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>промышленности, направленных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -20476,79 +18234,92 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 - в редакции приказа и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
+      Сноска. Приложение 5 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 91</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -20774,83 +18545,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z272" w:id="287"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Веб-портал "электронного правительства" (далее – портал);</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>2) услугодатель</w:t>
+          <w:bookmarkEnd w:id="287"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21335,144 +19109,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+График работы услугодателя, и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z273" w:id="288"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
-[...56 lines deleted...]
-              <w:t>, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+ 1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан (далее – Кодекс), прием заявки и документов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="288"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодателя – с понедельника по пятницу с 8:30 до 17:30 часов, с перерывом на обед с 12:30 до 14:30 часов, кроме выходных и праздничных дней, согласно Кодекса, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21526,300 +19283,488 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z274" w:id="289"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 При получении возмещения затрат на повышение эффективности организации производства услугополучатель предоставляет следующие документы:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="289"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявка на получение услуги по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">2) отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем, по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) копию договора на оказание услуг (выполнение работ), затраты на оплату которых включены в заявку для их возмещения, а также все приложения и/или дополнения, соглашения к такому договору;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) копию акта(ов) оказанных услуг (выполненных работ) исполнителем по возмещаемым затратам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>5) копии счетов-фактур на общую сумму оказанных услуг (выполненных работ) исполнителем по возмещаемым затратам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>6) копии платежных документов на общую сумму оказанных услуг (выполненных работ) исполнителем и/или копии документов на общую сумму оказанных услуг (выполненных работ) исполнителем в качестве документов, подтверждающих оплату оказанных услуг (выполненных работ), предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при выполнении работ;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...25 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) действовал до 01.01.2026 приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 442</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 5) настоящего пункта, предоставляются документы, подтверждающие факт оказания услуги и регистрацию такого юридического лица.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Документы, указанные в подпунктах 4), 5) и 6) оформляются в соответствии с требованиями </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодекса</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закона</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -21851,155 +19796,211 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z285" w:id="290"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и/или данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="290"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и /или представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) является субъектом промышленно-инновационной деятельности, указанным в пункте 3 настоящих Правил;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) является субъектом промышленно-инновационной деятельности, указанным в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункте 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -22051,300 +20052,253 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+              <w:t xml:space="preserve">
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z289" w:id="291"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="291"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1) Министерства промышленности и строительства Республики Казахстан – https://www.gov.kz/memleket/entities/miid/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2) Комитета промышленности Министерства промышленности и строительства Республики Казахстан – https://www.gov.kz/memleket/entities/comprom/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) услугодателя – www.qazindustry.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) портала – www. egov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+              <w:t>
+Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...103 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22391,64 +20345,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 5-1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам предоставления мер</w:t>
+              <w:t>к Правилам предоставления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного стимулирования</w:t>
+              <w:t>мер государственного стимулирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>промышленности, направленных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22497,59 +20451,92 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 5-1 в соответствии с приказом и.о. Министра промышленности и строительства РК от 06.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -22775,83 +20762,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z297" w:id="292"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Веб-портал "электронного правительства" (далее – портал)</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...13 lines deleted...]
-              <w:t>2) услугодатель</w:t>
+          <w:bookmarkEnd w:id="292"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодатель</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23336,144 +21326,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-График работы услугодателя, Государственной корпорации и объектов информации</w:t>
+График работы услугодателя, и объектов информации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z298" w:id="293"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
-[...56 lines deleted...]
-              <w:t>, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
+ 1) портала – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Трудовому кодексу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республики Казахстан (далее – Кодекс), прием заявки и документов и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="293"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) услугодателя – с понедельника по пятницу с 8:30 до 17:30 часов, с перерывом на обед с 12:30 до 14:30 часов, кроме выходных и праздничных дней, согласно Кодекса, в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23527,865 +21500,524 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов и сведений, истребуемых у услугополучателя для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...22 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z299" w:id="294"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При получении возмещения затрат на внедрение цифровых технологий по затратам на приобретение цифрового оборудования услугополучатель предоставляет следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="294"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) заявку по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) отчет заявителя по итогам оказания услуг (выполнения работ) исполнителем, по форме согласно </w:t>
-[...196 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) отчет заявителя по приобретенному цифровому оборудованию (с описанием деятельности заявителя, необходимости приобретенного цифрового оборудования);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) копии счетов-фактур на общую сумму приобретенного цифрового оборудования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) копии платежных документов на общую сумму приобретенного цифрового оборудования и/или копии документов на общую сумму приобретенного цифрового оборудования в качестве документов, подтверждающих оплату приобретения цифрового оборудования, предоставляемых при аккредитивной форме расчетов, при взаимозачете требований, при удержании неустойки (пени) при приобретении цифрового оборудования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) действовал до 01.01.2026 приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 442</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) выписка из реестра казахстанских товаропроизводителей;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) копии документов, подтверждающих освобождение заявителя от уплаты налогов (в случаях если субъект промышленно-инновационной деятельности освобожден от уплаты налогов);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8) копию договора купли-продажи цифрового оборудования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) копии первичных учетных документов, подтверждающих прием-передачу цифрового оборудования (акт приемки-передачи, накладная на отпуск запасов на сторону или др.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10) копию технической документации, включающей в себя руководство/инструкцию по эксплуатации оборудования, информацию о дате изготовления оборудования, идентификационный номер оборудования завода-производителя, основные технические характеристики и параметры оборудования, спецификацию состава цифрового оборудования (технический паспорт при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) фотографии приобретенного цифрового оборудования.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В случае, если исполнителем выступает нерезидент Республики Казахстан, взамен документа, указанного в подпункте 3) настоящего пункта, предоставляются документы, подтверждающие факт приобретения цифрового оборудования и регистрацию такого юридического лица.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Документы, указанные в подпунктах 3) и 4) настоящего пункта Правил, оформляются в соответствии с требованиями </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Кодекса</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Закона</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Республики Казахстан "О платежах и платежных системах".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...505 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -24417,155 +22049,211 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+Основания для отказа в оказании государственной услуги, установленные законами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z312" w:id="295"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и/или данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="295"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и /или представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) является субъектом промышленно-инновационной деятельности, указанным в пункте 3 настоящих Правил;</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) является субъектом промышленно-инновационной деятельности, указанным в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункте 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+5) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -24618,299 +22306,252 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z316" w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель имеет возможность получения государственной услуги в электронной форме через портал при условии наличия электронной цифровой подписи.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="296"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адреса мест оказания государственной услуги размещены на интернет-ресурсах:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1) Министерства промышленности и строительства Республики Казахстан – https://www.gov.kz/memleket/entities/miid/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>2) Комитета промышленности Министерства промышленности и строительства Республики Казахстан – https://www.gov.kz/memleket/entities/comprom/activities/services?lang=ru, раздел "Государственные услуги";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>3) услугодателя – www.qazindustry.gov.kz;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4) портала – www. egov.kz.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
+              <w:t>
+Телефон Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...103 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24957,64 +22598,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 6</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам предоставления мер</w:t>
+              <w:t>к Правилам предоставления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственного стимулирования</w:t>
+              <w:t>мер государственного стимулирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>промышленности, направленных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -25028,2031 +22669,3404 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>труда субъектов промышленно-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z395" w:id="266"/>
+    <w:bookmarkStart w:name="z395" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Соглашение о возмещении затрат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-[...280 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 6 - в редакции приказа Министра промышленности и строительства РК от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 442</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1058" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...206 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>город ______ "___" ___________ 20 ___год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1059" w:id="299"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry", именуемое</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в дальнейшем "Национальный институт", в лице __________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании ____________________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с одной стороны, и ____________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (полное наименование Заявителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемое в дальнейшем "Заявитель", в лице ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (должность, фамилия, имя, отчество (при наличии) руководителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующего на основании ___________________________________________, с другой стороны, совместно</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>именуемые "Стороны", а каждый в отдельности "Сторона", на основании Правил предоставления мер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного стимулирования промышленности, направленных на повышение производительности труда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъектов промышленно-инновационной деятельности (далее – Правила), заключили настоящее Соглашение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о возмещении затрат (далее – Соглашение) о нижеследующем:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...210 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1. Предмет Соглашения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1. Национальный институт обязуется предоставить меры государственного стимулирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в рамках Правил "___________________________________________________________________________________"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование меры государственного стимулирования)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в виде возмещения затрат на ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вид затрат) в сумме _________________________________________________________тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     (сумма прописью)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>согласно заявке в полном объеме, а Заявитель достичь целевые индикаторы меры государственного стимулирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с подпунктом 3) пункта 5 настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2. В случаях представления заявителем в рамках возмещения затрат документов, подтверждающих расходы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в иностранной валюте, сумма возмещения затрат рассчитывается исходя из курса валюты Национального банка</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан на дату совершения заявителем оплаты исполнителю за оказанные услуги (выполненные работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или на дату оплаты заработной платы при привлечении иностранных работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3. В случае недостаточности денежных средств на текущем счете, необходимых для предоставления мер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного стимулирования, возмещение затрат приостанавливается национальным институтом до поступления</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>средств от администратора бюджетной программы. При этом национальный институт уведомляет заявителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в установленные Правилами сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1060" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                                 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...70 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Обязательства Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1061" w:id="301"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             4. Национальный институт обязуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) информировать Заявителя обо всех изменениях, связанных с реализацией Правил, способных оказать</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>существенное влияние на исполнение Соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) проводить мониторинг реализации мер государственного стимулирования в течение двух лет после дня</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подписания настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) В случае выявления рисков невыполнения или несвоевременного выполнения встречных обязательств</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в рамках полученных мер государственного стимулирования уведомлять Заявителя о рисках с периодичностью один</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>раз в шесть месяцев, со дня подписания Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Заявитель обязуется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) предоставить Национальному институту для дальнейшего направления в уполномоченный орган в области</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной статистики согласие на распространение первичных статистических данных уполномоченному органу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и национальному институту, включая данные за 2 (два) года до, 2 (два) года после дня подписания акта (актов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оказанных услуг (выполненных работ) по возмещаемым затратам и 2 (два) года после подписания Соглашения с целью</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведения национальным институтом мониторинга реализации мер государственного стимулирования. Днем</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключения Соглашения о возмещении затрат считается день поступления национальному институту, подписанного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявителем Соглашения о возмещении затрат. Форма Согласия на распространение первичных статистических данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приведена в приложении к настоящему Соглашению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) в случае отсутствия первичных статистических данных уполномоченного органа в области государственной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статистики, предоставлять в течение тридцати календарных дней со дня получения письменного запроса национального</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>института необходимые данные для проведения мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) достичь целевые индикаторы меры государственного стимулирования в течение двух лет с момента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заключения Соглашения о возмещении затрат, а именно увеличить объем доходов предприятия от реализации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>продукции и оказания услуг не менее чем в 2 (два) раза от вложенной государством суммы, согласно пункту 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего Соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) в соответствии с письменным запросом национального института предоставлять в течение тридцати</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>календарных дней со дня его получения от национального института информацию о ходе реализации меры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного стимулирования в случае не достижения целевого индикатора по мере государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стимулирования согласно подпункту 3) настоящего пункта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) обеспечить возврат денежных средств, выданных национальным институтом по мере государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стимулирования в виде возмещения затрат, в случае нарушения условий Соглашения, в течение 30 (тридцати)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>календарных дней со дня получения соответствующего уведомления от национального института, пропорционально</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>достигнутым целевым индикаторам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) обеспечить полноту, своевременность и достоверность предоставленной информации, исходных данных,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расчетов, обоснований в рамках реализации меры государственного стимулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1062" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                                 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...150 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Права Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1063" w:id="303"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             6. Национальный институт вправе:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) запрашивать у Заявителя информацию о ходе реализации мере государственного стимулирования в случае</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не достижения целевого индикатора по мере государственного стимулирования, а также для проведения мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>реализации меры государственного стимулирования в случае отсутствия первичных статистических данных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченного органа в области государственной статистики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) в одностороннем порядке расторгнуть настоящее Соглашение и востребовать возврат денежных средств,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выданных по мере государственного стимулирования в виде возмещения затрат, в случае нарушения условий</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1064" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z425" w:id="296"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Ответственность Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z1065" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             7. Национальный институт несет ответственность за:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1066" w:id="306"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             1) полноту, своевременность и достоверность предоставленной информации в рамках реализации меры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственного стимулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) за своевременное предоставление меры государственного стимулирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. Заявитель несет ответственность за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) полноту, своевременность и достоверность предоставленной информации, исходных данных, расчетов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обоснований в рамках реализации меры государственного стимулирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) достижение целевого индикатора меры государственного стимулирования, указанного в подпункте 3) пункта 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>настоящего Соглашения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) своевременность возврата денежных средств, выданных по мере государственного стимулирования в виде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>возмещения затрат, в случае нарушения условий настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1067" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Информация, касающаяся условий настоящего Соглашения, банковская тайна, а также финансовая, коммерческая и иная информация, полученная Сторонами в ходе заключения и исполнения настоящего Соглашения, является конфиденциальной и не подлежит разглашению третьим лицам, за исключением случаев, предусмотренных действующим законодательством Республики Казахстан. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z426" w:id="297"/>
+                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5. Конфиденциальность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1068" w:id="308"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             9. Информация, касающаяся условий настоящего Соглашения, банковская тайна, а также финансовая,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>коммерческая и иная информация, полученная Сторонами в ходе заключения и исполнения настоящего Соглашения,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>является конфиденциальной и не подлежит разглашению третьим лицам, за исключением случаев, предусмотренных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Банковская тайна может быть раскрыта в соответствии с пунктом 4 статьи 50 Закона Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"О банках и банковской деятельности в Республике Казахстан".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       К конфиденциальной не относится информация, касающаяся наименований Заявителя и меры государственного</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стимулирования, суммы произведенного возмещения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Стороны принимают все необходимые меры, в том числе правового характера для сохранения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>конфиденциальности настоящего Соглашения. Должностными лицами и работниками Сторон не допускаются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разглашение либо передача третьим лицам сведений, полученных в ходе реализации настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       11. В случае разглашения либо распространения любой из Сторон конфиденциальной информации в нарушение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>требований настоящего Соглашения, виновная Сторона несет ответственность, предусмотренную законодательством</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, с возмещением возможных убытков, понесенных другой Стороной вследствие разглашения такой</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1069" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Банковская тайна может быть раскрыта в соответствии с </w:t>
-[...89 lines deleted...]
-      </w:pPr>
+                                           </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...70 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6. Обстоятельства непреодолимой силы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1070" w:id="310"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             12. Стороны освобождаются от ответственности за частичное или полное неисполнение обязательств, а также за</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>задержку их исполнения, если таковые явились следствием непреодолимой силы (стихийное бедствие или иные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обстоятельства, которые невозможно предусмотреть или предотвратить), а также военных действий, забастовок и иных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>чрезвычайных случаев, влекущих невыполнение или ненадлежащее исполнение условий Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13. Сторона, ссылающаяся на обстоятельства непреодолимой силы, обязана информировать в течение 3 (трех)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рабочих дней другую сторону как о наступлении, так и об окончании обстоятельств непреодолимой силы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       14. Если одна из сторон оказывается не в состоянии выполнить свои обязательства по Соглашению в течение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шестидесяти календарных дней со дня наступления обстоятельств непреодолимой силы, другая сторона имеет право</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расторгнуть Соглашение, известив об этом первую сторону не позднее чем за десять рабочих дней до дня расторжения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1071" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...50 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7. Решение спорных вопросов</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1072" w:id="312"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             15. Национальный институт и Заявитель должны прилагать все усилия к тому, чтобы разрешать в процессе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>прямых переговоров все разногласия или споры, возникающие между ними по Договору или в связи с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16. Если в результате переговоров национальный институт и Заявитель не могут разрешить спор, любая из Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>передает спор на рассмотрение суда Республики Казахстан в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1073" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...100 lines deleted...]
-      21. Настоящее Соглашение составлено в двух экземплярах, имеющих одинаковую юридическую силу, по одному для каждой Стороны.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8. Заключительные положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z443" w:id="314"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1074" w:id="314"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             17. Настоящее Соглашение вступает в силу со дня подписания Сторон и действует в течение 2 (два) лет со дня его</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18. Все изменения и дополнения, вносимые в настоящее Соглашение, действительны при их оформлении</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в письменном виде и подписании уполномоченными лицами всех Сторон, которые в дальнейшем являются</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>неотъемлемой частью настоящего Соглашения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       19. Стороны незамедлительно извещают друг друга в случае изменения реквизитов (юридических адресов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номера счета).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       20. Стороны руководствуются настоящим Соглашением, если иное не предусмотрено действующим</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       21. Настоящее Соглашение составлено в двух экземплярах, имеющих одинаковую юридическую силу, по одному</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>для каждой Стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1075" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+                                           </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:bookmarkEnd w:id="314"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Юридические адреса и реквизиты Сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...22 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z1076" w:id="316"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальный институт:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="316"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Акционерное общество</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Казахстанский центр</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>индустрии и экспорта "QazIndustry"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Адрес:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>тел/факс:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>БИН</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>ИИК</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>БИК _______________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>(должность первого руководителя и/или</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>уполномоченного лица)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>__________________________________</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Место печати (при наличии)</w:t>
+              <w:t>
+Место печати (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z1090" w:id="317"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заявитель ________________________</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkEnd w:id="317"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>_________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Адрес:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>тел/факс:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>БИН/ИИН</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>ИИК</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>БИК _______________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>(должность первого руководителя)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________________</w:t>
-[...7 lines deleted...]
-            </w:pPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Место печати (при наличии)</w:t>
+              <w:t>
+Место печати (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z444" w:id="315"/>
+    <w:bookmarkStart w:name="z1104" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-[...67 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z1105" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИН – бизнес идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z1106" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z1107" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИК – индивидуальный идентификационный код;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z1108" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БИК – банковский идентификационный код.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27086,5615 +26100,350 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к Соглашению</w:t>
+              <w:t>Приложение 7</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>о возмещении затрат</w:t>
+              <w:t>к Правилам предоставления мер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственного стимулирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>промышленности, направленных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на повышение производительности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>труда субъектов промышленно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...120 lines deleted...]
-    <w:bookmarkStart w:name="z447" w:id="316"/>
+    <w:bookmarkStart w:name="z450" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Согласие на распространение первичных статистических данных (заполняется на бланке Заявителя (при наличии))</w:t>
-[...4446 lines deleted...]
-      по разделу 4 "Укажите информацию о расходах предприятия, тысяч тенге"</w:t>
+        <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="323"/>
-    <w:tbl>
-[...760 lines deleted...]
-    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 7 - в редакции приказа Министра промышленности и строительства РК от 04.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z621" w:id="325"/>
+    <w:bookmarkStart w:name="z621" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Представляется: в Министерство промышленности и строительства Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z622" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма размещена на интернет-ресурсе: www.miid.gov.kz.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z622" w:id="326"/>
-[...15 lines deleted...]
-      Форма размещена на интернет-ресурсе: www.miid.gov.kz.</w:t>
+    <w:bookmarkStart w:name="z623" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Отчет национального института в области развития промышлености о реализации мер государственного стимулирования, направленных на повышение производительности труда".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z623" w:id="327"/>
-[...15 lines deleted...]
-      "Отчет национального института в области развития промышлености о реализации мер государственного стимулирования, направленных на повышение производительности труда".</w:t>
+    <w:bookmarkStart w:name="z624" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ квартал 20___ года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z624" w:id="328"/>
-[...15 lines deleted...]
-      Отчетный период: __ квартал 20___ года.</w:t>
+    <w:bookmarkStart w:name="z625" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс: 1 – КЦИЭ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z625" w:id="329"/>
-[...15 lines deleted...]
-      Индекс: 1 – КЦИЭ.</w:t>
+    <w:bookmarkStart w:name="z626" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: ежеквартально.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z626" w:id="330"/>
-[...15 lines deleted...]
-      Периодичность: ежеквартально.</w:t>
+    <w:bookmarkStart w:name="z627" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лица, представляющие информацию: Акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z627" w:id="331"/>
-[...15 lines deleted...]
-      Лица, представляющие информацию: Акционерное общество "Казахстанский центр индустрии и экспорта "QazIndustry".</w:t>
+    <w:bookmarkStart w:name="z628" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы административных данных: ежеквартально, не позднее 25 числа месяца, следующего за отчетным периодом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z628" w:id="332"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="332"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32782,80 +26531,80 @@
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z630" w:id="333"/>
+          <w:bookmarkStart w:name="z630" w:id="332"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="333"/>
+          <w:bookmarkEnd w:id="332"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -33016,70 +26765,70 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма затрат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z636" w:id="334"/>
+          <w:bookmarkStart w:name="z636" w:id="333"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма,</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="334"/>
+          <w:bookmarkEnd w:id="333"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 профинансированная на отчетную дату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -33282,80 +27031,80 @@
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z650" w:id="335"/>
+          <w:bookmarkStart w:name="z650" w:id="334"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="335"/>
+          <w:bookmarkEnd w:id="334"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -33896,290 +27645,290 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z670" w:id="336"/>
+    <w:bookmarkStart w:name="z670" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование (респондента) ________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z671" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес (респондента) _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z671" w:id="337"/>
-[...15 lines deleted...]
-      Адрес (респондента) _______________________________________________________</w:t>
+    <w:bookmarkStart w:name="z672" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z672" w:id="338"/>
-[...15 lines deleted...]
-      Руководитель или лицо, исполняющее его обязанности:</w:t>
+    <w:bookmarkStart w:name="z673" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z673" w:id="339"/>
+    <w:bookmarkStart w:name="z674" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z674" w:id="340"/>
-[...15 lines deleted...]
-      _________________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z675" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z675" w:id="341"/>
+    <w:bookmarkStart w:name="z676" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель: _______________________________________________ _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z677" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z677" w:id="343"/>
-[...15 lines deleted...]
-      фамилия, имя и отчество (при его наличии) подпись</w:t>
+    <w:bookmarkStart w:name="z678" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Номер телефона, электронный адрес исполнителя: ___________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z678" w:id="344"/>
-[...15 lines deleted...]
-      Номер телефона, электронный адрес исполнителя: ___________________</w:t>
+    <w:bookmarkStart w:name="z679" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата "____" ___________ 20__ год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z679" w:id="345"/>
-[...15 lines deleted...]
-      Дата "____" ___________ 20__ год</w:t>
+    <w:bookmarkStart w:name="z680" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z680" w:id="346"/>
-[...15 lines deleted...]
-      Примечание:</w:t>
+    <w:bookmarkStart w:name="z681" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пояснение по заполнению приведены в приложении к настоящей форме "Отчет национального института в области развития промышленности о реализации мер государственного стимулирования", предназначенной для сбора административных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z681" w:id="347"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="347"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -34297,480 +28046,364 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>промышленности о реализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мер государственной"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z683" w:id="348"/>
+    <w:bookmarkStart w:name="z683" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы "Отчет национального института в области развития промышленности о реализации мер государственного стимулирования, направленных на повышение производительности труда"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z684" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z684" w:id="349"/>
+    <w:bookmarkStart w:name="z685" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Настоящая форма разработана в целях осуществления мониторинга реализации мер государственного стимулирования, предусмотренных Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z686" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заполненная Форма предоставляется в Министерство промышленности и строительства Республики Казахстан Акционерным обществом "Казахстанский центр индустрии и экспорта "QazIndustry" ежеквартально не позднее 25 числа месяца, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z687" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Показатели формируются по фактическим данным на первое число текущего отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z688" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Форму подписывает первый руководитель, а в случае его отсутствия – лицо, исполняющее его обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z689" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...79 lines deleted...]
-      4. Форму подписывает первый руководитель, а в случае его отсутствия – лицо, исполняющее его обязанности.</w:t>
+        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z689" w:id="354"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
+    <w:bookmarkStart w:name="z690" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 1 Формы указывается порядковый номер.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z690" w:id="355"/>
-[...15 lines deleted...]
-      5. В графе 1 Формы указывается порядковый номер.</w:t>
+    <w:bookmarkStart w:name="z691" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 2 Формы указывается наименование предприятия, получившего меры государственного стимулирования в рамках Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z691" w:id="356"/>
-[...15 lines deleted...]
-      6. В графе 2 Формы указывается наименование предприятия, получившего меры государственного стимулирования в рамках Правил.</w:t>
+    <w:bookmarkStart w:name="z692" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 3 Формы указывается наименование меры государственного стимулирования, предоставленной в рамках Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z692" w:id="357"/>
-[...15 lines deleted...]
-      7. В графе 3 Формы указывается наименование меры государственного стимулирования, предоставленной в рамках Правил.</w:t>
+    <w:bookmarkStart w:name="z693" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 4 Формы указывается дата поступления заявки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z693" w:id="358"/>
-[...15 lines deleted...]
-      8. В графе 4 Формы указывается дата поступления заявки.</w:t>
+    <w:bookmarkStart w:name="z694" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 5 Формы указывается дата принятия решения о предоставлении меры государственного стимулирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z694" w:id="359"/>
-[...15 lines deleted...]
-      9. В графе 5 Формы указывается дата принятия решения о предоставлении меры государственного стимулирования.</w:t>
+    <w:bookmarkStart w:name="z695" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графе 6 Формы указывается сумма собственного участия заявителя.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z695" w:id="360"/>
-[...15 lines deleted...]
-      10. В графе 6 Формы указывается сумма собственного участия заявителя.</w:t>
+    <w:bookmarkStart w:name="z696" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графе 7 Формы указывается сумма государственного стимулирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z696" w:id="361"/>
-[...15 lines deleted...]
-      11. В графе 7 Формы указывается сумма государственного стимулирования.</w:t>
+    <w:bookmarkStart w:name="z697" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В графе 8 Формы указывается сумма, профинансированная на отчетную дату.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z697" w:id="362"/>
-[...15 lines deleted...]
-      12. В графе 8 Формы указывается сумма, профинансированная на отчетную дату.</w:t>
+    <w:bookmarkStart w:name="z698" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В графе 9 Формы указывается текущее состояние.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z698" w:id="363"/>
-[...134 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -34888,2001 +28521,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>труда субъектов промышленно-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z700" w:id="364"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 8 в соответствии с приказом Министра промышленности и строительства РК от 04.12.2023 </w:t>
+      Сноска. Приложением 8 исключено приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 105</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...1799 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>вводится</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...62 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-</w:t>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -37002,1704 +28758,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>труда субъектов промышленно-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>инновационной деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z702" w:id="371"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила дополнены приложением 9 в соответствии с приказом Министра промышленности и строительства РК от 04.12.2023 </w:t>
+      Сноска. Приложение 9 исключено приказом Министра промышленности и строительства РК от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 105</w:t>
+        <w:t>№ 442</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
-[...1599 lines deleted...]
-    <w:bookmarkEnd w:id="429"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38733,878 +28893,420 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Соглашению об</w:t>
+              <w:t>Министра индустрии</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>авансировании расходов</w:t>
-[...64 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>и инфраструктурного развития</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан от</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июня 2022 года № 308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z773" w:id="430"/>
+    <w:bookmarkStart w:name="z480" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Согласие на распространение первичных статистических данных (заполняется на бланке Заявителя)</w:t>
-[...417 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z481" w:id="442"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z481" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1194 "Об утверждении Правил предоставления государственной поддержки субъектам индустриально-инновационной деятельности, направленной на повышение производительности труда и развитие территориальных кластеров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 12640).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z482" w:id="443"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z482" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 24 марта 2017 года № 164 "О внесении изменения в приказ Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1194 "Об утверждении Правил предоставления государственной поддержки субъектам индустриально-инновационной деятельности, направленной на повышение производительности труда и развитие территориальных кластеров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 15672).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z483" w:id="444"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z483" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра по инвестициям и развитию Республики Казахстан от 24 октября 2018 года № 727 "О внесении изменения в приказ Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1194 "Об утверждении Правил предоставления государственной поддержки субъектам индустриально-инновационной деятельности, направленной на повышение производительности труда и развитие территориальных кластеров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17698). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z484" w:id="445"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z484" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 10 июня 2019 года № 380 "О внесении изменения в приказ Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1194 "Об утверждении Правил предоставления государственной поддержки субъектам индустриально-инновационной деятельности, направленной на повышение производительности труда и развитие территориальных кластеров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 18853).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z485" w:id="446"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z485" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 12 июня 2020 года № 348 "О внесении изменений и дополнений в приказ Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1194 "Об утверждении Правил предоставления государственной поддержки субъектам индустриально-инновационной деятельности, направленной на повышение производительности труда и развитие территориальных кластеров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20876).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z486" w:id="447"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z486" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 7 июня 2021 года № 280 "О внесении изменений и дополнений в приказ Министра по инвестициям и развитию Республики Казахстан от 9 декабря 2015 года № 1194 "Об утверждении Правил предоставления государственной поддержки субъектам индустриально-инновационной деятельности, направленной на повышение производительности труда и развитие территориальных кластеров" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 22975).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>