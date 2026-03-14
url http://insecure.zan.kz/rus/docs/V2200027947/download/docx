--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4cc3237" w14:textId="4cc3237">
+    <w:p w14:paraId="b872c28" w14:textId="b872c28">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1204,3144 +1204,3348 @@
         <w:t>
       7) частная охранная организация – коммерческая организация, оказывающая охранные услуги в качестве своей предпринимательской деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) субъект охранной деятельности – специализированные охранные подразделения органов внутренних дел Республики Казахстан и частные охранные организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z544" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) система контроля и управления доступом – совокупность технически совместимых аппаратных средств и (или) программного обеспечения, предназначенных для контроля доступа, разграничения прав на вход и (или) выход на объект и (или) его отдельные зоны персонала и посетителей, сбора и хранения информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) система оповещения – совокупность технических средств, предназначенных для своевременной передачи информации (визуального и (или) звукового оповещения) находящихся в организации здравоохранения, лиц о тревоге при чрезвычайных происшествиях (аварии, пожаре, стихийном бедствии, акте терроризма) и действиях в сложившейся обстановке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) металлодетектор – электронный прибор, позволяющий обнаруживать металлические предметы в нейтральной или слабопроводящей среде за счет их проводимости;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) лица, обеспечивающие безопасность объекта – сотрудники объектов здравоохранения, отвечающие за функции безопасности и соблюдения пропускного режима на объектах или сотрудники (работники) субъектов охранной деятельности, заключившие договор об оказании охранных услуг по объектам с собственниками, владельцами, руководителями объектов здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) оценка антитеррористической защиты объекта – мероприятие, направленное на оценивание пропускного режима, готовности объектов здравоохранения, а также субъектов, осуществляющих охранную деятельность на них, к воспрепятствованию совершению акта терроризма, обеспечению минимизации и ликвидации последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) потенциально опасные участки объекта – территориально выделенные зоны (участки), конструктивные и технологические элементы объекта, где используются, хранятся или эксплуатируются взрывопожароопасные, опасные химические вещества, источники ионизирующего и радиоактивного излучения, токсичные вещества и препараты, элементы технологических цепочек, систем, оборудования или устройств, критические зоны объекта, совершение акта терроризма на которых может способствовать причинению ущерба жизни и здоровью, возникновению аварии, угрозы чрезвычайной ситуации с опасными социально-экономическими последствиями, хищению опасных веществ и материалов с целью их дальнейшего использования для совершения акта терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) учебные мероприятия – превентивные способы обучения персонала и охраны, реализуемые в виде инструктажей и занятий в целях привития навыков первичного реагирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) периметр объекта – граница объекта согласно правоустанавливающим документам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) эвакуация при угрозе акта терроризма (далее – эвакуация) – организованное перемещение персонала, посетителей и пациентов объекта здравоохранения с объекта или его части в безопасные места (помещения, участки местности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) паспорт антитеррористической защищенности (далее – паспорт) – информационно-справочный документ, содержащий общие и инженерно-технические сведения об объекте, отражающие состояние его антитеррористической защищенности, и предназначенный для планирования мероприятий по предупреждению, пресечению, минимизации и (или) ликвидации последствий актов терроризма на объекте, уязвимом в террористическом отношении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) пропускной режим – совокупность мероприятий и правил, регламентирующих установленный порядок, исключающий возможность несанкционированного входа (выхода) лиц, въезда (выезда) транспортных средств, вноса (выноса), ввоза (вывоза) имущества.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменением, внесенным приказом Министра здравоохранения РК от 14.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными приказами Министра здравоохранения РК от 14.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Целью организации антитеррористической защиты объектов здравоохранения является разработка и внедрение комплекса мероприятий по противодействию терроризму и обеспечению безопасности объектов здравоохранения посредством создания условий, препятствующих совершению акта терроризма (снижение риска совершения акта терроризма на территории объекта), и направленных на предотвращение потерь среди персонала, пациентов и посетителей, минимизацию возможного материального ущерба, а также ликвидацию последствий возможных террористических угроз на объектах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Общие принципы антитеррористической защиты объектов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заблаговременность (превентивность) проводимых мероприятий – планирование на объектах действий по подготовке работников объекта здравоохранения и сотрудников охраны к действиям по предотвращению и реагированию на угрозы террористического характера, оказания помощи пациентам и посетителям объектов, а также восстановления работы объекта после завершения ситуации, вызванной угрозой террористического характера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) дифференцированный подход – совокупность мероприятий, направленных на учет особенностей функционирования объектов здравоохранения (оказание медицинских услуг (помощи), исполнение управленческих функций, ведение образовательной и научной деятельности, осуществление исследований), хранения и использования на них соответствующих материалов и веществ (потенциально опасных химических и биологических веществ, источников ионизирующего и радиологического излучения), дислокации объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) адекватность – сопоставимость разрабатываемых и применяемых на объекте здравоохранения антитеррористических мероприятий характеру и специфике вероятных террористических угроз условиям (направлению) деятельности организаций в области здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) комплексность – совокупность мер, основанных на вышеперечисленных принципах и направленных на создание условий и реализацию мероприятий, позволяющих обеспечить антитеррористическую защищенность объектов, задействовав все заинтересованные стороны, включая территориальные подразделения органов внутренних дел и национальной безопасности, в том числе антитеррористические комиссии, оперативные штабы по борьбе с терроризмом, работников службы охраны объектов здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Антитеррористическая защищенность объектов обеспечивается созданием условий, направленных на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) воспрепятствование неправомерному проникновению на объекты, которое достигается принятием мер по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       установлению пропускного режима на объектах и его неукоснительного соблюдения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       укреплению объекта в инженерно-техническом отношении средствами, позволяющими выявить неправомерное проникновение на объект;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обнаружение признаков подготовки и (или) совершения актов терроризма, которое достигается принятием мер по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контролю за обстановкой на объектах и близлежащей территории на предмет выявления подозрительных лиц и предметов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       охране мест хранения и использования источников ионизирующих излучения, взрывчатых, отравляющих веществ, токсичных химикатов, патогенных биологических агентов, опасных предметов и веществ, и организации контроля за направлениями, ведущими к таким местам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       постоянным анализом и оценкой морально-психологического климата коллективов объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улучшением материально-технической базы в плане инженерно-технического оснащения объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пресечение попыток совершения актов терроризма на объектах, которое достигается принятием мер по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       моделированию возможных для объекта угроз террористического характера и разработкой соответствующих алгоритмов реагирования на них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       определению потенциально опасных участков объекта (критических зон, мест возможного массового пребывания людей на объекте);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществлению охраны объектов силами подготовленных работников объекта или заключением договора с субъектами охранной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организацией постоянного контроля за установленным порядком доступа на объекты посетителей и транспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       формированию у коллектива антитеррористического сознания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контролю всех мероприятий, которыми обеспечивается антитеррористическая безопасность объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) минимизация и ликвидация последствий возможных террористических угроз на объектах, которые достигаются принятием мер по:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разработке алгоритмов реагирования на возможные угрозы террористического характера, адекватным особенностям объектов здравоохранения и обеспечение необходимыми для реализации алгоритмов силами и средствами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соответствующей подготовке сотрудников охраны, работников в отношении их действий при совершении акта терроризма и после него;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организации своевременного оповещения работников органов внутренних дел и национальной безопасности, в случае совершения акта терроризма на объекте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       своевременному составлению и поддержанию в актуальном состоянии паспорта антитеррористической защищенности объекта, его надлежащим хранением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Антитеррористическую защищенность объектов здравоохранения организуют их первые руководители.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Приказом руководителя определяется лицо, обеспечивающее проведение мероприятий по антитеррористической защищенности объекта и лицо, его замещающее, либо структурное подразделение. Выбор и назначение ответственного работника за обеспечение проведения мероприятий по антитеррористической защищенности объекта производится с учетом компетенции и должностных обязанностей последнего, соответствующих специфике антитеррористической деятельности. Руководителем объекта издается соответствующий акт, а новая функция добавляется в список служебных обязанностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Собственники, владельцы, руководители или должностные лица объектов, при размещении в арендуемом здании (помещении) обеспечивают в договоре аренды определение сторон, разрабатывающих паспорт антитеррористической защищенности объекта, осуществляющего охрану объекта, оснащение объекта современными инженерно-техническими средствами, контроль за их бесперебойным функционированием, организацию пропускного режима и финансирование данных мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Перечень документов в области антитеррористической защиты для объектов здравоохранения приведен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Требования к организации пропускного режима</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Пропускной режим на объектах здравоохранения осуществляется согласно порядку организации пропускного и внутриобъектового режимов, которые разрабатывается ответственными лицами организации здравоохранения и утверждается еҰ руководителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z545" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13-1. Собственники, владельцы, руководители объектов, согласно пункту 71, отнесенные к 2, 3 и 4 группам для обеспечения более высокого уровня антитеррористической защищенности объектов заключают договор об оказании охранных услуг c частными охранными организациями, соответствующими </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 30 декабря 2014 года № 959 "Об утверждении квалификационных требований и перечня документов, подтверждающих соответствие им, для осуществления охранной деятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10371).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 13-1 в соответствии с приказом Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Пропускной режим предназначен для того, чтобы исключить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проникновение на объект или его части (зоны) посторонних лиц с противоправными намерениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) внос (ввоз) и вынос (вывоз) с территории объекта здравоохранения предметов и веществ легковоспламеняющихся, отравляющих веществ, огнестрельного оружия и предметов, использование которых представляет опасность для объекта и находящихся лиц. Перечень предметов и веществ, запрещенных к проносу на объекты здравоохранения определен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Пропускной режим предусматривает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организацию пункта и (или) поста охраны и (или) пропуска с функцией контроля на входах (выходах) на объекты здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) порядок пропуска на объект и (или) его части (зоны) работников и посетителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) зонирование объекта (на объекте устанавливается не менее двух основных зон: первая зона – здания, территории, помещения, доступ в которые работникам, посетителям не ограничен; вторая зона – здания и (или) помещения доступ в которые разрешен работникам, посетителям объекта согласно установленному порядку пропуска);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) определение перечня лиц актом первого руководителя объекта здравоохранения, имеющих право беспрепятственного допуска на объект;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) определение перечня лиц актом первого руководителя объекта здравоохранения, допускаемых в зоны ограниченного доступа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z90" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) введение и (или) организация пропускной системы, способной обеспечить контроль управления допуском работников и посетителей на объект и его зоны согласно установленному порядку;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z91" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) определение перечня предметов и веществ, запрещенных к проносу (провозу), вносу (вывозу) на (с) объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z92" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) охрану критических зон объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z93" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) контроль за местами возможного массового пребывания на объекте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z94" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В случае заключения договора об оказании охранных услуг с субъектом охранной деятельности собственник, владелец, руководитель объекта здравоохранения указывает в договоре охранных услуг мероприятия, реализуемые субъектом охранной деятельности по обеспечению антитеррористической защищенности и должного уровня безопасности, к которым относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z95" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организация допуска работников, посетителей на объект здравоохранения или его части (зоны);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z96" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) организация пропуска транспортных средств на объект здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z97" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выявления на территории объекта здравоохранения лиц с противоправными намерениями, а также предметов и веществ, которые используется для их реализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z98" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) охрана объекта, защита критических зон, в том числе исключения бесконтрольного пребывания на них посторонних лиц;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z99" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) контроль за местами возможного массового пребывания людей на объекте;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z100" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) организация учебных мероприятий с сотрудниками охраны по исполнению мероприятий первичного реагирования, направленных на минимизацию и ликвидацию угроз техногенного характера, возникших в результате совершенного акта терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z101" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) надлежащее использование технических средств защиты, установленных на объекте здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z102" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель организации определяет порядок пропускного режима, ответственных лиц за его организацию и контроль. В случае отсутствия договора об оказании охранных услуг с субъектом охранной деятельности предусматривается назначение лиц, ответственных за непосредственное выполнение пропускного режима.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В целях исключения выноса/проноса на объекты здравоохранения взрывчатых, легковоспламеняющихся, отравляющих веществ, огнестрельного оружия и предметов, использование которых предоставляет опасность, работники, обучающиеся, пациенты и посетители объектов здравоохранения, подвергаются контролю на наличие у них указанных веществ и предметов посредством предъявления требования на визуальный осмотр предметов, предназначенных для переноса вещей и (или) прохождения через стационарный металлодетектор, обследованию ручным металлодетектором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z104" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выявлении визуальным осмотром и (или) в результате реагирования металлодетектора запрещенных предметов и веществ, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Инструкции, информируются территориальные органы внутренних дел и национальной безопасности Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z105" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. На основании порядка организации пропускного и внутриобъектового режимов на каждом объекте здравоохранения, с учетом присущих ему особенностей, руководитель организации или начальник охраны разрабатывает вариативную часть должностной инструкции сотрудника охраны, которая в обязательном порядке предусматривает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z106" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проверку соответствующих документов и характер ввозимых (вывозимых) грузов при пропуске на территорию (с территории) объекта автотранспортных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z107" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проверку документов и цели прибытия лиц из организаций, посещающих объект по служебным делам, делать соответствующие записи в книге посетителей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z108" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) регулярный обход (согласно графику обхода) территории на предмет поверки внутренних помещений, осмотра периметра объекта и обследование ограждений на предмет их повреждений, выявления посторонних, взрывоопасных и подозрительных предметов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z109" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) немедленный доклад руководителю объекта здравоохранения и своим непосредственным руководителем субъекта охранной деятельности о всех обнаруженных нарушениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z110" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) действия сотрудников охраны исходя из оснащенности конкретного объекта при выявлении лиц, пытающихся в нарушение установленных правил проникнуть на территорию объекта и (или) совершить противоправные действия в отношении работников, при обнаружении неизвестного автотранспорта, длительное время припаркованного в непосредственной близости у периметра организации здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z111" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Должностная инструкция носит обезличенный характер и разрабатывается на каждом объекте здравоохранения с учетом его особенностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z112" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Уведомления об основных правилах пропускного режима, ограничивающего права граждан, разъясняющих правомерность требований сотрудников охраны размещается администрацией объекта в местах, доступных для обозрения, при входе на объект.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z113" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Требования к организации профилактических и учебных мероприятий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z114" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Целью профилактических мероприятий является создание на объекте здравоохранения условий, способствующих минимизации совершения на нем акта терроризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z115" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Целью учебных мероприятий является ознакомление сотрудников объектов здравоохранения с основными правилами антитеррористической безопасности, выработки навыков грамотного и рационального поведения при угрозе совершения акта терроризма и после его совершения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z116" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Профилактические и учебные мероприятий проводятся в виде инструктажей, занятий (практические и теоретические) с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z117" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) работниками объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z118" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сотрудниками охраны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z119" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Планирование профилактических и учебных мероприятий с работниками и сотрудниками охраны из числа персонала объекта осуществляется лицом, обеспечивающим проведение мероприятий по антитеррористической защищенности объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z120" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. К проведению данных мероприятий привлекаются представители заинтересованных уполномоченных и местных исполнительных органов по согласованию с антитеррористической комиссией административно-территориальной единицы по месту расположения объекта, а также подготовленные работники объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z121" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Варианты тематик профилактических и учебных мероприятий по вопросам антитеррористической безопасности приводятся в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z122" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Планирование профилактических и учебных мероприятий с сотрудниками охраны из числа работников субъекта охранной деятельности, заключивших договор об оказании охранных услуг, организуется руководителем субъекта охранной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z123" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. С сотрудниками охраны проводятся дополнительные занятия по приобретению и (или) совершенствованию навыков использованию инженерно-технических средств антитеррористической защиты, технике осмотра помещений, выявлению возможных мест закладки взрывных устройств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z124" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Занятия (практические и теоретические) проводятся в соответствии с графиками проведения, утвержденными собственником, владельцем, руководителем объекта здравоохранения или руководителем субъекта охранной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Лицо, ответственное за проведение мероприятий по антитеррористической защищенности составляет графики мероприятий для отдельных групп работников с учетом их деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Теоретические занятия направлены на профилактику распространения идеологии терроризма среди работников, сотрудников охраны объектов здравоохранения, формированию неприятия идеологии терроризма в различных ее проявлениях, культуры безопасности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z127" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Практические занятия направлены на обеспечение максимальной слаженности и четкости действий работников, сотрудников охраны объектов здравоохранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Практические занятия по действиям при возникновении угрозы совершения акта терроризма в помещениях и на территории объекта с охватом всего коллектива объекта проводится не менее одного раз в год при координации антитеррористической комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Проведению практических занятий с охватом всего коллектива объекта предшествует проведение теоретических занятий, плановых инструктажей с отдельными группами работников, сотрудников охраны, направленных на формирование у них знаний алгоритмов действий различного круга лиц объектов на возможные угрозы террористического характера, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Проведение инструктажа предназначено для ознакомления сотрудников с основными правилами антитеррористической безопасности, выработки навыков грамотного и рационального поведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Плановый инструктаж проводится не реже двух раз в год для каждой из групп коллектива объекта (работников, сотрудников охраны).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Внеплановый инструктаж проводится при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) введении в регионе, где находится объект, одного из уровня террористической опасности, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Президента Республики Казахстан от 9 августа 2013 года № 611 "Об утверждении Правил организации и функционирования государственной системы мониторинга информации и оповещения населения о возникновении угрозы акта терроризма" (далее – Правила оповещения): умеренный ("желтый"), высокий ("оранжевый"), критический ("красный") при координации лица, обеспечивающего проведение мероприятий по антитеррористической защищенности объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличии информации о возможной угрозе совершения акта терроризма на объекте при координации лица, обеспечивающего проведение мероприятий по антитеррористической защищенности объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) подготовке к антитеррористическим учениям, тренировкам, оценке объекта здравоохранения при координации оперативного штаба по борьбе с терроризмом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подготовке к проведению охранных мероприятий при координации Службы государственной охраны Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Содержание внепланового инструктажа определяется в каждом конкретном случае в зависимости от причин и обстоятельств, вызвавших необходимость его проведения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z138" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Допустимо ведение инструктажа для группы сотрудников, работающих в организации или индивидуально (для лиц, поступивших на работу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z139" w:id="133"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z139" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Для проведения профилактических и учебных мероприятий используется вмещающее всех или определенную группу работников помещение, в котором выделяют места для размещения специальной наглядной информации (стендов, плакатов), проектора для демонстрации тематических слайдов, использование аудиотехники или видеотехники.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z140" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. После завершения мероприятия его результаты заносятся в журнал учета учебных мероприятий по антитеррористической подготовке (далее – журнал) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z141" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Журнал прошнуровывается и скрепляется печатью, а также подписью первого руководителя. Заполнение журнала производится с соблюдением строгой последовательности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z142" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. За ведение журнала и проведение мероприятий по антитеррористической защищенности объекта первым руководителем объекта здравоохранения определяется ответственное лицо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z143" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z143" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. При проведении инструктажа или занятии документирование указанного мероприятия осуществляется в виде протокола.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z144" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Требования к организации взаимодействия по вопросам реагирования на террористические проявления, а также ликвидации угроз техногенного характера, возникших в результате совершенного акта терроризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z145" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Взаимодействие организуется в целях профилактики и предупреждения актов терроризма, обучения и подготовки работников, сотрудников охраны объекта к действиям в случае угрозы или совершения акта терроризма на объекте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z146" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z146" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Взаимодействие с антитеррористической комиссией устанавливается на этапе планирования профилактических и учебных мероприятий путем уточнения наиболее вероятных для объекта угроз террористического характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z147" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Исходя из наиболее вероятных угроз террористического характера на объекте, особенностей объекта (тип объекта, реализуемые программы обучения, количество работников и сотрудников охраны, расположение объекта), на объекте уточняются алгоритмы действия различного круга лиц объекта на возможные угрозы террористического характера, приведенные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z148" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Данные алгоритмы, отрабатываются в ходе практических занятий, проводимых с участием уполномоченных государственных органов, а также подготовки и проведения разноуровневых антитеррористических учений, тренировок, оценки антитеррористической защиты объекта (эксперимент), проводимых согласно планам оперативных штабов по борьбе с терроризмом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z149" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. В случае задействования объекта оперативным штабом по борьбе с терроризмом в проведении антитеррористических учений, тренировок, проведения оценки объекта здравоохранения к воспрепятствованию совершения акта терроризма и минимизации (ликвидации) его последствий руководитель объекта, а также руководитель субъекта охранной деятельности, заключивший договор об оказании охранных услуг объекту оказывают содействие, обеспечивают привлечение и участие необходимых групп работников, сотрудников охраны к проведению указанных мероприятий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z150" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. По итогам проведения антитеррористических учений, тренировок, оценки антитеррористической защиты объекта (эксперимент) в соответствующие планы, графики и алгоритмы вноситься коррективы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z151" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Одной из задач взаимодействия по вопросам реагирования на террористические проявления, является своевременное информирование территориальных органов внутренних дел и национальной безопасности Республики Казахстан о фактах и признаках подготовки актов терроризма и реализация мер направленных на их недопущение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z152" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Руководители объектов, руководители субъектов охранной деятельности, заключивших договор об оказании охранных услуг объекту, в рамках обеспечения готовности к реагированию на угрозу совершения или совершение акта (актов) терроризма разрабатывают алгоритмы первичного реагирования:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z153" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по незамедлительному информированию территориальных органов внутренних дел и национальной безопасности Республики Казахстан об угрозе совершения или совершении акта (актов) терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z154" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при получении информации с органов национальной безопасности и внутренних дел об угрозе совершения или совершении акта (актов) терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z155" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) своевременного информирования территориальных органов внутренних дел о ставших известных фактах хищения, незаконного приобретения работниками, сотрудниками охраны оружия, деталей для изготовления самодельных взрывных устройств, а также о местах их хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z156" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Руководители, работники объектов здравоохранения, сотрудники охраны при совершении акта терроризма или об угрозе его совершения информируют территориальные органы национальной безопасности, подразделения органов внутренних дел и заинтересованных лиц согласно алгоритмам действий различного круга лиц объектов на возможные угрозы террористического характера, представленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Инструкции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z157" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При представлении информации указываются полученные сведения о совершении акта терроризма или об угрозе его совершения, наименование и адрес объекта, время происшествия, наличие пострадавших, их местонахождение и состояние, фамилия, имя и отчество (при его наличии) лица, передающего сообщение, и занимаемая им должность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z158" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отсутствие полных данных не освобождает ответственных лиц от немедленного доклада.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z159" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. В соответствии с установленным уровнем террористической опасности собственниками, владельцами, руководителями или должностными лицами объектов здравоохранения, уязвимых в террористическом отношении, в соответствии с Правилами оповещения применяются следующие меры безопасности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z160" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при умеренном ("желтом") уровне террористической опасности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z161" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       усиление пропускного режима на объекте здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z162" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       усиление режимных мер в ходе проведения досмотровых мероприятий посетителей, персонала и транспортных средств с использованием специальных технических средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z163" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инструктаж субъектов охранной деятельности, заключивших договор об оказании охранных услуг, персонала, служащих и работников объектов, осуществляющих функции по локализации кризисных ситуаций, с привлечением в зависимости от полученной информации специалистов в соответствующей сфере;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z164" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информирование персонала о возможной угрозе совершения акта терроризма и соответствующих действиях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z165" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оценка возможностей объекта по оказанию медицинской помощи в неотложной или экстренной форме, а также по организации медицинской эвакуации лиц, которым в результате акта терроризма причиняется физический вред;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z166" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при высоком ("оранжевом") уровне террористической опасности (наряду с мерами, принимаемыми при установлении "желтого" уровня террористической опасности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z167" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверка готовности персонала и подразделений объекта, осуществляющих функции по локализации кризисных ситуаций, и отработка их возможных действий по пресечению акта терроризма и спасению людей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z168" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       усиление охраны объектов субъектом охранной деятельности, заключивших договор об оказании охранных услуг, персонала, служащих и работников объектов, осуществляющих функции по локализации кризисных ситуаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z169" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       усиление контроля за передвижением транспортных средств по территории объекта, проведение досмотра транспортных средств с применением технических средств обнаружения оружия и взрывчатых веществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z170" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приведение в состояние режима повышенной готовности объекта к приему лиц, которым в результате акта терроризма причиняется физический и моральный ущерб;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z171" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при установлении критического ("красного") уровня террористической опасности (наряду с мерами, применяемыми при введении "желтого" и "оранжевого" уровней террористической опасности):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z172" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принятие неотложных мер по спасанию людей, содействие бесперебойной работе спасательных служб и формирований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z173" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       перевод объекта в чрезвычайный режим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z174" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Требования к разработке и обращению паспорта антитеррористической защищенности объекта, уязвимого в террористическом отношении</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z175" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Паспорт предназначен для использования заинтересованными органами, осуществляющими противодействие терроризму, при планировании ими мероприятий по предупреждению, пресечению, минимизации и (или) ликвидации последствий актов терроризма на объекте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z176" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Паспорт является документом, содержащим информацию с ограниченным доступом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z177" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На объектах здравоохранения руководители объектов принимают меры по ограничению доступа к паспорту лицам, не задействованным в его разработке, обеспечении антитеррористической защищенности объекта, контроле состояния антитеррористической защищенности объектов, в деятельности оперативного штаба по борьбе с терроризмом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z178" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Руководителем объекта назначается лицо (лица), ответственное (ответственные) за разработку паспорта, его хранение и своевременное обновление данных паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z179" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Паспорт разрабатывается согласно типовому паспорту антитеррористической защищенности объектов, уязвимых в террористическом отношении, утвержденному совместным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 14 июня 2023 года № 481 и Председателя Комитета национальной безопасности Республики Казахстан от 26 июня 2023 года № 51/қе (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32950) в двух экземплярах с одновременной разработкой электронного варианта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4360,788 +4564,788 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:bookmarkStart w:name="z180" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. В случаях, когда объект располагается в здании, сооружении (комплексе зданий и сооружений), имеющим несколько правообладателей, составление паспорта осуществляется по письменному соглашению между ними: совместно всеми правообладателями объектов или одним из них.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z181" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Проект паспорта составляется в течение сорока пяти рабочих дней с момента получения руководителем объекта соответствующего уведомления о включении объекта в перечень объектов, уязвимых в террористическом отношении, области, города республиканского значения, столицы (далее – территориальный перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z182" w:id="176"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z182" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. В случае невозможности разработать паспорт в сроки, указанные в пункте 61 (с учетом сложности объекта) руководитель объекта направляет в аппарат (отдел) антитеррористической комиссии обоснованное обращение о продлении сроков составления паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z183" w:id="177"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z183" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Разработанный проект паспорта согласовывается с руководителями территориального органа внутренних дел по месту нахождения объекта в течении десяти календарных дней после составления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z184" w:id="178"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z184" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок согласования проекта Паспорта не превышает пятнадцати рабочих дней со дня поступления Паспорта должностному лицу, указанному в типовом паспорте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z185" w:id="179"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z185" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии замечаний от согласующего лица к проекту паспорта, срок доработки не превышает более пятнадцати рабочих дней со дня возврата, а при повторном возврате – семь рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z186" w:id="180"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z186" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. В течение десяти рабочих дней после согласования Паспорт утверждается (в том числе при его обновлении) руководителем объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z187" w:id="181"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z187" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При совместном составлении паспорта подлежит утверждению всеми правообладателями объектов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z188" w:id="182"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z188" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При составлении одним правообладателем паспорт утверждается им по согласованию с другими правообладателями объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z189" w:id="183"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z189" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. После разработки и утверждения первый экземпляр паспорта (оригинал) подлежит хранению у лица, ответственного за его хранение и своевременное обновление данных паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z190" w:id="184"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z190" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. В целях обеспечения своевременной выдачи паспорта органам, задействованным в ликвидации и минимизации последствий актов терроризма, на паспорт составляется опись в двух экземплярах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z191" w:id="185"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z191" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Один экземпляр описи вместе с паспортом передается в оперативный штаб, осуществляющему руководство антитеррористической операцией. Второй экземпляр описи остается у лица, ответственного за хранение паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z192" w:id="186"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z192" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Второй экземпляр паспорта и электронный вариант паспорта (в формате PDF на электронном носителе информации) в срок не позднее десяти календарных со дня его утверждения или корректировки направляются в территориальные подразделения органов внутренних дел Республики Казахстан для хранения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z193" w:id="187"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z193" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Паспорт подлежит корректировке в случае изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z194" w:id="188"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z194" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) прав собственности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z195" w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z195" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) руководителя объекта здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z196" w:id="190"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z196" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наименования объекта здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z197" w:id="191"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z197" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) основного предназначения объекта здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z198" w:id="192"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z198" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) общей площади и периметра объекта, застройки прилегающей территории или после завершения капитального ремонта, реконструкции зданий (строений и сооружений) и инженерных систем, если были произведены изменения в конструкции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z199" w:id="193"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z199" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) потенциально опасных участков объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z200" w:id="194"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z200" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) технических средств, привлекаемых для обеспечения антитеррористической защищенности объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z201" w:id="195"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z201" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Изменения вносятся в течение двадцати календарных дней после возникновения оснований для корректировки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z202" w:id="196"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z202" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае увеличения сроков разработки паспорта, внесения коррективов в него руководитель объекта здравоохранения обращается в антитеррористическую комиссию с соответствующим обращением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z203" w:id="197"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z203" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В паспорте сотрудником, ответственным за хранение, делаются отметки о внесенных изменениях и дополнениях с указанием причин и дат изменения, заверенных подписью руководителя объекта или лица, уполномоченного подписывать паспорт. Замене подлежат паспорта, где внесены изменения и дополнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z204" w:id="198"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z204" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Одновременно информация о соответствующих изменениях за подписью руководителя объекта направляется в органы внутренних дел Республики Казахстан для приобщения ко второму экземпляру паспорта с одновременной заменой электронного варианта паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z205" w:id="199"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z205" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Паспорт подлежит полной замене:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z206" w:id="200"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z206" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не реже одного раза в пять лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z207" w:id="201"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z207" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае внесения корректив в более чем половину пунктов текста паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z208" w:id="202"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z208" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Паспорт подлежит уничтожению в комиссионном порядке с составлением соответствующего акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z209" w:id="203"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z209" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт остается в организации, являющейся правообладателем объекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z210" w:id="204"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z210" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Копия акта направляется по месту хранения второго экземпляра паспорта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z211" w:id="205"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z211" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Требования к оснащению объектов здравоохранения инженерно-техническим оборудованием</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z212" w:id="206"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z212" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. С учетом возможных последствий совершения акта терроризма и определения дифференцированных требований к инженерно-техническому оборудованию устанавливаются следующие группы объектов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z213" w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z213" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объекты здравоохранения первой группы – административные здания и объекты уполномоченного органа в области здравоохранения и его комитетов, административные здания и объекты их территориальных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z214" w:id="208"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z214" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объекты здравоохранения второй группы – объекты с государственными материальными резервами (склады по хранению медицинских препаратов и медицинских изделий);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z215" w:id="209"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z215" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объекты здравоохранения третьей группы – объекты, задействованные в разработке, производстве, испытании, исследовании и хранении потенциально опасных химических и биологических (бактериологических, ядовитых) веществ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z216" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) объекты здравоохранения четвертой группы – организации образования в области здравоохранения, с фактическим количеством обучающихся и персонала от 100 (ста) и более человек, организации здравоохранения, рассчитанные от 200 (двухсот) и более посещений в смену, организации, оказывающие стационарную помощь, рассчитанные от 200 (двухсот) коек и более (ведомственные объекты здравоохранения, если они не попадают под другие критерии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5177,2067 +5381,2149 @@
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 71 с изменением, внесенным приказом Министра здравоохранения РК от 14.10.2024 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 71 с изменениями, внесенными приказами Министра здравоохранения РК от 14.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z218" w:id="211"/>
+    <w:bookmarkStart w:name="z218" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Все объекты здравоохранения независимо от распределения по группам, указанным в пункте 71 настоящей Инструкции оснащаются системами охранными телевизионными и системами оповещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z219" w:id="212"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z219" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73. Оснащение объектов здравоохранения, подлежащих государственной охране, независимо от распределения по группам, указанным в пункте 71 настоящей инструкции, обеспечивается в соответствии с требованиями по инженерно-технической укрепленности объектов, подлежащих государственной охране, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 7 октября 2011 года № 1151 "Некоторые вопросы объектов, подлежащих государственной охране".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z220" w:id="213"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z220" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Для оснащения объектов первой группы, дополнительно к мероприятиям, предусмотренным пунктом 72 настоящей Инструкции, используются следующие инженерно-технические средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z221" w:id="214"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z221" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по оборудованию периметра объекта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z222" w:id="215"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z222" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контрольно-пропускные пункты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z223" w:id="216"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z223" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       укрепленность зданий и сооружений (укрепленность стен зданий, сооружений объекта, его оконных проемов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z225" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z224" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      системы контроля и управления доступом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z225" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       противотаранные устройства (при наличии по периметру участков с повышенной опасностью);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z226" w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z226" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по контролю за обстановкой на объекте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z227" w:id="220"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z227" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z228" w:id="221"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z228" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранной и тревожной сигнализации (в том числе мобильные либо стационарные средства подачи тревоги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z229" w:id="222"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z229" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технические средства досмотра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z230" w:id="223"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z230" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивающие работу системы безопасности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z231" w:id="224"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z231" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы и средства резервного, бесперебойного электроснабжения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z232" w:id="225"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 74 с изменением, внесенным приказом Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Для оснащения объектов второй группы, дополнительно к мероприятиям, предусмотренным пунктом 72 настоящей Инструкции, используются следующие инженерно-технические средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z233" w:id="226"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z233" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по оборудованию периметра объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z234" w:id="227"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z234" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ограждение периметра (физический барьер) согласно Свода Правил Республики Казахстан 3.02-142-2014 (Государственные нормативы в области архитектуры, градостроительства и строительства, проектирование ограждений площадок и участков предприятий, зданий и сооружений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z235" w:id="228"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z235" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контрольно-пропускные пункты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z236" w:id="229"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z236" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       укрепленность зданий и сооружений (укрепленность стен зданий, сооружений объекта, его оконных проемов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z238" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z237" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      системы контроля и управления доступом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z238" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       противотаранные устройства (при наличии по периметру участков с повышенной опасностью);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z239" w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z239" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранного освещения и система охранной сигнализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z240" w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z240" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по контролю за обстановкой на объекте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z241" w:id="234"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z241" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z242" w:id="235"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z242" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранной и тревожной сигнализации (в том числе мобильные либо стационарные средства подачи тревоги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z243" w:id="236"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z243" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технические средства досмотра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z244" w:id="237"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z244" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивающие работу системы безопасности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z245" w:id="238"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z245" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы и средства резервного, бесперебойного электроснабжения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z246" w:id="239"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 75 с изменением, внесенным приказом Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z246" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Для оснащения объектов третьей группы, дополнительно к мероприятиям, предусмотренным пунктом 72 настоящей Инструкции, используются следующие инженерно-технические средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z247" w:id="240"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z247" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по оборудованию периметра объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z248" w:id="241"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z248" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ограждение периметра (физический барьер) согласно Свода Правил Республики Казахстан 3.02-142-2014 (Государственные нормативы в области архитектуры, градостроительства и строительства, проектирование ограждений площадок и участков предприятий, зданий и сооружений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z249" w:id="242"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z249" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ограждение зон и отдельных участков объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z250" w:id="243"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z250" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       контрольно-пропускные пункты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z251" w:id="244"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z251" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       укрепленность зданий и сооружений (укрепленность стен зданий, сооружений объекта, его оконных проемов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z253" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z252" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      системы контроля и управления доступом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z253" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       противотаранные устройства (при наличии по периметру участков с повышенной опасностью);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z254" w:id="247"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z254" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранного освещения и система охранной сигнализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z255" w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z255" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по контролю за обстановкой на объекте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z256" w:id="249"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z256" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z257" w:id="250"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z257" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранной и тревожной сигнализации (в том числе мобильные либо стационарные средства подачи тревоги);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z258" w:id="251"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z258" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технические средства досмотра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z259" w:id="252"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z259" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивающие работу системы безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z260" w:id="253"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z260" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы и средства резервного, бесперебойного электроснабжения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z261" w:id="254"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 76 с изменением, внесенным приказом Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Для оснащения объектов четвертой группы, дополнительно к мероприятиям, предусмотренным пунктом 72 настоящей Инструкции, используются следующие инженерно-технические средства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z262" w:id="255"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z262" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по оборудованию периметра объекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z263" w:id="256"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z263" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ограждение периметра (физический барьер) согласно Свода Правил Республики Казахстан 3.02-142-2014 (Государственные нормативы в области архитектуры, градостроительства и строительства, проектирование ограждений площадок и участков предприятий, зданий и сооружений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z265" w:id="258"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z264" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      системы контроля и управления доступом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z265" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранного освещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z266" w:id="259"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z266" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) по контролю за обстановкой на объекте:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z267" w:id="260"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z267" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы охранной и тревожной сигнализации (в том числе мобильные либо стационарные средства подачи тревоги).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z270" w:id="263"/>
-[...15 lines deleted...]
-      ограждение периметра (физический барьер) согласно Свода Правил Республики Казахстан 3.02-142-2014 (Государственные нормативы в области архитектуры, градостроительства и строительства, проектирование ограждений площадок и участков предприятий, зданий и сооружений);</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 77 с изменением, внесенным приказом Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">78. Исключен приказом Министра здравоохранения РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z280" w:id="263"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Система видеонаблюдения устанавливается в целях ведения наблюдения за обстановкой на объекте, а также визуального подтверждения факта несанкционированного проникновения для оценки ситуации и фиксирования действий нарушителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z271" w:id="264"/>
-[...15 lines deleted...]
-      контрольно-пропускные пункты;</w:t>
+    <w:bookmarkStart w:name="z281" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Для отдельно стоящих зданий (комплекс зданий), системой видеонаблюдения оборудуются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z272" w:id="265"/>
-[...15 lines deleted...]
-      системы контроля и укрепления доступом, ограничения доступа;</w:t>
+    <w:bookmarkStart w:name="z282" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) периметр территории, прилегающий к объекту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z273" w:id="266"/>
-[...15 lines deleted...]
-      системы охранного освещения;</w:t>
+    <w:bookmarkStart w:name="z283" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) контрольно-пропускные пункты (при наличии);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z274" w:id="267"/>
-[...15 lines deleted...]
-      2) по контролю за обстановкой на объекте:</w:t>
+    <w:bookmarkStart w:name="z284" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) главный и запасные входы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z275" w:id="268"/>
-[...15 lines deleted...]
-      системы связи;</w:t>
+    <w:bookmarkStart w:name="z285" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) места возможного массового пребывания людей на объекте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z276" w:id="269"/>
-[...15 lines deleted...]
-      системы охранной и тревожной сигнализации (в том числе мобильные либо стационарные средства подачи тревоги);</w:t>
+    <w:bookmarkStart w:name="z286" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) помещения по усмотрению руководителя (собственника) организации здравоохранения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z277" w:id="270"/>
-[...15 lines deleted...]
-      технические средства досмотра;</w:t>
+    <w:bookmarkStart w:name="z287" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для встроенно-пристроенных зданий, системой видеонаблюдения охватывается:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z278" w:id="271"/>
-[...15 lines deleted...]
-      3) обеспечивающие работу системы безопасности</w:t>
+    <w:bookmarkStart w:name="z288" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) места возможного массового пребывания людей на объекте;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z279" w:id="272"/>
-[...15 lines deleted...]
-      системы и средства резервного, бесперебойного электроснабжения.</w:t>
+    <w:bookmarkStart w:name="z289" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) главный и запасные входы (при наличии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z280" w:id="273"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z290" w:id="283"/>
+    <w:bookmarkStart w:name="z290" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Технические требования к системам видеонаблюдения объекта, должны соответствовать минимальным техническим условиям систем видеонаблюдения, предусмотренным Правилами функционирования Национальной системы видеомониторинга, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Комитета национальной безопасности Республики Казахстан от 27 октября 2020 года № 69-қе "Об утверждении Правил функционирования Национальной системы видеомониторинга" (далее – Правила функционирования Национальной системы видеомониторинга) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21693).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z291" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Система видеонаблюдения обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z292" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) передачу визуальной информации с камер видеонаблюдения на техническое средство или совокупность технических средств сбора. Обработки, отображения и регистрации полученной информации, установленные на посте сотрудника охраны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z293" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) работу в автоматизированном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z294" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) возможность оценки ситуации на объекте в режиме реального времени;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z295" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) срок хранения информации не менее 30 суток;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z296" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) подключение к Национальной системе видеомониторинга в порядке и на условиях, определенных Правилами функционирования Национальной системы видеомониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z297" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Видеокамеры охватывают весь периметр территории, в обзор камер наблюдения попадают все входы-выходы объекта и территории. Изображение камер должны быть четко распознаваемым, то есть без искажения давать картинку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z298" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Пульт централизованного наблюдения размещается в служебных помещениях подразделений охраны или специально оборудованных для этих целей помещениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z299" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Объекты оснащаются системами и средствами оповещения в целях оперативного информирования работников и посетителей объекта о возникновении внештатной ситуации (об угрозе совершения или совершении акта терроризма и возникших последствиях) и координации их действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z300" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Оповещение работников, посетителей объекта осуществляется по внутренним линиям связи, с помощью технических и подвижных средств связи (сигнализация) в соответствии с заранее разработанным планом, которые должны обеспечивать:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z291" w:id="284"/>
-[...15 lines deleted...]
-      82. Система видеонаблюдения обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z301" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подачу звуковых (световых сигналов) в здания, помещения, на участки территории объекта с постоянным или временным пребыванием людей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z292" w:id="285"/>
-[...15 lines deleted...]
-      1) передачу визуальной информации с камер видеонаблюдения на техническое средство или совокупность технических средств сбора. Обработки, отображения и регистрации полученной информации, установленные на посте сотрудника охраны;</w:t>
+    <w:bookmarkStart w:name="z302" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) трансляцию речевой информации как в автоматическом режиме (чтение ранее записанного текста), так и при помощи микрофона о характере опасности, необходимости и порядке осуществления эвакуации или блокировании в помещениях объектах, других действиях, направленных на обеспечение безопасности персонала, обучающихся и посетителей объекта. Система оповещения об эвакуации и блокировании помещений отличаются сигналами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z293" w:id="286"/>
-[...15 lines deleted...]
-      2) работу в автоматизированном режиме;</w:t>
+    <w:bookmarkStart w:name="z303" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      87. Количество оповещателей и их мощность должны обеспечивать необходимую слышимость во всех местах постоянного или временного пребывания людей, в случае проведения эвакуации действовать в течение расчетного времени, необходимого для ее проведения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z294" w:id="287"/>
-[...15 lines deleted...]
-      3) возможность оценки ситуации на объекте в режиме реального времени;</w:t>
+    <w:bookmarkStart w:name="z304" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Средство подачи тревоги (мобильное либо стационарное) позволяет скрыто подавать сигнал на пульт централизованного наблюдения субъектов охранной деятельности устанавливается в целях своевременного оповещения уполномоченных органов об угрозы совершения акта терроризма на объекте.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z295" w:id="288"/>
-[...15 lines deleted...]
-      4) срок хранения информации не менее 30 суток;</w:t>
+    <w:bookmarkStart w:name="z305" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Средством подачи тревоги в обязательном порядке оснащаются пост сотрудника охраны и входы на объект, предназначенные для массового пропуска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z296" w:id="289"/>
-[...15 lines deleted...]
-      5) подключение к Национальной системе видеомониторинга в порядке и на условиях, определенных Правилами функционирования Национальной системы видеомониторинга.</w:t>
+    <w:bookmarkStart w:name="z306" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Средство подачи тревоги обеспечивает возможность скрыто подавать сигнал в дежурные части территориальных органов полиции либо на пульт централизованного наблюдения субъектов охранной деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z297" w:id="290"/>
-[...15 lines deleted...]
-      83. Видеокамеры охватывают весь периметр территории, в обзор камер наблюдения попадают все входы-выходы объекта и территории. Изображение камер должны быть четко распознаваемым, то есть без искажения давать картинку.</w:t>
+    <w:bookmarkStart w:name="z307" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. В целях предотвращения несанкционированного пропуска на объект его входы оборудуются системами контроля и управления доступом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z298" w:id="291"/>
-[...15 lines deleted...]
-      84. Пульт централизованного наблюдения размещается в служебных помещениях подразделений охраны или специально оборудованных для этих целей помещениях.</w:t>
+    <w:bookmarkStart w:name="z308" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Средства контроля и управления доступом должны обеспечивать допуск на территорию объекта и его части работников, посетителей объекта с учетом зон доступа, определенных порядком организации пропускного и внутриобъектового режима.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z299" w:id="292"/>
-[...15 lines deleted...]
-      85. Объекты оснащаются системами и средствами оповещения в целях оперативного информирования работников и посетителей объекта о возникновении внештатной ситуации (об угрозе совершения или совершении акта терроризма и возникших последствиях) и координации их действий.</w:t>
+    <w:bookmarkStart w:name="z309" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. В целях обнаружения предметов и веществ, запрещенных к несанкционированному вносу на объект посты охраны объекта на всех входах оснащаются техническими средствами досмотра.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z300" w:id="293"/>
-[...15 lines deleted...]
-      86. Оповещение работников, посетителей объекта осуществляется по внутренним линиям связи, с помощью технических и подвижных средств связи (сигнализация) в соответствии с заранее разработанным планом, которые должны обеспечивать:</w:t>
+    <w:bookmarkStart w:name="z310" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. К техническим средствам досмотра относятся стационарные и ручные металлодетекторы, также технические средства, способствующие выявлению запрещенных предметов и веществ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z301" w:id="294"/>
-[...15 lines deleted...]
-      1) подачу звуковых (световых сигналов) в здания, помещения, на участки территории объекта с постоянным или временным пребыванием людей;</w:t>
+    <w:bookmarkStart w:name="z311" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Снижения скорости движения автотранспорта обеспечивается использованием вазонов, элементов архитектуры и ландшафта, боллардов и других средств.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z302" w:id="295"/>
-[...15 lines deleted...]
-      2) трансляцию речевой информации как в автоматическом режиме (чтение ранее записанного текста), так и при помощи микрофона о характере опасности, необходимости и порядке осуществления эвакуации или блокировании в помещениях объектах, других действиях, направленных на обеспечение безопасности персонала, обучающихся и посетителей объекта. Система оповещения об эвакуации и блокировании помещений отличаются сигналами.</w:t>
+    <w:bookmarkStart w:name="z312" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. По решению собственника, владельца на объекте устанавливается дополнительное инженерно-техническое оборудование, способствующее повышению уровня антитеррористической защищенности объекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z303" w:id="296"/>
-[...15 lines deleted...]
-      87. Количество оповещателей и их мощность должны обеспечивать необходимую слышимость во всех местах постоянного или временного пребывания людей, в случае проведения эвакуации действовать в течение расчетного времени, необходимого для ее проведения.</w:t>
+    <w:bookmarkStart w:name="z313" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Инженерно-техническое оборудование объекта поддерживается в рабочем состоянии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z304" w:id="297"/>
-[...15 lines deleted...]
-      88. Средство подачи тревоги (мобильное либо стационарное) позволяет скрыто подавать сигнал на пульт централизованного наблюдения субъектов охранной деятельности устанавливается в целях своевременного оповещения уполномоченных органов об угрозы совершения акта терроризма на объекте.</w:t>
+    <w:bookmarkStart w:name="z314" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. В случае невозможности оснастить объем инженерно-техническим оборудованием в течение шести месяцев после включения его в перечень объектов, уязвимых в террористическом отношении, руководством объекта принимаются меры для планирования средств республиканского и (или) местных бюджетов, внебюджетных источников на оснащение объекта, а в антитеррористическую комиссию на согласование представляется проект плана мероприятий по инженерно-техническому оснащению объекта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z305" w:id="298"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="307"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7368,368 +7654,368 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z316" w:id="308"/>
+    <w:bookmarkStart w:name="z316" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов в области антитеррористической защиты для объектов здравоохранения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z317" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Приказ о назначении ответственных лиц за организацию и проведение мероприятий антитеррористической защиты в организации (с указанием функциональных обязанностей) либо должностная инструкция, в том числе ответственных за проведение инструктажей по антитеррористической защите.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z318" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Журнал учета учебных мероприятий по антитеррористической подготовке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z319" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Алгоритмы первичного реагирования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z320" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по незамедлительному информированию территориальных органов внутренних дел и национальной безопасности Республики Казахстан об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z321" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при получении информации от уполномоченных государственных органов об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z322" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) своевременного информирования территориальных органов внутренних дел о ставших известных фактах хищения, незаконного приобретения работниками, сотрудниками охраны оружия, деталей для изготовления самодельных взрывных устройств, а также о местах их хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z323" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Алгоритмы действий различного круга лиц объекта на угрозы террористического характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z324" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Журнал приема, сдачи дежурств, обхода территории, помещений подразделениями охраны, сторожами (вахтерами) (при его наличии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z325" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Паспорт безопасности учреждения, приказ о назначении ответственного лица за хранение паспорта безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z326" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Планы и порядок эвакуации работников и посетителей учреждения при пожаре, в случае получения информации об угрозе совершения акта терроризма, и чрезвычайных ситуаций.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z317" w:id="309"/>
-[...15 lines deleted...]
-      1. Приказ о назначении ответственных лиц за организацию и проведение мероприятий антитеррористической защиты в организации (с указанием функциональных обязанностей) либо должностная инструкция, в том числе ответственных за проведение инструктажей по антитеррористической защите.</w:t>
+    <w:bookmarkStart w:name="z327" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Приказ о проведении учений, тренировок по безопасной и своевременной эвакуации работников и посетителей объекта из зданий (сооружений), с графиком проведения тренировок.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z318" w:id="310"/>
-[...15 lines deleted...]
-      2. Журнал учета учебных мероприятий по антитеррористической подготовке.</w:t>
+    <w:bookmarkStart w:name="z328" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Программы, протоколы обучения работников учреждения способам защиты и действиям при угрозе совершения террористического акта или при его совершении.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z319" w:id="311"/>
-[...15 lines deleted...]
-      3. Алгоритмы первичного реагирования:</w:t>
+    <w:bookmarkStart w:name="z329" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Договора на охрану учреждения (копии лицензий на осуществление охранной деятельности первого подвида, "все виды охранных услуг, в том числе охрана объектов, уязвимых в террористическом отношении"), обслуживание систем охранной сигнализации, видеонаблюдения, кнопок тревожной сигнализации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z320" w:id="312"/>
-[...15 lines deleted...]
-      1) по незамедлительному информированию территориальных органов внутренних дел и национальной безопасности Республики Казахстан об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+    <w:bookmarkStart w:name="z330" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Инструкция по действиям руководителей (собственников) объектов при установлении уровней террористической опасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z321" w:id="313"/>
-[...15 lines deleted...]
-      2) при получении информации от уполномоченных государственных органов об угрозе совершения или совершении акта (актов) терроризма;</w:t>
+    <w:bookmarkStart w:name="z331" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Схема оповещения сотрудников учреждения при установлении уровней террористической опасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="313"/>
-    <w:bookmarkStart w:name="z322" w:id="314"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="323"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7860,528 +8146,528 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="324"/>
+    <w:bookmarkStart w:name="z333" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень предметов и веществ, запрещенных к проносу на объекты здравоохранения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z334" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оружие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z335" w:id="316"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) огнестрельное;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z336" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бесствольное с патроном травматического, газового и светозвукового действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z337" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) холодное, а также ножи различных видов, не относящиеся к холодному оружию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z338" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) метательное;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z339" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) пневматическое;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z340" w:id="321"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) газовое;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z341" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) электрическое;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z342" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сигнальное;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z343" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) оружие и предметы, поражающее действие которых основано на использовании радиоактивного излучения и биологического воздействия;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z334" w:id="325"/>
-[...15 lines deleted...]
-      1. Оружие:</w:t>
+    <w:bookmarkStart w:name="z344" w:id="325"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) оружие и предметы, поражающее действие которых основано на использовании электромагнитного, светового, теплового, инфразвукового или ультразвукового излучения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z335" w:id="326"/>
-[...15 lines deleted...]
-      1) огнестрельное;</w:t>
+    <w:bookmarkStart w:name="z345" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) предметы, имитирующие вышеперечисленные виды оружия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z336" w:id="327"/>
-[...15 lines deleted...]
-      2) бесствольное с патроном травматического, газового и светозвукового действия;</w:t>
+    <w:bookmarkStart w:name="z346" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) предметы, которые используются в качестве оружия (предметы ударно-дробящего, метательного и колюще-режущего действия);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z337" w:id="328"/>
-[...15 lines deleted...]
-      3) холодное, а также ножи различных видов, не относящиеся к холодному оружию;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) боеприпасы к оружию и составные части к нему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z338" w:id="329"/>
-[...15 lines deleted...]
-      4) метательное;</w:t>
+    <w:bookmarkStart w:name="z348" w:id="329"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Механические и аэрозольные распылители и устройства, снаряженные слезоточивым, раздражающим и негативным воздействием на организм человека.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z339" w:id="330"/>
-[...15 lines deleted...]
-      5) пневматическое;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Вещества:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z340" w:id="331"/>
-[...15 lines deleted...]
-      6) газовое;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) взрывчатые;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z341" w:id="332"/>
-[...15 lines deleted...]
-      7) электрическое;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ядовитые;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z342" w:id="333"/>
-[...15 lines deleted...]
-      8) сигнальное;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="333"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отравляющие;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z343" w:id="334"/>
-[...15 lines deleted...]
-      9) оружие и предметы, поражающее действие которых основано на использовании радиоактивного излучения и биологического воздействия;</w:t>
+    <w:bookmarkStart w:name="z353" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) радиоактивные;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z344" w:id="335"/>
-[...15 lines deleted...]
-      10) оружие и предметы, поражающее действие которых основано на использовании электромагнитного, светового, теплового, инфразвукового или ультразвукового излучения;</w:t>
+    <w:bookmarkStart w:name="z354" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) едкие;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z345" w:id="336"/>
-[...15 lines deleted...]
-      11) предметы, имитирующие вышеперечисленные виды оружия;</w:t>
+    <w:bookmarkStart w:name="z355" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) пиротехнические;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z346" w:id="337"/>
-[...15 lines deleted...]
-      12) предметы, которые используются в качестве оружия (предметы ударно-дробящего, метательного и колюще-режущего действия);</w:t>
+    <w:bookmarkStart w:name="z356" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) легковоспламеняющиеся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z347" w:id="338"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="347"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8512,388 +8798,388 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z358" w:id="348"/>
+    <w:bookmarkStart w:name="z358" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Варианты тематик занятий</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z359" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Варианты тематик учебных занятий (теоретических):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z360" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      основные требования законодательства по вопросам антитеррористической безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z361" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сущность и общественная опасность терроризма, ответственность за совершение действий террористического характера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z362" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информирование о возможных источниках террористической угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z363" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      назначение алгоритмов действий различного круга лиц объектов здравоохранения на возможные угрозы террористического характера и общее ознакомление с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z364" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Варианты тематик инструктажей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z365" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детализированное ознакомление каждого из сотрудников объекта с порядком персонального поведения и действиями в обстановке совершения акта терроризма или угрозы его совершения в пределах территории объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z366" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ознакомление пациентов, обучающихся и посетителей объекта о мерах безопасности при проведении эвакуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z367" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Варианты тематик практических занятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z368" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отработка практических действия работников объекта здравоохранения, сотрудников охраны:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z359" w:id="349"/>
-[...15 lines deleted...]
-      1. Варианты тематик учебных занятий (теоретических):</w:t>
+    <w:bookmarkStart w:name="z369" w:id="349"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по организации осмотров помещений с целью обнаружения бесхозных вещей и подозрительных предметов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z360" w:id="350"/>
-[...15 lines deleted...]
-      основные требования законодательства по вопросам антитеррористической безопасности;</w:t>
+    <w:bookmarkStart w:name="z370" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) действия при обнаружении бесхозных вещей, подозрительных предметов и получении сообщений о минировании;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z361" w:id="351"/>
-[...15 lines deleted...]
-      сущность и общественная опасность терроризма, ответственность за совершение действий террористического характера;</w:t>
+    <w:bookmarkStart w:name="z371" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) по порядку информирования органов внутренних дел, уполномоченных органов при обнаружении бесхозных вещей, подозрительных предметов и получении сообщения о минировании объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z362" w:id="352"/>
-[...15 lines deleted...]
-      информирование о возможных источниках террористической угрозы;</w:t>
+    <w:bookmarkStart w:name="z372" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) по организации оповещения персонала и посетителей объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z363" w:id="353"/>
-[...15 lines deleted...]
-      назначение алгоритмов действий различного круга лиц объектов здравоохранения на возможные угрозы террористического характера и общее ознакомление с ними.</w:t>
+    <w:bookmarkStart w:name="z373" w:id="353"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) по организации эвакуации персонала и посетителей объекта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z364" w:id="354"/>
-[...15 lines deleted...]
-      2. Варианты тематик инструктажей:</w:t>
+    <w:bookmarkStart w:name="z374" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) по организации действий при эвакуации людей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z365" w:id="355"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="364"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9024,3138 +9310,3138 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z376" w:id="365"/>
+    <w:bookmarkStart w:name="z376" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Алгоритмы действий различного круга лиц объектов на возможные угрозы террористического характера</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z377" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 1. Алгоритм действий при вооруженном нападении на посетителей и персонал объекта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z378" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Действия посетителей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z379" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z380" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым способом правоохранительные и (или) специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z381" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Действия персонала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z382" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым способом правоохранительные и (или) специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z383" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности провести эвакуацию пациентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z384" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нетранспортабельных пациентов перенести в безопасное место на носилках;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z385" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z386" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Действия охраны объекта:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z377" w:id="366"/>
+    <w:bookmarkStart w:name="z387" w:id="366"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявить вооруженного злоумышленника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z388" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности блокировать его продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z389" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информировать любым способом руководство объекта, правоохранительных и (или) специальных государственных органов о факте вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z390" w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z391" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить собственную безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z392" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Действия руководства объекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z393" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительное информирование правоохранительных и (или) специальных государственных органов о фактах и обстоятельствах вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z394" w:id="373"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация мер обеспечения безопасности людей на объекте (эвакуация, блокирование внутренних барьеров, оповещение о внештатной ситуации на объекте и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z395" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z396" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Раздел 1. Алгоритм действий при вооруженном нападении на посетителей и персонал объекта</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z379" w:id="368"/>
+        <w:t xml:space="preserve"> Раздел 2. Алгоритм действий при захвате заложников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z397" w:id="376"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Действия посетителей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z398" w:id="377"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: избежать попадания в заложники, незаметно покинуть здание или укрыться в помещении, заблокировать дверь, продержаться до прибытия сотрудников правопорядка или возможности безопасности покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z399" w:id="378"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым доступным способом и только при условии гарантированного обеспечения собственной безопасности правоохранительные и (или) специальные государственные органы об обстоятельствах захвата заложников и злоумышленниках (количество, вооружение, оснащение, возраст, клички, национальность и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z400" w:id="379"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Действия персонала объекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z401" w:id="380"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: избежать попадания в заложники, незаметно покинуть здание или укрыться в помещении, заблокировать дверь, продержаться до прибытия сотрудников правопорядка или возможности безопасности покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z402" w:id="381"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым доступным способом и только при условии гарантированного обеспечения собственной безопасности правоохранительные и (или) специальные государственные органы об обстоятельствах захвата заложников и злоумышленниках (количество, вооружение, оснащение, возраст, клички, национальность и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z403" w:id="382"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Действия охраны объекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z404" w:id="383"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выявить вооруженного (-ых) злоумышленника (-ов);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z405" w:id="384"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности блокировать его/их продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z406" w:id="385"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информировать любым доступным способом руководство объекта, правоохранительные и (или) специальные государственных органов о фактах и обстоятельствах покушения на захват заложников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z407" w:id="386"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров на пути злоумышленников и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z408" w:id="387"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить собственную безопасность (избежать попадания в заложники и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z409" w:id="388"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Действия руководства объекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z410" w:id="389"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительное информирование правоохранительных, специальных государственных органов и (или) третьих лиц доступным способом о фактах и обстоятельствах попытки захвата заложников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z411" w:id="390"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности организация мер обеспечения безопасности людей на объекте (эвакуация, блокирование внутренних барьеров, оповещение о внештатной ситуации на объекте и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z412" w:id="391"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности организация взаимодействия с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z413" w:id="392"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Действия при захвате в заложники:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z414" w:id="393"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      успокоится, не паниковать. Разговаривать спокойным голосом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z415" w:id="394"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не смотреть в глаза захватчиков, не вести себя вызывающе. Не допускать действий, которые спровоцируют захватчиков к применению физической силы или оружия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z416" w:id="395"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнять требования захватчиков, не противоречить им, не допускать истерик и паники;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z417" w:id="396"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовится физически и морально к суровому испытанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z418" w:id="397"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не высказывать ненависть и пренебрежение к захватчикам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z419" w:id="398"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с самого начала (особенно в первый час) выполнять все указания захватчиков. Спрашивать разрешения у захватчиков на совершение любых действий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z420" w:id="399"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не привлекать внимания захватчиков своим поведением, не оказывайте активного сопротивления. Это усугубить Ваше положение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z421" w:id="400"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не пытаться бежать, если нет полной уверенности в успехе побега;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z422" w:id="401"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запомнить, как можно больше информации о захватчиков (количество, вооружение, как выглядят, особенно внешности, телосложения, акцент, тематика разговора, темперамент, манера поведения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z423" w:id="402"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      постараться определить место своего нахождения (заточения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z424" w:id="403"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при наличии возможности, используя любой доступный способ связи, без риска для жизни, проявляя осторожность, попытаться сообщить о произошедшем в правоохранительные или специальные органы, подразделение безопасности или службу охраны объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z425" w:id="404"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не пренебрегать пищей, какой бы она ни была. Это поможет сохранить силы и здоровье;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z426" w:id="405"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при ранении, постараться самостоятельно оказать себе первую медицинскую помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z427" w:id="406"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      главное не паниковать, даже если захватчики перестали себя контролировать;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z428" w:id="407"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расположится подальше от окон, дверей и самих захватчиков. Это необходимо для обеспечения Вашей безопасности в случае штурма помещения, стрельбы снайперов на поражение захватчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z429" w:id="408"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при проведении сотрудниками спецподразделений операции по освобождению заложников необходимо соблюдать следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z430" w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лечь на пол лицом вниз, прижавшись к стене, голову закрыть руками и не двигаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z431" w:id="410"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не бежать навстречу сотрудникам спецподразделений или от них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z432" w:id="411"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      если есть возможность, необходимо держаться подальше от проҰмов дверей и окон;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z433" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не возмущаться, если при штурме и захвате с заложниками (до установления личности) поступить несколько некорректно, как с вероятным захватчиком. Освобожденного заложника могут обыскать, заковать в наручники, связать, нанести эмоциональную или физическую травму, подвергнуть допросу. Необходимо к этому отнестись с пониманием, так как в подобных ситуациях такие действия спецподразделений (до окончательной идентификации всех лиц и выявления истинных преступников) оправданы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z434" w:id="413"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 3. Алгоритм действий при закладке взрывных устройств и взрывчатых веществ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z435" w:id="414"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Признаки, которые указывают на взрывное устройство:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z436" w:id="415"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наличие на обнаруженном предмете проводов, веревок, изоленты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="415"/>
+    <w:bookmarkStart w:name="z437" w:id="416"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подозрительные звуки, щелчки, тиканье часов, издаваемые предметом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z438" w:id="417"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      от предмета исходит характерный запах миндаля или другой необычный запах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="417"/>
+    <w:bookmarkStart w:name="z439" w:id="418"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      необычное размещение обнаруженного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z440" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      установленные на обнаруженном предмете различных видов источников питания, проволока, по внешним признакам, схожая с антенной.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z441" w:id="420"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Действия посетителей при обнаружении подозрительного предмета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z442" w:id="421"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не трогать, не подходить, не передвигать;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z443" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      опросить окружающих для установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z444" w:id="423"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воздержаться от использования средств радиосвязи, в том числе и мобильных, вблизи данного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z445" w:id="424"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z446" w:id="425"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить об обнаружении подозрительного предмета охране, персоналу объекта либо в дежурные части территориальных органов внутренних дел и национальной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z447" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      быть готовым описать внешний вид предмета, похожего на взрывное устройство и значимые обстоятельства его обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z448" w:id="427"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не сообщать об угрозе взрыва никому, кроме тех, кому необходимо знать о случившемся, чтобы не создавать панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z449" w:id="428"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z450" w:id="429"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информирование охраны объекта, правоохранительных и (или) специальных государственных органов о подозрительных лице/ах (количество, внешние признаки наличия СВУ, оружия, оснащение, возраст, клички, национальность и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z451" w:id="430"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покинуть объект, при невозможности – укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z452" w:id="431"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Действия персонала при обнаружении подозрительного предмета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z453" w:id="432"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не трогать, не подходить, не передвигать;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z454" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      опросить окружающих для установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z455" w:id="434"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воздержаться от использования средств радиосвязи, в том числе и мобильных, вблизи данного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z456" w:id="435"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z457" w:id="436"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить об обнаружении подозрительного предмета в охране, персоналу объекта либо в дежурные части территориальных органов национальной безопасности и внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z458" w:id="437"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      быть готовым описать внешний вид предмета, похожего на взрывное устройство и значимые обстоятельства его обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z459" w:id="438"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не сообщать об угрозе взрыва никому, кроме тех, кому необходимо знать о случившемся, чтобы не создавать панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z460" w:id="439"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности организовать с охраной ограничение доступа посторонних лиц к подозрительному предмету и опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z461" w:id="440"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      помочь обеспечить организованную эвакуацию людей с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z462" w:id="441"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина и другие), вести наблюдение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z463" w:id="442"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информирование охраны объекта, правоохранительных и (или) специальных государственных органов в случае выявления подозрительного лица или группы лиц, возможно имеющих при себе взрывные устройства или взрывчатые вещества (количество, внешние признаки наличия СВУ, оружия, оснащение, возраст, клички, национальность и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z464" w:id="443"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оказать содействие руководству и охране в организации эвакуации посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z465" w:id="444"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      покинуть объект, при невозможности – укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z466" w:id="445"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Действия охраны при обнаружении подозрительного предмета:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z467" w:id="446"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не трогать, не подходить, не передвигать;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z468" w:id="447"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      опросить окружающих для установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z469" w:id="448"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      воздержаться от использования средств радиосвязи, в том числе и мобильных, вблизи данного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z470" w:id="449"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z471" w:id="450"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немедленно сообщить об обнаружении подозрительного предмета охране, персоналу объекта либо в дежурные части территориальных органов национальной безопасности и внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z472" w:id="451"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      быть готовым описать внешний вид предмета, похожего на взрывное устройство и значимые обстоятельства его обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z473" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не сообщать об угрозе взрыва никому, кроме тех, кому необходимо знать о случившемся, чтобы не создавать панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z474" w:id="453"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить ограничение доступа посторонних лиц к подозрительному предмету и опасной зоне на необходимом удалении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z475" w:id="454"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечить организованную эвакуацию людей с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z476" w:id="455"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости укрыться за предметами, обеспечивающими защиту (угол здания, колона, толстое дерево, автомашина и другие), вести наблюдение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z477" w:id="456"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информирование охраны объекта, правоохранительных и (или) специальных государственных органов в случае выявления подозрительного лица или группы лиц, возможно имеющих при себе взрывные устройства или взрывчатые вещества (количество, внешние признаки наличия СВУ, оружия, оснащение возраст, клички, национальность и другие).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z478" w:id="457"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Действия руководства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z479" w:id="458"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительное информирование правоохранительных, специальных государственных органов о выявлении подозрительного человека или об обнаружении бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z480" w:id="459"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация оцепления места обнаружения бесхозного подозрительного предмета на необходимом удалении;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z481" w:id="460"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация эвакуации людей с объекта, оповещение о внештатной ситуации на объекте и другие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z482" w:id="461"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение обхода помещений и осмотра территорий с целью обнаружения подозрительных предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z483" w:id="462"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация взаимодействия с прибывающими силами оперативного штаба по борьбе с терроризмом, представление необходимой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z484" w:id="463"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Расстояние удаления и оцепления при обнаружении взрывного устройства (ВУ) или предмета, похожего на ВУ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z485" w:id="464"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      граната РГД-5 – 50 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z486" w:id="465"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      граната Ф-1 – 200 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z487" w:id="466"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тротиловая шашка массой 200 г – 45 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z488" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тротиловая шашка массой 400 г – 55 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z489" w:id="468"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пивная банка 0,33 л – 60 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z490" w:id="469"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дипломат (кейс) – 230 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z491" w:id="470"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дорожный чемодан – 350 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z492" w:id="471"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      а/машина "легковая" - 460-580 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z493" w:id="472"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      автобус – 920 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z494" w:id="473"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      грузовая машина (фургон) – 1240 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z495" w:id="474"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздел 4. Алгоритм действий при атаке с применением террористов-смертников</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z496" w:id="475"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Действия посетителей:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z497" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z380" w:id="369"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z498" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       по возможности информировать любым способом правоохранительные и (или) специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-[...180 lines deleted...]
-    <w:bookmarkStart w:name="z390" w:id="379"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z499" w:id="478"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Действия персонала:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z500" w:id="479"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      защититься: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z501" w:id="480"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности информировать любым способом правоохранительные и (или) специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z502" w:id="481"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Действия охраны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z503" w:id="482"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по возможности блокировать его/их продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z504" w:id="483"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информировать любым способом руководство объекта, правоохранительные и (или) специальные государственных органов о выявлении подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z505" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров и другие);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="379"/>
-    <w:bookmarkStart w:name="z391" w:id="380"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z506" w:id="485"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      при необходимости организовать наблюдение передвижений подозрительного лица или группы лиц по объекту (лично либо через систему видеонаблюдения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z507" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечить собственную безопасность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="380"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z396" w:id="385"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z508" w:id="487"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Действия руководства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z509" w:id="488"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незамедлительная передача (в том числе добросовестная попытка) информации в правоохранительные и (или) специальные государственные органы о выявлении на объекте подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z510" w:id="489"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предоставление сотрудникам правоохранительных органов максимально полной информации о подозрительном лице, которая сокращает время выявления и задержания злоумышленника;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z511" w:id="490"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение организованной эвакуации людей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z512" w:id="491"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение собственной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z513" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Раздел 2. Алгоритм действий при захвате заложников</w:t>
-[...2135 lines deleted...]
-      по возможности блокировать его/их продвижение к местам массового пребывания людей на объекте;</w:t>
+        <w:t xml:space="preserve"> Раздел 5. Алгоритм действий при поступлении угрозы по телефону</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="492"/>
-    <w:bookmarkStart w:name="z504" w:id="493"/>
-[...15 lines deleted...]
-      информировать любым способом руководство объекта, правоохранительные и (или) специальные государственных органов о выявлении подозрительного лица или группы лиц;</w:t>
+    <w:bookmarkStart w:name="z514" w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Действия получателя угрозы по телофону (руководитель, сотрудник, сотрудник дежурного подразделения):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="493"/>
-    <w:bookmarkStart w:name="z505" w:id="494"/>
-[...15 lines deleted...]
-      принять меры к обеспечению безопасности людей на объекте (эвакуация, блокирование внутренних барьеров и другие);</w:t>
+    <w:bookmarkStart w:name="z515" w:id="494"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по ходу разговора отметьте пол, возраст звонившего и особенности его речи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z506" w:id="495"/>
-[...15 lines deleted...]
-      при необходимости организовать наблюдение передвижений подозрительного лица или группы лиц по объекту (лично либо через систему видеонаблюдения);</w:t>
+    <w:bookmarkStart w:name="z516" w:id="495"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      голос (громкий или тихий, низкий или высокий);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z507" w:id="496"/>
-[...15 lines deleted...]
-      обеспечить собственную безопасность.</w:t>
+    <w:bookmarkStart w:name="z517" w:id="496"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      темп речи (быстрый или медленный);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z508" w:id="497"/>
-[...15 lines deleted...]
-      19. Действия руководства:</w:t>
+    <w:bookmarkStart w:name="z518" w:id="497"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      произношение (отчетливое, искаженное, с заиканием, шепелявое, с акцентом или диалектом);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z509" w:id="498"/>
-[...15 lines deleted...]
-      незамедлительная передача (в том числе добросовестная попытка) информации в правоохранительные и (или) специальные государственные органы о выявлении на объекте подозрительного лица или группы лиц;</w:t>
+    <w:bookmarkStart w:name="z519" w:id="498"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      манера речи (развязная, с издевкой, с нецензурными выражениями);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z510" w:id="499"/>
-[...15 lines deleted...]
-      предоставление сотрудникам правоохранительных органов максимально полной информации о подозрительном лице, которая сокращает время выявления и задержания злоумышленника;</w:t>
+    <w:bookmarkStart w:name="z520" w:id="499"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обратить внимание на звуковой фон (шум автомашин или железнодорожного транспорта, звук теле-или радиоаппаратуры, голоса, другое), характер звонка (городской, междугородный);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z511" w:id="500"/>
-[...15 lines deleted...]
-      обеспечение организованной эвакуации людей;</w:t>
+    <w:bookmarkStart w:name="z521" w:id="500"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зафиксируйте точное время начала разговора и его продолжительность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z512" w:id="501"/>
-[...15 lines deleted...]
-      обеспечение собственной безопасности.</w:t>
+    <w:bookmarkStart w:name="z522" w:id="501"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) постарайтесь в ходе разговора получить ответы на следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z513" w:id="502"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Раздел 5. Алгоритм действий при поступлении угрозы по телефону</w:t>
+    <w:bookmarkStart w:name="z523" w:id="502"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      куда, кому, по какому телефону звонит данный человек?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z514" w:id="503"/>
-[...15 lines deleted...]
-      20. Действия получателя угрозы по телофону (руководитель, сотрудник, сотрудник дежурного подразделения):</w:t>
+    <w:bookmarkStart w:name="z524" w:id="503"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      какие конкретные требования он выдвигает?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z515" w:id="504"/>
-[...15 lines deleted...]
-      1) по ходу разговора отметьте пол, возраст звонившего и особенности его речи:</w:t>
+    <w:bookmarkStart w:name="z525" w:id="504"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выдвигает требования лично или выступает в роли посредника и представляет какую-то группу лиц?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z516" w:id="505"/>
-[...15 lines deleted...]
-      голос (громкий или тихий, низкий или высокий);</w:t>
+    <w:bookmarkStart w:name="z526" w:id="505"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      на каких условиях он или они согласны отказаться от задуманного?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z517" w:id="506"/>
-[...15 lines deleted...]
-      темп речи (быстрый или медленный);</w:t>
+    <w:bookmarkStart w:name="z527" w:id="506"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      как и когда с ним можно связаться?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z518" w:id="507"/>
-[...15 lines deleted...]
-      произношение (отчетливое, искаженное, с заиканием, шепелявое, с акцентом или диалектом);</w:t>
+    <w:bookmarkStart w:name="z528" w:id="507"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кому вы можете или должны сообщить об этом звонке?</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z519" w:id="508"/>
-[...15 lines deleted...]
-      манера речи (развязная, с издевкой, с нецензурными выражениями);</w:t>
+    <w:bookmarkStart w:name="z529" w:id="508"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) постарайтесь добиться от звонящего максимально возможного промежутка времени для принятия вами и руководством школы решений или совершения каких-либо действий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z520" w:id="509"/>
-[...15 lines deleted...]
-      2) обратить внимание на звуковой фон (шум автомашин или железнодорожного транспорта, звук теле-или радиоаппаратуры, голоса, другое), характер звонка (городской, междугородный);</w:t>
+    <w:bookmarkStart w:name="z530" w:id="509"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) в процессе разговора или немедленно после окончания разговора сообщить на канал "102" органов внутренних дел или единую дежурно-диспетчерскую службу "112" и руководству организации о телефонной угрозе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z521" w:id="510"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="519"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12286,180 +12572,180 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в области здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z532" w:id="520"/>
+    <w:bookmarkStart w:name="z532" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал учета учебных мероприятий по антитеррористической подготовке</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_______________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(наименование организации) (титульный лист)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z533" w:id="521"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z533" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Журнал № ___ Учета проведения учебных мероприятий по антитеррористической подготовке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z534" w:id="522"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z534" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата начала ведения журнала "__"_____ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z535" w:id="523"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z535" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата окончания ведения журнала "__"_____ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z536" w:id="524"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z536" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (внутренняя сторона)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Раздел 1. Инструктажи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkEnd w:id="514"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -13638,170 +13924,170 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z537" w:id="525"/>
+    <w:bookmarkStart w:name="z537" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z538" w:id="526"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z538" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в ходе плановых инструктажей до сотрудников доводятся алгоритмы действий при всех возможных ситуациях в случае акта терроризма, а тематика внеплановых инструктажей зависит от тематики проводимых учений и тренировок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z539" w:id="527"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z539" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) документальное оформление проводимых плановых инструктажей антитеррористической направленности допускается осуществлять как рукописным способом, так и комбинированным – рукописным и печатным. В печатном виде допускается заполнять графы: 3, 4 и 5 (если инструктаж проводит один и тот же сотрудник), остальные графы журнала заполняются лично лицом, прослушавшим инструктаж;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z540" w:id="528"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z540" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дата проведения указывается полностью (число, месяц и год);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z541" w:id="529"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z541" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при необходимости проведения внепланового инструктажа с персоналом объекта его также документируют в данном журнале, а в графе "Вид инструктажа" допускается ставить запись: "внеплановый по письму исх.: №__", "внеплановый по уровню террористической опасности".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z542" w:id="530"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z542" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Раздел 2. Занятия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkEnd w:id="520"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14465,70 +14751,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z543" w:id="531"/>
+    <w:bookmarkStart w:name="z543" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       примечание: Тема занятий и учебные вопросы четко конкретизируются и не носит общий характер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkEnd w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>