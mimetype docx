--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="825c526" w14:textId="825c526">
+    <w:p w14:paraId="f64a953" w14:textId="f64a953">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,288 +103,296 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Председателя Агентства по защите и развитию конкуренции Республики Казахстан от 28 марта 2022 года № 4. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 марта 2022 года № 27308.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с подпунктом 20-1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 90-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКAЗЫВAЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции приказа Председателя Агентства по защите и развитию конкуренции РК от 31.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> проведения мониторинга деятельности государственных предприятий, юридических лиц, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированных с ними лиц на предмет получения согласия антимонопольного органа при создании, расширении и (или) изменении осуществляемых видов деятельности, а также осуществления исключительно тех видов деятельности, на которые получено согласие антимонопольного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту экономической концентрации и контроля государственных предприятий Агентства по защите и развитию конкуренции Республики Казахстан (далее - Агентство) в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Агентства после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -532,118 +541,118 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Жумангарин</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z11" w:id="5"/>
+      <w:bookmarkStart w:name="z11" w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z12" w:id="6"/>
+      <w:bookmarkStart w:name="z12" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -782,638 +791,546 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 марта 2022 года № 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения мониторинга деятельности государственных предприятий, юридических лиц, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированных с ними лиц на предмет получения согласия антимонопольного органа при создании, расширении и (или) изменении осуществляемых видов деятельности, а также осуществления исключительно тех видов деятельности, на которые получено согласие антимонопольного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила проведения мониторинга деятельности государственных предприятий, юридических лиц, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированных с ними лиц на предмет получения согласия антимонопольного органа при создании, расширении и (или) изменении осуществляемых видов деятельности, а также осуществления исключительно тех видов деятельности, на которые получено согласие антимонопольного органа (далее - Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 20-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 90-6 Предпринимательского кодекса Республики Казахстан (далее - Кодекс) и определяют порядок проведения мониторинга деятельности государственных предприятий, юридических лиц, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированных с ними лиц на предмет получения согласия антимонопольного органа при создании, расширении и (или) изменении осуществляемых видов деятельности, а также осуществления исключительно тех видов деятельности, на которые получено согласие антимонопольного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) план-график - документ, содержащий перечень объектов мониторинга и периоды проведения мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) должностное лицо - лицо, которое в соответствии с законами Республики Казахстан наделено полномочиями по принятию административного акта, совершению административного действия (бездействия);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объекты мониторинга - государственные предприятия, юридические лица, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированные с ними лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мониторинг - комплекс мероприятий, направленный на выявление фактов создания, расширения и (или) изменения осуществляемых видов деятельности объектов мониторинга без получения согласия антимонопольного органа, а также фактов осуществления видов деятельности, на которые не было получено согласие антимонопольного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) антимонопольный орган - государственный орган, осуществляющий руководство в сфере защиты конкуренции и ограничения монополистической деятельности, контроль и регулирование деятельности, отнесенной к сфере государственной монополии. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мониторинг проводится антимонопольным органом и его территориальными подразделениями. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Мониторинг проводится в соответствии с планами-графиками, ежегодно утверждаемыми приказом руководителя антимонопольного органа (в отношении объектов мониторинга, находящихся в республиканской собственности) и приказами руководителей территориальных подразделений антимонопольного органа (в отношении объектов мониторинга, находящихся в коммунальной собственности) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Председателя Агентства по защите и развитию конкуренции РК от 31.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...79 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Основными критериями для включения в план-график является дата создания объекта мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Ежегодный план-график публикуется на официальном интернет-ресурсе антимонопольного органа не позднее 20 декабря текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...101 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок проведения мониторинга деятельности государственных предприятий, юридических лиц, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежит государству, и аффилированных с ними лиц на предмет получения согласия антимонопольного органа при создании, расширении и (или) изменении осуществляемых видов деятельности, а также осуществления исключительно тех видов деятельности, на которые получено согласие антимонопольного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Проведение мониторинга включает следующие этапы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z46" w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z46" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сбор и обработку информации от центральных государственных и местных исполнительных органов, а также объектов мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z47" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z47" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение анализа полученной информации на предмет выявления фактов создания, расширения и (или) изменения осуществляемых видов деятельности объектов мониторинга без получения согласия антимонопольного органа, а также фактов осуществления видов деятельности, на которые не было получено согласие антимонопольного органа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z48" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z48" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) проведение анализа полученной информации на предмет соответствия </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечню</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> видов деятельности, осуществляемых государственными предприятиями, юридическими лицами, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированными с ними лицами, утвержденному постановлением Правительства Республики Казахстан от 28 декабря 2015 года № 1095;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z49" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z49" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) подготовка заключения на предмет соответствия деятельности объекта мониторинга требованиям законодательства Республики Казахстан в области защиты конкуренции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1431,367 +1348,353 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Антимонопольной орган осуществляет сбор информации путем направления соответствующих запросов в адрес государственных и местных исполнительных органов, объектов мониторинга, а также путем использования информации из открытых источников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для проведения мониторинга антимонопольный орган может запрашивать следующую информацию:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) учредительные документы объекта мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) статистические и финансово-экономические отчеты, подтверждающие осуществление видов деятельности объекта мониторинга;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) общий объем реализованных товаров (работ, услуг) за последние годы в натуральном и денежном выражении по видам деятельности с подтверждающими материалами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) иную информацию, необходимую для осуществления мониторинга, в соответствии с подпунктом 21) статьи 90-6 Кодекса по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Председателя Агентства по защите и развитию конкуренции РК от 31.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...182 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Полученная информация обрабатывается и систематизируется для установления фактов создания объекта мониторинга, расширения и (или) изменения осуществляемых видов деятельности объекта мониторинга, а также фактов осуществления видов деятельности, на которые не было получено согласие антимонопольного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. При проведении мониторинга антимонопольный орган изучает представленную информацию, сопоставляет виды деятельности объекта мониторинга с требованиями законодательства Республики Казахстан в области защиты конкуренции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Результат мониторинга оформляется заключением должностного лица и направляется объекту мониторинга не позднее трех рабочих дней со дня его подписания. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. В случае установления фактов создания, расширения и (или) изменения осуществляемых видов деятельности объектов мониторинга, а также фактов осуществления видов деятельности, на которые не было получено согласие антимонопольного органа, антимонопольный орган в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 192 Кодекса принимает меры антимонопольного реагирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1825,246 +1728,376 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам проведения мониторинга</w:t>
+              <w:t xml:space="preserve">к Правилам проведения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельности государственных</w:t>
+              <w:t>мониторинга</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предприятий, юридических лиц,</w:t>
+              <w:t xml:space="preserve">деятельности </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>более пятидесяти процентов</w:t>
+              <w:t xml:space="preserve">государственных </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>акций (долей участия в уставном</w:t>
+              <w:t>предприятий, юридических</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>капитале) которых принадлежат</w:t>
+              <w:t xml:space="preserve">лиц, более пятидесяти </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государству, и аффилированных</w:t>
+              <w:t xml:space="preserve">процентов акций (долей </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>с ними лиц на предмет получения</w:t>
+              <w:t xml:space="preserve">участия в уставном </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>согласия антимонопольного органа</w:t>
+              <w:t xml:space="preserve">капитале) </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>при создании, расширении и (или)</w:t>
+              <w:t xml:space="preserve">которых принадлежат </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>изменении осуществляемых видов</w:t>
+              <w:t xml:space="preserve">государству, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельности, а также осуществления</w:t>
+              <w:t xml:space="preserve">и аффилированных с ними </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>исключительно тех видов</w:t>
+              <w:t xml:space="preserve">лиц на предмет получения </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельности, на которые получено</w:t>
+              <w:t xml:space="preserve">согласия антимонопольного </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>согласие антимонопольного органа</w:t>
+              <w:t xml:space="preserve">органа при создании, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">расширении и (или) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">изменении </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">осуществляемых видов </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">деятельности, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а также осуществления </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">исключительно </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тех видов деятельности, на </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">которые </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">получено согласие </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>антимонопольного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2091,144 +2124,106 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> План-график</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции приказа Председателя Агентства по защите и развитию конкуренции РК от 31.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Приложение предусматривается в редакции приказа Председателя Агентства по защите и развитию конкуренции РК от 31.07.2025 </w:t>
+        <w:t>№ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 10</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="34"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2241,123 +2236,153 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование объекта мониторинга</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование объекта мониторинга</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Период проведения мониторинга</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Период проведения мониторинга</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2533,158 +2558,2857 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...4 lines deleted...]
-      </w:pPr>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения мониторинга</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предприятий, юридических лиц,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>более пятидесяти процентов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акций (долей участия в уставном</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капитале) которых принадлежат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государству, и аффилированных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с ними лиц на предмет получения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>согласия антимонопольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа при создании, расширении</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и (или) изменении осуществляемых</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>видов деятельности, а также</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осуществления исключительно тех</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>видов деятельности, на которые</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>получено согласие антимонопольного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма, предназначенная для сбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>административных данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 2 в соответствии с приказом Председателя Агентства по защите и развитию конкуренции РК от 31.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представляется: в Агентство по защите и развитию конкуренции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z58" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: www.gov.kz/memleket/entities</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z59" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Административные данные для проведения мониторинга</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе (краткое буквенно-цифровое выражение наименования формы): № 1-КГС</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z61" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: по запросу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z62" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: 202___год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z63" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: государственные предприятия, юридические лица, более пятидесяти процентов акций (долей участия в уставном капитале) которых принадлежат государству, и аффилированные с ними лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z64" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: в срок, указанный в запросе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ИИН/БИН </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6045200" cy="508000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6045200" cy="508000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора (на бумажном носителе, в электронном виде, посредством компьютеризированной системы телефонного опроса, при личном опросе интервьюером с использованием бумажного носителя, при личном опросе интервьюером с использованием персонального вычислительного устройства):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z68" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
-[...30 lines deleted...]
-    </w:p>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактное лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z72" w:id="50"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="50"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Период деятельности объекта мониторинга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z76" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Цель создания объекта мониторинга </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z80" w:id="52"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="52"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Организационно-правовая форма объекта мониторинга </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z84" w:id="53"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="53"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z88" w:id="54"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="54"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Виды деятельности объекта мониторинга, в случае изменения формы-собственности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z92" w:id="55"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="55"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения об учредителях (участниках) объекта мониторинга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z96" w:id="56"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="56"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о лицах, входящих в одну группу лиц с объектом мониторинга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z100" w:id="57"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="57"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основания участия в предпринимательской деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z104" w:id="58"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="58"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заключения антимонопольного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нормативные правовые акты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z112" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание. На каждый вопрос представляется исчерпывающий ответ. При невозможности предоставить полную информацию предоставляется оценочная или прогнозная информация с указанием на то, что она является оценочной или прогнозной, а также указываются источники ее получения и использованные методы оценки и прогноза.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z113" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z114" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z115" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z116" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты ________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z117" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Исполнитель__________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z118" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z119" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z120" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z121" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z122" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место для печати (за исключением лиц, являющихся субъектами частного предпринимательства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Форме, предназначенной для</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сбора административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Административные данные для </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения мониторинга"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...21 lines deleted...]
-    </w:p>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных "Административные данные для проведения мониторинга" (индекс: № 1-КГС, периодичность – по запросу)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z125" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке 1 указываются фамилия, имя, отчество (при его наличии), должность, адрес, телефон с приложением документа, подтверждающего его полномочия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z126" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В строке 2 указывается срок деятельности объекта мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z127" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В строке 3 перечисляются обоснования создания объекта мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z128" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке 4 указывается организационно-правовая форма. В случае изменения организационно-правовой формы предоставляются подтверждающие документы (указ, постановление и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z129" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строке 5 перечисляются действующие уставные виды деятельности объекта мониторинга (с указанием статистических кодов, на государственном и русском языках).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z130" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В строке 6 перечисляются предыдущие уставные виды деятельности объекта мониторинга с приложением Устава, в котором указаны виды деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z131" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. В строке 7 указываются сведения об учредителях, в том числе: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z132" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Фамилия, имя, отчество (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z133" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) количество акций (долей участия, паев) в уставном капитале объекта мониторинга и их номинальной стоимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z134" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) доли в процентах от общего числа акций (долей участия, паев) с правом голоса в уставном капитале объекта мониторинга (приложить справку с Центрального депозитария ценных бумаг);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z135" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) права и полномочия по отношению к объекту мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z136" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В строке 8 указываются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z137" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о лицах, прямо и косвенно контролирующих каждого из учредителей (участников) объекта мониторинга с указанием наименования, адреса и видов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z138" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения об участии лиц, прямо и косвенно контролирующих каждого из учредителей (участников) объекта мониторинга, в иных юридических лицах, в том числе в иностранных с указанием наименования, адреса и видов деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z139" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о прямом и косвенном участии каждого из учредителей (участников) объекта мониторинга в иных юридических лицах, в том числе в иностранных с указанием наименования, адреса и видов деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z140" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В строке 9 указываются основания участия в предпринимательской деятельности в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 192 Предпринимательского кодекса Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z141" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В строке 10 прикладываются копии заключений антимонопольного органа, выданные объекту мониторинга при создании, расширении и (или) изменении осуществляемых видов деятельности. В случае отсутствия заключений антимонопольного органа, предоставить пояснительную записку с разъяснением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z142" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В строке 11 указываются нормативно-правовые акты, регламентирующие деятельность объекта мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3060,35 +5784,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>