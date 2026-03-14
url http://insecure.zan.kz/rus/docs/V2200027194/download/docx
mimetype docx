--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bce02f1" w14:textId="bce02f1">
+    <w:p w14:paraId="eae2d63" w14:textId="eae2d63">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил и оснований получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма</w:t>
+        <w:t>Об утверждении Правил и оснований получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Совместный приказ Председателя Агентства Республики Казахстан по финансовому мониторингу от 15 марта 2022 года № 21 и Генерального Прокурора Республики Казахстан от 24 марта 2022 года № 54. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 марта 2022 года № 27194.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Председателя Агентства РК по финансовому мониторингу от 28.11.2025 № 16 и Генерального Прокурора РК от 02.12.2025 года № 152 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -173,54 +210,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+        <w:t xml:space="preserve"> и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Председателя Агентства РК по финансовому мониторингу от 28.11.2025 № 16 и Генерального Прокурора РК от 02.12.2025 года № 152 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -686,1207 +785,1329 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены совместным</w:t>
+              <w:t>Утверждены совместным приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>приказом Генеральный Прокурор</w:t>
+              <w:t>Генерального Прокурора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 24 марта 2022 года № 54</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и Председатель Агентства</w:t>
+              <w:t>и Председателя Агентства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан по</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>финансовому мониторингу</w:t>
+              <w:t>по финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 15 марта 2022 года № 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма</w:t>
+        <w:t xml:space="preserve"> Правила и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместного приказа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и.о. Председателя Агентства РК по финансовому мониторингу от 28.11.2025 № 16 и Генерального Прокурора РК от 02.12.2025 года № 152 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 16-2 Закона Республики Казахстан "О государственной правовой статистике и специальных учетах" и определяют порядок и основания получения информации из системы информационного обмена правоохранительных, специальных государственных и иных органов (далее – СИО ПСО) уполномоченным органом по финансовому мониторингу, осуществляющим финансовый мониторинг и иную деятельность по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – уполномоченный орган по финансовому мониторингу).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 2. Основания получения информации из СИО ПСО</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила и основания получения уполномоченным органом по финансовому мониторингу из системы информационного обмена правоохранительных, специальных государственных и иных органов информации, необходимой для противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма (далее – Правила) разработаны в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 16-2 Закона Республики Казахстан "О государственной правовой статистике и специальных учетах" и определяют порядок и основания получения информации из системы информационного обмена правоохранительных, специальных государственных и иных органов (далее – СИО ПСО) уполномоченным органом по финансовому мониторингу, осуществляющим финансовый мониторинг и иную деятельность по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма, финансированию распространения оружия массового уничтожения (далее – уполномоченный орган по финансовому мониторингу).</w:t>
+      2. Для получения информации обязательным условием является наличие у пользователя уполномоченного органа по финансовому мониторингу (далее – пользователь уполномоченного органа по финансовому мониторингу) основания, предусмотренного законодательством, а также регистрации в СИО ПСО в соответствии с Перечнем распределения ролей СИО ПСО по основаниям согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Основания получения информации из СИО ПСО</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Пользователь уполномоченного органа по финансовому мониторингу обеспечивает обоснованность запроса, соблюдение законодательства о персональных данных и их защите, иной охраняемой законом тайны, а также их использование исключительно в целях, заявленных в запросе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      Запрашиваемая информация отражается в отчетных материалах по исполненным заданиям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок получения информации из СИО ПСО</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Пользователь уполномоченного органа по финансовому мониторингу обеспечивает обоснованность запроса, соблюдение законодательства о персональных данных и их защите, иной охраняемой законом тайны, а также их использование исключительно в целях, заявленных в запросе.</w:t>
+        <w:t xml:space="preserve">
+      4. Пользователи уполномоченного органа по финансовому мониторингу получают информацию из СИО ПСО согласно Перечню электронных информационных ресурсов из СИО ПСО, указанному в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      Доступ к СИО ПСО пользователям уполномоченного органа по финансовому мониторингу предоставляется при соблюдении условий для работы с СИО ПСО, изложенных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам формирования, доступа, использования, хранения, защиты и уничтожения сведений из системы информационного обмена правоохранительных, специальных государственных и иных органов, утвержденным приказом Генерального Прокурора Республики Казахстан от 13 января 2023 года № 21 "Об утверждении Правил формирования, доступа, использования, хранения, защиты и уничтожения сведений из системы информационного обмена правоохранительных, специальных государственных и иных органов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 31702) (далее – Правила № 21).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Пользователь уполномоченного органа по финансовому мониторингу через портал СИО ПСО направляет в Комитет по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан (далее – оператор СИО ПСО) электронную заявку на организацию доступа к СИО ПСО по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам № 21 (далее – электронная заявка).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      Запрашиваемая информация отражается в отчетных материалах по исполненным заданиям.</w:t>
+      6. Оператор СИО ПСО проверяет электронную заявку и в течение суток со дня ее поступления принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зарегистрировать пользователя уполномоченного органа по финансовому мониторингу в СИО ПСО;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) отказать в регистрации, если сведения, указанные в электронной заявке, являются недостоверными, неполными и неактуальными. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отказ в СИО ПСО подписывается посредством электронной цифровой подписи Национального удостоверяющего центра Республики Казахстан (далее – ЭЦП).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае изменения прав пользователя по причине перевода на другую должность или подразделение пользователь уполномоченного органа по финансовому мониторингу в течение двадцати четырех часов с момента подписания приказа направляет посредством портала СИО ПСО электронную заявку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае увольнения, отстранения от должности пользователя уполномоченного органа по финансовому мониторингу должностное лицо на которое возложен ведомственный контроль принимает меры, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пунктом 15 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правил № 21.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Оператор СИО ПСО при получении электронной заявки на редактирование или блокировку пользователя уполномоченного органа по финансовому мониторингу незамедлительно редактирует или блокирует доступ данного пользователя уполномоченного органа по финансовому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок получения информации из СИО ПСО</w:t>
+        <w:t xml:space="preserve"> Глава 4. Направление запроса в СИО ПСО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      9. Вход в СИО ПСО начинается с прохождения пользователем уполномоченного органа по финансовому мониторингу процедуры многофакторной аутентификации, включая проверку ЭЦП и биометрии (отпечатков пальцев либо Face ID), либо SMS-кода, направляемого на сотовый номер телефона, указанный им при регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Доступ пользователей уполномоченного органа по финансовому мониторингу к информационным ресурсам СИО ПСО предоставляется после их регистрации в системе и при соблюдении ими условий для работы с СИО ПСО, изложенных в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      10. При первичном входе пользователь уполномоченного органа по финансовому мониторингу подписывает согласие на условия использования СИО ПСО по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам № 21 (далее – Согласие) посредством ЭЦП. Электронно подписанное Согласие и дата его подписания фиксируются в СИО ПСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+        <w:t>
+      11. Пользователь уполномоченного органа по финансовому мониторингу, успешно прошедший аутентификацию, при наличии подписанного Согласия в электронной форме получает доступ к СИО ПСО, а также возможность отправки запроса по сервисам, реализованным в СИО ПСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Электронная заявка подписывается пользователем уполномоченного органа по финансовому мониторингу, заверяется печатью и в сканированном варианте вкладывается в электронную форму подачи заявки СИО ПСО.</w:t>
+      12. Все запросы пользователей уполномоченного органа по финансовому мониторингу к базам данных государственных органов отправляются с использованием ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Оператор СИО ПСО проверяет электронную заявку и в течение суток со дня ее поступления принимает одно из следующих решений:</w:t>
+      Передача пользователем уполномоченного органа по финансовому мониторингу средств ЭЦП другим лицам не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) зарегистрировать пользователя в СИО ПСО;</w:t>
+        <w:t xml:space="preserve">
+      В случае утери ЭЦП, пользователь уполномоченного органа по финансовому мониторингу незамедлительно отзывает свой ЭЦП через личный кабинет Национального удостоверяющего центра Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2) отказать в регистрации, если сведения, указанные в электронной заявке, являются недостоверными, неполными и неактуальными. </w:t>
+        <w:t>
+      В целях обеспечения информационной безопасности, пользователь уполномоченного органа по финансовому мониторингу периодически, но не менее одного раза в месяц меняет пароль к ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Отказ в СИО ПСО подписывается посредством электронной цифровой подписи Национального удостоверяющего центра Республики Казахстан (далее – ЭЦП).</w:t>
+      13. Фиксация всех временных параметров в процессе эксплуатации СИО ПСО производится по времени города Астана.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7. Пользователь уполномоченного органа по финансовому мониторингу при перемещении на другую должность направляет в СИО ПСО электронную заявку на редактирование в течение двадцати четырех часов со дня подписания приказа о назначении на другую должность.</w:t>
+        <w:t xml:space="preserve">
+      14. Доступ пользователям уполномоченного органа по финансовому мониторингу предоставляется круглосуточно, кроме времени простоя, при аварийных ситуациях или проведения плановых технических работ, опубликованных на портале СИО ПСО. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      В случае увольнения или отстранения от должности, должностное лицо, на которое возложен ведомственный контроль, незамедлительно направляет электронную заявку оператору СИО ПСО на блокирование пользователя уполномоченного органа по финансовому мониторингу.</w:t>
+        <w:t xml:space="preserve">
+      Оператор СИО ПСО фиксирует факт возникновения аварийной ситуации в Журнале аварийных ситуаций по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам № 21 с указанием даты, времени наступления, причин и принятых мер по устранению задержки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Оператор СИО ПСО при получении электронной заявки на редактирование или блокировку пользователя уполномоченного органа по финансовому мониторингу незамедлительно редактирует или блокирует доступ данного пользователя уполномоченного органа по финансовому мониторингу.</w:t>
+      Уведомления о времени запланированных технических работ в СИО ПСО (в том числе отключение, изменения, обновления и другие действия) публикуются на портале СИО ПСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Все запросы пользователей уполномоченного органа по финансовому мониторингу фиксируются в журнале регистрации событий (далее - Log-журнал) и архивируются по мере заполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Архив Log-журналов СИО ПСО содержит данные о запросах и результатах их обработки за все время работы СИО ПСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Оператор СИО ПСО обеспечивает конфиденциальность и не распространяет личную информацию о пользователях уполномоченного органа по финансовому мониторингу и их запросах, за исключением случаев, предусмотренных законодательными актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. При установлении нарушений норм законодательства в сфере информационной безопасности, указанных в настоящих Правилах, оператор СИО ПСО блокирует доступ к СИО ПСО лицам, допустившим нарушения, оповещает уполномоченный орган по финансовому мониторингу и принимает меры по рассмотрению вопроса об ответственности лиц, предусмотренных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Оператор СИО ПСО не допускает незаконные сбор и обработку, а также разглашение информации, полученной из СИО ПСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Направление запроса в СИО ПСО</w:t>
+        <w:t xml:space="preserve"> Глава 5. Получение информации из СИО ПСО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Вход в СИО ПСО начинается с прохождения пользователем уполномоченного органа по финансовому мониторингу процедуры аутентификации, которая осуществляется посредством ЭЦП.</w:t>
+      19. Информация, полученная из СИО ПСО, приобщается к соответствующим материалам, при этом электронные копии файлов, загруженные на локальное устройство, подлежат незамедлительному уничтожению пользователем уполномоченного органа по финансовому мониторингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      Сроки и условия хранения информации определяются исходя из содержания основного материала, к которому приобщена информация. Информация подлежит уничтожению вместе с соответствующими материалами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Пользователь уполномоченного органа по финансовому мониторингу, успешно прошедший аутентификацию и при наличии подписанного соглашения в электронной форме, получает доступ к СИО ПСО.</w:t>
+      Конфиденциальность полученной информации из СИО ПСО обеспечивает пользователь уполномоченного органа по финансовому мониторингу, осуществивший запрос.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Все запросы пользователей уполномоченного органа по финансовому мониторингу к базам данных государственных органов отправляются с использованием ЭЦП.</w:t>
+      20. Пользователь уполномоченного органа по финансовому мониторингу при получении информации из СИО ПСО соблюдает требования по защите государственной, служебной, коммерческой и иных охраняемых законодательством Республики Казахстан тайн.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Передача пользователем уполномоченного органа по финансовому мониторингу средств ЭЦП другим лицам не допускается.</w:t>
+      21. Руководителем уполномоченного органа по финансовому мониторингу определяются должностные лица, обеспечивающие ведомственный контроль за обоснованностью запросов, использованием информации, полученной из СИО ПСО, исключительно в целях, заявленных в запросе, и ее сохранностью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      В случае утери ЭЦП, пользователь уполномоченного органа по финансовому мониторингу незамедлительно отзывает свой ЭЦП через личный кабинет Национального удостоверяющего центра Республики Казахстан. </w:t>
+        <w:t>
+      Ведомственный контроль заключается в периодическом, но не менее одного раза в месяц, мониторинге запросов посредством функционала "Отчеты", в котором отображаются все запросы пользователей уполномоченного органа по финансовому мониторингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В целях обеспечения информационной безопасности, пользователь уполномоченного органа по финансовому мониторингу периодически, но не менее одного раза в месяц меняет пароль к ЭЦП.</w:t>
+      При выявлении нарушений норм законодательства в сфере информационной безопасности и требований, указанных в настоящих Правилах, лица, обеспечивающие ведомственный контроль, незамедлительно принимают меры по блокировке доступа и рассмотрению вопроса об ответственности, предусмотренной законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Фиксация всех временных параметров в процессе эксплуатации СИО ПСО производится по времени города Нур-Султан.</w:t>
+        <w:t xml:space="preserve">
+      22. Прокурор в пределах и формах, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конституционного закона Республики Казахстан "О прокуратуре" (далее – Конституционный закон "О прокуратуре"), осуществляет надзор за законностью получения пользователями уполномоченного органа по финансовому мониторингу информации из СИО ПСО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      Для проведения проверки по вопросу соблюдения законности получения пользователями уполномоченного органа по финансовому мониторингу информации из СИО ПСО прокурор выносит соответствующее постановление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      15. Все запросы пользователей уполномоченного органа по финансовому мониторингу фиксируются в журнале регистрации событий (далее - Log-журнал) и архивируются по мере заполнения.</w:t>
+        <w:t xml:space="preserve">
+      23. При выявлении в ходе проверки фактов незаконного получения информации пользователями уполномоченного органа по финансовому мониторингу, а также при поступлении информации от оператора СИО ПСО о выявленных нарушениях Единых требований в области информационно-коммуникационных технологий и обеспечения информационной безопасности, утвержденных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 20 декабря 2016 года № 832, и требований, указанных в настоящих Правилах, а также </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Правилах № 21 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к пользователям уполномоченного органа по финансовому мониторингу прокурором принимаются меры прокурорского надзора в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 32 Конституционного закона "О прокуратуре" и другие меры, предусмотренные уголовным и административным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...313 lines deleted...]
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1946,323 +2167,346 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам и основаниям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>получения уполномоченным</w:t>
+              <w:t>получения уполномоченным органом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органом по финансовому мониторингу</w:t>
+              <w:t>по финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>из системы информационного</w:t>
+              <w:t>из системы информационного обмена</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обмена правоохранительных,</w:t>
+              <w:t>правоохранительных, специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальных государственных</w:t>
+              <w:t>государственных и иных органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и иных органов информации,</w:t>
+              <w:t>информации, необходимой</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>необходимой для противодействия</w:t>
+              <w:t>для противодействия легализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>легализации (отмыванию) доходов,</w:t>
+              <w:t>(отмыванию) доходов, полученных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>полученных преступным путем,</w:t>
+              <w:t>преступным путем, финансированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и финансированию терроризма</w:t>
+              <w:t>терроризма и финансированию</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>распространения оружия</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень распределения ролей СИО ПСО по основаниям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...87 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2466,297 +2710,320 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>из системы информационного</w:t>
+              <w:t>из системы информационного обмена</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>обмена правоохранительных,</w:t>
+              <w:t>правоохранительных, специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>специальных государственных</w:t>
+              <w:t>государственных и иных органов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и иных органов информации,</w:t>
+              <w:t>информации, необходимой для</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>необходимой для противодействия</w:t>
+              <w:t>противодействия легализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>легализации (отмыванию) доходов,</w:t>
+              <w:t>(отмыванию) доходов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>полученных преступным путем,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и финансированию терроризма</w:t>
+              <w:t>финансированию терроризма и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансированию распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень электронных информационных ресурсов из СИО ПСО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...87 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Право доступа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8594,7009 +8861,144 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: ГБД – государственная база данных, БД – база данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...262 lines deleted...]
-        </w:rPr>
         <w:t>
-      Для работы с системой информационного обмена правоохранительных, специальных государственных и иных органов (далее – СИО ПСО) необходимо наличие средства электронной цифровой подписи Национального удостоверяющего центра Республики Казахстан (далее – ЭЦП) для физических лиц на защищенном носителе информации.</w:t>
+      * Усеченный сервис Государственного центра по выплате пенсий – без указания размера поступлений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
-[...6599 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15918,35 +9320,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>