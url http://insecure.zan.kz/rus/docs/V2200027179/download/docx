--- v0 (2025-10-14)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc68a65" w14:textId="fc68a65">
+    <w:p w14:paraId="fb3620e" w14:textId="fb3620e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил отнесения категорий государственных служащих подразделений государственного экологического контроля уполномоченного органа в области охраны окружающей среды к должностным лицам, осуществляющим государственный экологический контроль</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 10 марта 2022 года № 74. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 марта 2022 года № 27179</w:t>
+        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 10 марта 2022 года № 74. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 марта 2022 года № 27179.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -971,410 +971,512 @@
         <w:t>
       7. Порядок отнесения категорий государственных служащих подразделений государственного экологического контроля уполномоченного органа в области охраны окружающей среды к должностным лицам, указанным в пункте 8 настоящих Правил, определяется уполномоченным органом в области охраны окружающей среды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. К должностным лицам, осуществляющим государственный экологический контроль относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      1) главный государственный экологический инспектор Республики Казахстан, являющийся заместителем председателя Комитета;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) главный государственный экологический инспектор Республики Казахстан, являющийся председателем Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
-[...15 lines deleted...]
-      2) заместитель Главного государственного экологического инспектора Республики Казахстан, являющийся руководителем управления государственного экологического контроля Комитета;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заместитель Главного государственного экологического инспектора Республики Казахстан, являющийся заместителем председателя Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) старшие государственные экологические инспекторы Республики Казахстан, являющиеся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z57" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      руководителем управления государственного экологического контроля Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       руководителем управления государственного метролого-аналитического контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       главными экспертами управления государственного экологического контроля Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkStart w:name="z60" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      главными экспертами управления государственного метролого-аналитического контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z61" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) государственные экологические инспекторы Республики Казахстан, являющиеся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z62" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       экспертами управления государственного экологического контроля Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      5) главные государственные экологические инспекторы областей (городов республиканского значения, столицы), являются заместителями руководителей территориальных органов Комитета;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экспертами управления государственного метролого-аналитического контроля Комитета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z64" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) главные государственные экологические инспекторы областей (городов республиканского значения, столицы), являются руководителями территориальных органов Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z65" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) старшие государственные экологические инспекторы областей (городов республиканского значения, столицы), являющиеся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z66" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заместителем руководителей территориальных органов Комитета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z67" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       руководителем отдела государственного экологического контроля территориальных органов Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z68" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       руководителем отдела лабораторно-аналитического контроля территориальных органов Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z69" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) государственные экологические инспекторы областей (городов республиканского значения, столицы), являющиеся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z70" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       главными специалистами отдела государственного экологического контроля территориальных органов Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z71" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       главными специалистами отдела лабораторно-аналитического контроля территориальных органов Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z72" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ведущими специалистами отдела государственного экологического контроля территориальных органов Комитета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z73" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ведущими специалистами отдела лабораторно-аналитического контроля территориальных органов Комитета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказа и.о. Министра экологии и природных ресурсов РК от 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134-Ө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1466,362 +1568,362 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 10 марта 2022 года № 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра охраны окружающей среды Республики Казахстан от 24 февраля 2012 года № 41-Ө "Об утверждении Правил отнесения категорий государственных служащих подразделений государственного экологического контроля уполномоченного органа в области охраны окружающей среды к должностным лицам, осуществляющим государственный экологический контроль" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 7467).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Приказа Министра охраны окружающей среды Республики Казахстан от 11 октября 2012 года № 304-Ө "Об утверждении Перечня должностей должностных лиц, имеющих право на ношение форменной одежды (без погон), Правил ношения форменной одежды (без погон) должностными лицами, осуществляющими государственный экологический контроль, и Образцов форменной одежды (без погон) и внесении изменений в приказ Министра охраны окружающей среды Республики Казахстан от 24 февраля 2012 года № 41-Ө "Об утверждении Правил отнесения категории государственных служащих подразделений государственного экологического контроля уполномоченного органа в области охраны окружающей среды к должностным лицам, осуществляющий государственный экологический контроль" (зарегистрирован в Реестре государственной регистрации нормативных правовых № 8079).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра окружающей среды и водных ресурсов Республики Казахстан от 16 января 2014 года № 7-Ө "О внесении изменения в приказ Министра охраны окружающей среды Республики Казахстан от 24 февраля 2012 года № 41-П "Об утверждении Правил отнесения категорий государственных служащих подразделений государственного экологического контроля уполномоченного органа в области охраны окружающей среды к должностным лицам, осуществляющим государственный экологический контроль" (зарегистрирован в Реестре государственной регистрации нормативных правовых № 9165).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня приказов Министра охраны окружающей среды Республики Казахстан и Министра энергетики Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра энергетики Республики Казахстан от 21 декабря 2015 года № 731 "Об утверждении Перечня экологически опасных видов хозяйственной и иной деятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых № 12927).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подпункт 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 Приказа Министра энергетики Республики Казахстан от 5 февраля 2016 года № 38 "О внесении изменений в некоторые приказы Министра охраны окружающей среды Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13435).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра энергетики Республики Казахстан от 27 февраля 2017 года № 72 "О внесении изменения в приказ Министра охраны окружающей среды Республики Казахстан от 24 февраля 2012 года № 41-Ө "Об утверждении Правил отнесения категорий государственных служащих подразделений государственного экологического контроля уполномоченного органа в области охраны окружающей среды к должностным лицам, осуществляющим государственный экологический контроль" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 14923).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2147,31 +2249,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>