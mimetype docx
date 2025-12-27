--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="14ecc96" w14:textId="14ecc96">
+    <w:p w14:paraId="e604ff5" w14:textId="e604ff5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,1033 +93,969 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в приказ исполняющего обязанности Министра финансов Республики Казахстан от 31 декабря 2019 года № 1451 "Об утверждении категорий налогоплательщиков – физических лиц, состоящих на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридических лиц, Правил и сроков представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек, а также ее формы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 10 марта 2022 года № 258. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 марта 2022 года № 27116</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Приказ Министра финансов Республики Казахстан от 10 марта 2022 года № 258. Зарегистрирован в Министерстве юстиции Республики Казахстан 15 марта 2022 года № 27116.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра финансов РК от 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 696</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 31 декабря 2019 года № 1451 "Об утверждении категорий налогоплательщиков – физических лиц, состоящих на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридических лиц, Правил и сроков представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек, а также ее формы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 19815) следующие изменения и дополнение:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заголовок изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Об утверждении категорий налогоплательщиков – физических лиц, состоящих на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридических лиц, Правил и сроков представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей, а также ее формы";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>преамбулу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) категории налогоплательщиков – физических лиц, состоящих на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридического лица, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) Правила и сроки представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) форму сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сроках представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек, утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заголовок изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Об утверждении категорий налогоплательщиков – физических лиц, состоящих на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридических лиц, Правил и сроков представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей, а также ее формы";</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="2"/>
+      "Правила и сроки представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет, посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>преамбулу</w:t>
+        <w:t>пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Настоящие Правила и сроки представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций, сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 19)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 24 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" (Налоговый кодекс) и определяют порядок и сроки представления банками второго уровня и организациями, осуществляющими отдельные виды банковских операций (далее – Банками и организациями), сведений по итоговым суммам платежей за календарный год, поступившим на текущий счет (далее – Сведения) налогоплательщика – физического лица, состоящего на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридического лица (далее – налогоплательщики), посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "В соответствии с </w:t>
-[...51 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 5 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнить подпунктом 12) следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "12) в графе 12 формы указывается итоговая сумма мобильных платежей, поступивших на текущий счет за отчетный календарный год.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
-[...526 lines deleted...]
-        </w:rPr>
         <w:t>приложение 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному приказу изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="7"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z24" w:id="8"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z25" w:id="9"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z26" w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1135,51 +1071,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Министр финансов Республики Казахстан </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр финансов Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1208,132 +1154,98 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z29" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Национальный Банк</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1570,68 +1482,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="12"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения по итоговым суммам платежей за календарный год, поступившим на текущий счет налогоплательщика - физического лица, состоящего на регистрационном учете в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, юридического лица, посредством применения оборудования (устройства), предназначенного для осуществления платежей с использованием платежных карточек и мобильных платежей</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -2673,71 +2585,66 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z33" w:id="21"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя, отчество (при его наличии) лица, ответственного  за составление формы, подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2745,204 +2652,204 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">_______________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии) руководителя, подпись</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="13"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z35" w:id="14"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БИН - бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z36" w:id="15"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БИК - банковский идентификационный код;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z37" w:id="16"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИИН - индивидуальный идентификационный номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       п/п - порядковый номер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3268,31 +3175,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>