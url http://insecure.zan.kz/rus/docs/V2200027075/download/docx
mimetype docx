--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c153974" w14:textId="c153974">
+    <w:p w14:paraId="710b99e" w14:textId="710b99e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,74 +152,146 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с абзацем третьим части первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца третьего части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", Правление Национального Банка Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -837,74 +909,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z23" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Требования к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для платежных организаций (далее – Требования) разработаны в соответствии с абзацем третьим части первой </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон о ПОД/ФТ) и распространяются на платежные организации (далее – организации).</w:t>
+      1. Настоящие Требования к Правилам внутреннего контроля в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения для платежных организаций (далее – Требования) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абзаца третьего части второй пункта 19 Положения о Национальном Банке Республики Казахстан, утвержденного Указом Президента Республики Казахстан от 31 декабря 2003 года № 1271 "Об утверждении Положения и структуры Национального Банка Республики Казахстан", и распространяются на платежные организации (далее – организации).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Понятия, применяемые в Требованиях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z25" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1016,95 +1150,177 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Внутренний контроль в целях противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – ПОД/ФТ/ФРОМУ) осуществляется организацией в целях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) обеспечения выполнения организацией требований Закона о ПОД/ФТ;</w:t>
+        <w:t xml:space="preserve">
+      1) обеспечения выполнения организацией требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон о ПОД/ФТ);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z32" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) поддержания эффективности системы внутреннего контроля на уровне, достаточном для принятия мер по мониторингу, выявлению рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения (далее – ОД/ФТ/ФРОМУ) или иной преступной деятельности (далее – управление рисками ОД/ФТ/ФРОМУ), а также сопряженными рисками, связанными с преднамеренным или непреднамеренным вовлечением организации в процессы (далее – риски ОД/ФТ/ФРОМУ);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z33" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) исключения вовлечения организации и работников в процессы ОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. В рамках организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ в организации разрабатываются и принимаются органом управления или исполнительным органом организации правила внутреннего контроля, включающие требования к проведению независимого аудита в случае наличия решения органа управления или исполнительного органа организации на проведение независимого аудита, службой внутреннего аудита организации либо иным органом, уполномоченным на проведение внутреннего аудита, оценки эффективности внутреннего контроля в целях ПОД/ФТ/ФРОМУ. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1157,54 +1373,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организации, которые используют платежных агентов (субагентов), включают их в свои программы, предусмотренные статьей 11 Закона о ПОД/ФТ и осуществляют контроль выполнения ими этих программ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Организации в течение тридцати календарных дней со дня введения в действие внесенных изменений и (или) дополнений в законодательство Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма (далее – ПОД/ФТ) приводят правила внутреннего контроля в соответствие с внесенными изменениями и (или) дополнениями в законодательство Республики Казахстан о ПОД/ФТ.</w:t>
+      Организации в течение тридцати календарных дней со дня введения в действие внесенных изменений и (или) дополнений в законодательство Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – ПОД/ФТ) приводят правила внутреннего контроля в соответствие с внесенными изменениями и (или) дополнениями в законодательство Республики Казахстан о ПОД/ФТ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменением, внесенным постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Организация внутреннего контроля в целях ПОД/ФТ/ФРОМУ, включая требование о назначении лица, ответственного за реализацию и соблюдение правил внутреннего контроля, из числа руководящих работников организации или иных руководителей организации не ниже руководителя соответствующего структурного подразделения, а также иные требования, предъявляемые к работникам организации, ответственным за реализацию и соблюдение правил внутреннего контроля, в том числе наличие безупречной деловой репутации</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1515,335 +1793,517 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) дополнительные меры (при наличии) по организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ, включенные в программу организацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z55" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Функции ответственного работника и работников подразделения по ПОД/ФТ в соответствии с программой организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ включают:</w:t>
+      8. Функции ответственного работника и работников подразделения по ПОД/ФТ в соответствии с программой организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ включают, но не ограничиваются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkStart w:name="z289" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечение наличия разработанных и согласованных с исполнительным органом организации правил внутреннего контроля и (или) изменений (дополнений) к ним, а также мониторинга за их соблюдением в организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
-[...15 lines deleted...]
-      2) организация представления и контроль за представлением сообщений в уполномоченный орган по финансовому мониторингу в соответствии с законодательством Республики Казахстан о ПОД/ФТ;</w:t>
+    <w:bookmarkStart w:name="z290" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение соблюдения требований гражданского, налогового, банковского законодательства Республики Казахстан, законодательства Республики Казахстан о платежах и платежных системах, о пенсионном обеспечении, о рынке ценных бумаг, о кредитных бюро и формировании кредитных историй, о коллекторской деятельности, о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, об акционерных обществах, об игорном бизнесе, о некоммерческих организациях, о религиозной деятельности и религиозных объединениях, о цифровых активах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
-[...15 lines deleted...]
-      3) обеспечение передачи в уполномоченный орган по финансовому мониторингу информации, сведений и документов о клиентах и о совершаемых ими операциях в соответствии с Законом о ПОД/ФТ без извещения клиентов и иных лиц;</w:t>
+    <w:bookmarkStart w:name="z291" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение не вовлечения платежной организации в противоправную деятельность, в том числе связанную с ОД/ФТ/ФРОМУ, незаконным производством, оборотом и (или) транзитом наркотиков, организацией деятельности финансовых пирамид, осуществлением платежей и (или) переводов денег в пользу электронного казино и интернет-казино, иностранных букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
-[...15 lines deleted...]
-      4) принятие решений о признании операций клиентов в качестве подозрительных и необходимости направления сообщений в уполномоченный орган по финансовому мониторингу в порядке, предусмотренном внутренними документами организации;</w:t>
+    <w:bookmarkStart w:name="z292" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принятие решений о признании подозрительными операций клиентов и (или) их деятельности, и предоставлении в уполномоченный орган по финансовому мониторингу сведений и информации, которые содержат информацию об операциях и деятельности клиента в порядке, предусмотренном внутренними документами организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
-[...15 lines deleted...]
-      5) принятие либо согласование с уполномоченным органом или должностным лицом организации решений об отказе от проведения операций клиентов в случаях, предусмотренных Законом о ПОД/ФТ, и в порядке, предусмотренном внутренними документами организации;</w:t>
+    <w:bookmarkStart w:name="z293" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организация представления и контроль за представлением сообщений в уполномоченный орган по финансовому мониторингу в соответствии с законодательством Республики Казахстан о ПОД/ФТ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      6) направление запросов исполнительному органу организации для принятия решения об установлении, продолжении либо прекращении деловых отношений с клиентами в случаях и порядке, предусмотренных Законом о ПОД/ФТ и (или) внутренними документами организации;</w:t>
+    <w:bookmarkStart w:name="z294" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) обеспечение передачи в уполномоченный орган по финансовому мониторингу информации, сведений и документов о клиентах и о совершаемых ими операциях в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом о ПОД/ФТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> без извещения клиентов и иных лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      7) информирование уполномоченных органов и должностных лиц организации о выявленных нарушениях правил внутреннего контроля в порядке, предусмотренном внутренними документами организации;</w:t>
+    <w:bookmarkStart w:name="z295" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принятие решений о признании подозрительными операций клиентов и (или) их деятельности, и предоставлении в уполномоченный орган по финансовому мониторингу сведений и информации, которые содержат информацию об операциях и деятельности клиента в порядке, предусмотренном внутренними документами организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
-[...15 lines deleted...]
-      8) подготовка и согласование с исполнительным органом организации информации о результатах реализации правил внутреннего контроля и рекомендуемых мерах по улучшению систем управления рисками и внутреннего контроля в целях ПОД/ФТ/ФРОМУ для формирования отчетов уполномоченным органам организации;</w:t>
+    <w:bookmarkStart w:name="z296" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) принятие либо согласование с уполномоченным органом или должностным лицом организации решений об отказе от проведения операций клиентов в случаях, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом о ПОД/ФТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и в порядке, предусмотренном внутренними документами организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
-[...15 lines deleted...]
-      9) дополнительные функции (при наличии) ответственного работника и работников подразделения по ПОД/ФТ, определенные организацией во исполнение программы организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ.</w:t>
+    <w:bookmarkStart w:name="z297" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) направление запросов исполнительному органу организации для принятия решения об установлении, продолжении либо прекращении деловых отношений с клиентами в случаях и порядке, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом о ПОД/ФТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) внутренними документами организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:bookmarkStart w:name="z298" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) информирование уполномоченных органов и должностных лиц организации о выявленных нарушениях правил внутреннего контроля в порядке, предусмотренном внутренними документами организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z299" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) подготовка и согласование с исполнительным органом организации информации о результатах реализации правил внутреннего контроля и рекомендуемых мерах по улучшению систем управления рисками и внутреннего контроля в целях ПОД/ФТ/ФРОМУ для формирования отчетов уполномоченным органам организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z300" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) дополнительные функции (при наличии) ответственного работника и работников подразделения по ПОД/ФТ, определенные организацией во исполнение программы организации внутреннего контроля в целях ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Для выполнения возложенных функций ответственный работник и работники подразделения по ПОД/ФТ наделяются следующими полномочиями:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получение доступа ко всем помещениям организации, информационным системам, средствам телекоммуникаций, документам и файлам, в пределах, позволяющих осуществлять свои функции в полном объеме, и в порядке, предусмотренном внутренними документами организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обеспечение конфиденциальности информации, полученной при осуществлении своих функций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечение сохранности получаемых от подразделений организации всех документов и файлов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дополнительные полномочия (при наличии) ответственного работника и работников подразделения по ПОД/ФТ, наделенные организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. При наличии в филиалах организации работников, на которых полностью или частично возложены функции и полномочия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1858,2030 +2318,2696 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требований, координацию деятельности таких работников осуществляет ответственный работник.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Функции ответственного работника, а также работников организации, на которых возложены функции, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требований, не совмещаются с функциями службы внутреннего аудита либо иного органа, уполномоченного на проведение внутреннего аудита, а также функциями подразделений, осуществляющих операционную (текущую) деятельность организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Организация для автоматизации процессов по вопросам внутреннего контроля в целях ПОД/ФТ/ФРОМУ использует автоматизированные информационные системы, соответствующие следующим требованиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z302" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) возможность ведения досье (анкет) клиентов, включая вносимые в них изменения (дополнения);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...58 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
-[...15 lines deleted...]
-      5) ведение протокола работы каждого пользователя, защищенного от модификации.</w:t>
+    <w:bookmarkStart w:name="z303" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) выявление пороговых операций с деньгами и (или) иным имуществом, подлежащая финансовому мониторингу в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона о ПОД/ФТ и равная либо превышающая установленную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом о ПОД/ФТ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пороговую сумму (далее – пороговая операция), а также подозрительных операций по заранее заданным критериям с учетом требований законодательства Республики Казахстан о ПОД/ФТ, а также результатов оценки степени подверженности услуг организации рискам ОД/ФТ/ФРОМУ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkStart w:name="z304" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение выявлений и принятие мер в соответствии с внутренними процедурами организации, в том числе с учетом характеристик, соответствующих типологиям, схемам и способам легализации (отмывания) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения уполномоченного органа по финансовому мониторингу, связанных с:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z305" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОД/ФТ/ФРОМУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z306" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      незаконным производством, оборотом и (или) транзитом наркотиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z307" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организацией деятельности финансовых пирамид;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z308" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлением платежей и переводов денег в пользу провайдеров услуг цифровых активов, не являющихся участниками Международного финансового центра "Астана", перечень которых формируется уполномоченным органом;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z309" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлением платежей и (или) переводов денег в пользу электронного казино и интернет-казино, а также иностранных букмекерских контор и (или) тотализаторов, не имеющих лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z310" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рисками возрастных категории лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z311" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      коррупцией;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z312" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      с операциями государств (территорий), не выполняющих либо недостаточно выполняющих рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФAТФ), составляемый уполномоченным органом по финансовому мониторингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z313" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      и иным критериям, утвержденным внутренними документами Организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z314" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) отсутствие возможности исключения информации из базы данных по досье (анкетам) клиентов, проведенным операциям, отправленным сообщениям в уполномоченный орган по финансовому мониторингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z315" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наличие системы резервного копирования и хранения информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z316" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ведение протокола работы каждого пользователя, защищенного от модификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Программа управления рисками ОД/ФТ/ФРОМУ, учитывающая риски клиентов и риски использования услуг в преступных целях, включая риск использования технологических достижений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z79" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В целях организации управления рисками ОД/ФТ/ФРОМУ организация разрабатывает программу управления рисками (оценки рисков) ОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z80" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Программа управления рисками ОД/ФТ/ФРОМУ включает, но не ограничивается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z81" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок организации управления рисками ОД/ФТ/ФРОМУ организации в разрезе его структурных подразделений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z82" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) методику оценки рисков ОД/ФТ/ ФРОМУ с учетом основных категорий рисков (по типу клиента, страновому риску и риску услуг/продуктов) в отношении уровня риска клиента, а также степени подверженности услуг (продуктов) организации рискам ОД/ФТ/ ФРОМУ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z83" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок осуществления регулярного мониторинга, анализа и контроля за рисками клиентов и степенью подверженности продуктов (услуг) организации рискам ОД/ФТ/ФРОМУ, предусматривающий перечень предупредительных мероприятий, порядок и сроки их проведения, контроль за результатами в соответствии с принятыми мерами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z84" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) порядок присвоения, сроки и основания для пересмотра уровней рисков клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z85" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) порядок взаимодействия с независимым аудитом, в случае наличия решения организации на проведение независимого аудита по вопросу оценки эффективности системы внутреннего контроля организации в целях ПОД/ФТ ФРОМУ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z86" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) порядок принятия мер по классификации клиентов с учетом категорий и факторов риска, а также иных категорий рисков, устанавливаемых организацией;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z87" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) порядок определения и оценки рисков ОД/ФТ/ФРОМУ, возникающих до разработки (запуска) новых продуктов и новой деловой практики, включая новые механизмы передачи, а также использовании новых или развивающихся технологий как для новых, так и для уже существующих продуктов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z88" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Организация на ежегодной основе осуществляет оценку степени подверженности услуг (продуктов) организации рискам ОД/ФТ/ФРОМУ с учетом отчета оценки рисков ОД/ФТ/ФРОМУ и, как минимум, следующих специфических категорий рисков: риск по типу клиентов, страновой (географический) риск, риск услуги (продукта) и (или) способа ее (его) предоставления (далее – Ежегодная оценка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z318" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка степени подверженности услуг (продуктов) организации рискам ОД/ФТ/ФРОМУ сопровождается описанием возможных мероприятий, направленных на минимизацию выявленных рисков, включая изменение процедур идентификации и мониторинга операций клиентов, установление лимитов на проведение операций, изменение условий предоставления услуг (продуктов), отказ от предоставления услуг (продуктов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z319" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация осуществляет оценку риска в случае наличия подозрений о том, что деловые отношения используются клиентом в рамках ОД/ФТ/ФРОМУ, а также в отношении клиентов, чей статус и (или) чья деятельность имеет высокий риск ОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z320" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоги (результаты) Ежегодной оценки документируется в соответствии с внутренними документами и процедурами платежной организации, о которых уведомляется уполномоченный орган по финансовому мониторингу и уполномоченный орган не позднее первого квартала, следующего за календарным годом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Типы клиентов, чей статус и (или) чья деятельность имеет высокий риск ОД/ФТ/ФРОМУ, включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z322" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иностранцы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z323" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) публичные должностные лица, их супруг (супруга) и близкие родственники и представители;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z324" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иностранные финансовые организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...140 lines deleted...]
-    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z325" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организаторы игорного бизнеса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z326" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) лица, предоставляющие услуги электронному казино и интернет-казино;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z327" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лица, совершившие в течение последних 6 (шести) месяцев три и более платежей в пользу организатора игорного бизнеса, в том числе иностранного, на общую сумму более 300 000 (триста тысяч) тенге.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z328" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) лица, предоставляющие услуги, иностранным букмекерским конторам и тотализаторам, не имеющим лицензий на право занятия деятельностью в сфере игорного бизнеса в Республике Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z329" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9) лица, расположенные (зарегистрированные) в иностранных государствах, указанных в </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="94"/>
+      8) страховые (перестраховочные) организации, страховые брокеры, осуществляющие деятельность в отрасли "страхование жизни" (за исключением дочерних организаций банка, которые соблюдают требования по ПОД/ФТ, установленные банком); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z330" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) лица, осуществляющие деятельность в качестве страховых агентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z331" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) лица, осуществляющие посредническую деятельность по купле-продаже недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z332" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) некоммерческие организации, в организационно-правовой форме фондов, религиозных объединений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z333" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) лица, расположенные (зарегистрированные) в иностранных государствах, указанных в пункте 16 Требований, а также расположенные в Республике Казахстан филиалы и представительства таких лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z334" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) определенные организацией дополнительные типы (при наличии) клиентов, чей статус и (или) чья деятельность повышают риск ОД/ФТ/ФРОМУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z335" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) организации, осуществляющие микрофинансовую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z336" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) адвокаты и другие независимые специалисты по юридическим вопросам в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) имуществом в отношении деятельности, указанной в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпункте 7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 3 Закона о ПОД/ФТ; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z337" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) профессиональные участники рынка ценных бумаг (за исключением дочерних организаций банков второго уровня, которые соблюдают требования по ПОД/ФТ, установленные банками второго уровня);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z338" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) лица, предоставляющие услуги по финансовому лизингу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z339" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) нерезиденты Республики Казахстан, не имеющие вид на жительство иностранца в Республике Казахстан либо разрешение на постоянное проживание (не проживающие на территории Республики Казахстан);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z340" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) лица, деятельность которых связана с производством и (или) торговлей оружием, взрывчатыми веществами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z341" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) лица, деятельность которых связана с добычей и (или) обработкой, а также куплей-продажей, драгоценных металлов, драгоценных камней либо изделий из них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z342" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) лица, находящиеся (зарегистрированные) в иностранных государствах, указанных в пункте 16 Требований, а также расположенные в Республике Казахстан филиалы и представительства таких лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z343" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) лица, осуществляющие выпуск и обращение обеспеченных цифровых активов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z344" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) лица, осуществляющие выпуск и оборот необеспеченных цифровых активов на территории Международного финансового центра "Астана".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z104" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Организация осуществляет оценку странового (географического) риска, связанного с предоставлением услуг (продуктов) клиентам из иностранных государств, указанных в настоящем пункте, и осуществлением операций с деньгами и (или) иным имуществом с участием таких иностранных государств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z105" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иностранными государствами, операции с которыми повышают риск ОД/ФТ/ФРОМУ, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z106" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иностранные государства (территории), включенные в перечень государств (территорий), не выполняющих либо недостаточно выполняющих рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ), составляемый уполномоченным органом по финансовому мониторингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z107" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) иностранные государства (территории), в отношении которых применяются международные санкции (эмбарго), принятые резолюциями Совета Безопасности Организаций Объединенных Наций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z108" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) иностранные государства и (или) части территорий иностранных государств, характеризующихся как оффшорные зоны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z109" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Соединенные Штаты Америки (только в части территорий Американских Виргинских островов, штата Вайоминг, острова Гуам, штата Делавэр и Содружества Пуэрто-Рико);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z110" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Княжество Андорра;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z111" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Антигуа и Барбуда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z112" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Содружество Багамских островов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z113" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Барбадос;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z114" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Белиз;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z115" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Бруней Даруссалам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z116" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объединенная Республика Танзания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z117" w:id="107"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z117" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Вануату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z118" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Гватемала;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z119" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Гренада;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z120" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Джибути;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z121" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Содружество Доминики;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z122" w:id="112"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z122" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Доминиканская Республика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z123" w:id="113"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z123" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Новая Зеландия (только в части территории островов Кука и Ниуэ);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z124" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Испания (только в части территории Канарских островов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z125" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Федеральная Исламская Республика Коморские Острова;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z126" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кооперативная Республика Гайана;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z127" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Коста-Рика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z128" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Китайская Народная Республика (только в части территорий специального административного района Аомынь (Макао);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z129" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Либерия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z130" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ливанская Республика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z131" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Княжество Лихтенштейн;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z132" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исламская Республика Мавритания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z133" w:id="123"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z133" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Малайзия (только в части территории анклава Лабуан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z134" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мальдивская Республика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z135" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Мальта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z136" w:id="126"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z136" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Марианские острова;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z137" w:id="127"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z137" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Маршалловы острова;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z138" w:id="128"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z138" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Королевство Марокко (только в части территории города Танжер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z139" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Союз Мьянма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z140" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Науру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z141" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Федеративная Республика Нигерия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z142" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нидерланды (только в части территории острова Аруба и зависимых территорий Антильских островов);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z143" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Палау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z144" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Панама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z145" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Португалия (только в части территории островов Мадейра);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z146" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Независимое Государство Самоа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z147" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Сейшельские острова;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z148" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Сент-Винсент и Гренадины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z149" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Федерация Сент-Китс и Невис;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z150" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государство Сент-Люсия;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z151" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Суринам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z152" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Королевство Тонга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z153" w:id="143"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z153" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Тринидад и Тобаго;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z154" w:id="144"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z154" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Соединенное Королевство Великобритании и Северной Ирландии (только в части территорий Острова Ангилья, Бермудских островов, Британских Виргинских островов, Гибралтара, Каймановых островов, острова Монтсеррат, Острова Теркс и Кайкос);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z155" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суверенная Демократическая Республика Фиджи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z156" w:id="146"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z156" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Филиппины;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z157" w:id="147"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z157" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Французская Республика (только в части территорий Французской Гвианы и Французской Полинезии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z158" w:id="148"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z158" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республика Черногория;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z159" w:id="149"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z159" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Демократическая Республика Шри-Ланка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z160" w:id="150"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z160" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ямайка;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z161" w:id="151"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z161" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) иностранные государства (территории), определенные организацией в качестве представляющих высокий риск ОД/ФТ/ФРОМУ на основе других факторов (сведения об уровне коррупции, незаконного производства, оборота и (или) транзита наркотиков, сведения о поддержке международного терроризма и другое).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z162" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Услуги (продукты, операции) организации, а также способы их предоставления, подверженные высокому риску ОД/ФТ/ФРОМУ, включают, но не ограничиваются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z163" w:id="153"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z163" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дистанционное обслуживание клиентов, включая обслуживание посредством электронных терминалов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z164" w:id="154"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z164" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) услуги по приему наличных денег для осуществления платежа без открытия банковского счета отправителя денег на сумму, превышающую пятьсот тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z165" w:id="155"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z165" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) услуги по реализации (распространению) электронных денег и платежных карточек;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z166" w:id="156"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z166" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) услуги по приему и обработке платежей, совершаемых с использованием электронных денег превышающую сумму, равную пятидесятикратному размеру месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z167" w:id="157"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z167" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) услуги по обработке платежей, инициированных клиентом в электронной форме, и передаче необходимой информации банку, организации, осуществляющей отдельные виды банковских операций, для осуществления платежа и (или) перевода либо принятия денег по данным платежам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z168" w:id="158"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z168" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. При оценке степени подверженности услуг (продуктов) организации рискам ОД/ФТ/ФРОМУ в соответствии с категориями и факторами рисков, указанными в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3916,92 +5042,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требований, организацией учитываются дополнительные сведения, влияющие на итоговую степень риска, включая, но не ограничиваясь:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z169" w:id="159"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z169" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) количество направленных организацией в уполномоченный орган по финансовому мониторингу сообщений о подозрительных операциях клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z170" w:id="160"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z170" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) количество направленных организацией в уполномоченный орган по финансовому мониторингу сообщений о пороговых операциях клиентов с наличными деньгами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z171" w:id="161"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z171" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. В рамках реализации программы управления рисками (оценки рисков) ОД/ФТ/ФРОМУ организацией принимаются меры по классификации клиентов с учетом категорий и факторов рисков, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4036,650 +5162,2108 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требований, а также иных категорий и факторов рисков, устанавливаемых организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z172" w:id="162"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z172" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уровень риска клиента (группы клиентов) устанавливается организацией по результатам анализа сведений о клиенте (клиентах), полученных в рамках процедур по идентификации и мониторингу операций клиентов, и оценивается по шкале определения уровня риска, которая не может состоять менее чем из двух уровней (низкий, высокий).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z173" w:id="163"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z173" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пересмотр уровня риска клиента (группы клиентов) осуществляется организацией по мере обновления сведений о клиенте (группе клиентов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z174" w:id="164"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z174" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Программа идентификации клиентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z176" w:id="166"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z175" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. В целях реализации требований </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона о ПОД/ФТ/ФРОМУ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по надлежащей проверке клиента организация разрабатывает программу идентификации клиентов (их представителей) и бенефициарных собственников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z346" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Идентификация клиента (его представителя) и бенефициарного собственника заключается в проведении организацией мероприятий по фиксированию и проверке достоверности сведений о клиенте (его представителе), выявлению бенефициарного собственника и фиксированию сведений о нем, установлению и фиксированию предполагаемой цели деловых отношений или разовой операции (сделки), а также получению и фиксированию иных предусмотренных Требованиями сведений о клиенте (его представителе) и бенефициарном собственнике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z178" w:id="168"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z347" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В зависимости от уровня риска клиента степень проводимых организацией мероприятий выражается в применении упрощенных либо усиленных мер надлежащей проверки клиентов (их представителей) и бенефициарных собственников путем проведения стандартной, упрощенной либо усиленной идентификации клиентов (их представителей), бенефициарных собственников, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона о ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z348" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Идентификация бенефициарного собственника осуществляется путем принятия надлежащих (разумных) мер для проверки личности бенефициарного собственника клиента, в том числе путем запроса у клиента дополнительных сведений и (или) документов о конечном бенефициаром собственнике клиента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z179" w:id="169"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z349" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для выявления бенефициарного собственника, сведения, представленные клиентом (его представителем) и бенефициарным собственником, сверяются со сведениями, отраженными в реестре бенефициарных собственников юридических лиц в соответствии с порядком, определяемом уполномоченным органом по финансовому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z350" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В целях риск-идентификации клиента (его представителя) организацией (на добровольной основе) используется скоринговый модуль – автоматизированная система, содержащая в себе информацию из разных источников данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции постановления Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z179" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. С учетом требований пунктов 2 и 3 статьи 5 Закона о ПОД/ФТ организация проводит идентификацию клиента (его представителя) и бенефициарного собственника, а также устанавливает предполагаемую цель деловых отношений или разовой операции (сделки) в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z180" w:id="170"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z180" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установления деловых отношений с клиентом, за исключением реализации электронных денег на сумму, не превышающую стократный размер месячного расчетного показателя, а также распространение платежных карточек, сумма которых не превышает двести тысяч тенге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z181" w:id="171"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z181" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) совершения клиентом разовой операции (сделки) на сумму:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z182" w:id="172"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z182" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышающую пятьсот тысяч тенге при приеме наличных денег для зачисления на банковский счет физического лица посредством оборудования (устройства), предназначенного для приема наличных денег, в том числе путем совершения за один календарный день нескольких операций (сделок);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z183" w:id="173"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z183" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышающую и (или) равную пятидесятикратному размеру месячного расчетного показателя при приеме платежей, совершаемых с использованием электронных денег;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z184" w:id="174"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z184" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышающую пятьсот тысяч тенге при приеме безналичных платежей и (или) переводов денег без использования банковского счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z185" w:id="175"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z185" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       превышающую двести тысяч тенге при осуществлении операции с использованием платежной карточки, не являющейся средством доступа к банковскому счету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z186" w:id="176"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z186" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) совершения клиентом пороговой операции (сделки);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z187" w:id="177"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z187" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявления подозрительной операции (сделки) клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z188" w:id="178"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z188" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) наличия оснований для сомнения в достоверности ранее полученных данных о физических и юридических лицах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z189" w:id="179"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z351" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-1. Организация принимает меры по недопущению вовлечения ее в противоправную деятельность, осуществление операций, имеющих высокий риск ОД/ФТ/ФРОМУ, операций, связанных с дальнейшим приобретением необеспеченных цифровых активов на биржах цифровых активов, не являющихся участниками Международного финансового центра "Астана", оказывающих услуги по управлению платформой цифровых активов, в осуществление операций на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-1 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z352" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-2. Организация при осуществлении платежа (или) перевода денег клиента блокирует его при наличии оснований полагать, что данный платеж и (или) перевод денег является подозрительным в соответствии с критериями, установленными законодательством Республики Казахстан и внутренними документами, когда платеж и (или) перевод денег:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z353" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осуществляется в пользу организатора игорного бизнеса, в том числе, иностранного, деятельность которого запрещена на территории Республики Казахстан в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "Об игорном бизнесе";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z354" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляется в пользу поставщика услуги, деятельность которого не соответствует заявленной деятельности, указанной при вступлении в деловые отношения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z355" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляется вне перечня допустимых к оплате видов товаров/сервисов/услуг, утвержденного Организацией в рамках взаимодействия с поставщиком платежных услуг, в том числе иностранным.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-2 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z356" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21-3. Организация в случае, когда потенциальным клиентом является иностранный поставщик услуг при установлении деловых отношений с ним принимает в отношении него усиленные меры по надлежащей проверке, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 5 Закона о ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-3 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z357" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-4. Поставщик услуг при вступлении в деловые отношения с организацией для организации приема платежей в его пользу представляет достоверную информацию об оказываемой деятельности, в том числе, с уточнением полного перечня видов услуг, в пользу которого планирует принимать платежи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z358" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если поставщик услуг является иностранным поставщиком платежных услуг, организация дополнительно принимает следующие меры:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z359" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осуществляет проверку на наличие у иностранного поставщика платежных услуг разрешительного документа (лицензия, регистрация и т.д.) соответствующего органа государства, резидентом которого является иностранный поставщик платежных услуг, подтверждающего право на оказание платежных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z360" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет проверку на наличие у иностранного поставщика платежных услуг безупречной деловой репутации, в том числе у его учредителей и руководителей, путем сбора сведений из открытых источников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z361" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценивает меры, принимаемые поставщиком платежных, в том числе иностранным, услуг в целях ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z362" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) иные меры, предусмотренные внутренними документами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-4 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z363" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-5. Организация при обработке платежей с использованием платежной карточки обеспечивает формирование в своей автоматизированной системе полной информации о параметрах каждой операции в том числе следующей информацией:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z364" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) идентификатор транзакции внутри системы Организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z365" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дата и время операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z366" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) код категории торговой точки (Merchant Category Code);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z367" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) уникальный 12-значный идентификатор операции (Reference Retrieval Number или Receiver Reference Number) и иные технические реквизиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z368" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) наименование Организации без сокращений, торговых обозначений, аббревиатур и кодов, допускающих неоднозначное толкование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z369" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) наименование торговой точки без сокращений, торговых обозначений, аббревиатур и кодов, допускающих неоднозначное толкование;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z370" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) в случае участия в операции третьих сторон – поставщиков платежных услуг (платежный посредник), в том числе иностранных, их наименование без сокращений, торговых обозначений, аббревиатур и кодов, допускающих неоднозначное толкование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-5 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z371" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-6. Организация, осуществляющая обработку операций с использованием электронных денег, обеспечивает формирование в своей автоматизированной системе полной информации о параметрах каждой операции с использованием электронных денег, в том числе следующей информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z372" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Идентификатор транзакции внутри системы электронных денег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z373" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Дата и время операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z374" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Сведения об электронных кошельках отправителя и получателя (уникальный идентификатор, статус идентификации владельца);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z375" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Сведения об отправителе электронных денег (в случае наличия);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z376" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Сведения о получателе электронных денег;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z377" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Код назначения операции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z378" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Наименование поставщика платежных услуг (платежный посредник), в том числе иностранного, в пользу которого осуществляется перевод электронных денег от отправителя за оплату услуг третьих лиц, не представленных в системе электронных денег в качестве поставщиков услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z379" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Сведения о погашении электронных денег (банк, номер банковского счета).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z380" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При осуществлении перевода электронных денег от отправителя в пользу поставщика платежных услуг (платежный посредник), в том числе иностранного, за оплату услуг третьих лиц, не представленных в системе электронных денег в качестве поставщиков услуг, Организация обязана обеспечить отображение полной цепочки участников операции в платежном документе (чеке, квитанции, детализации).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-6 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z381" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21-7. В рамках взаимодействия с иностранными поставщиками платежных услуг (платежный посредник), в пользу которых организация принимает платежи за товары/сервисы/услуги третьих лиц, организация, Организация устанавливает перечень допустимых к оплате видов товаров/сервисов/услуг в виде приложения к заключаемому договору. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z382" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение включает в себя следующую информацию о:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z383" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) видах товаров, работ или услуг, допустимых к оплате в рамках договора (с указанием ОКЭД/категорий);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z384" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименованиях платформ или сайтов, через которые осуществляется продажа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z385" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) перечне запрещҰнных к оплате категорий (в отдельном разделе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z386" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) идентификаторах или кодах торговых точек, через которые осуществляется приҰм средств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z387" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае нарушения поставщиком платежных услуг (платежный посредник), в том числе иностранным, обязательства по осуществлению приема платежей исключительно по утвержденному организацией перечню допустимых к оплате видов товаров/сервисов/услуг, Организация незамедлительно принимает меры по приостановлению деловых отношений с данным поставщиком платежных услуг (платежный посредник).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-7 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z388" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21-8. Организация, являющаяся оператором системы электронных денег, допускает открытие не более трех электронных кошельков одному владельцу электронных денег в рамках одной системы электронных денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z389" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Организация принимает меры по усиленному мониторингу операций клиентов – владельцев двух электронных кошельков в рамках одной системы электронных денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 4 дополнена пунктом 21-8 в соответствии с постановлением Правления Национального Банка РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Сведения, полученные в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требований, вносятся (включаются) организацией в досье клиента, которое хранится в организации на протяжении всего периода деловых отношений с клиентом и не менее пяти лет со дня их окончания либо совершения разовой операции (сделки), с учетом возможности их использования в качестве доказательства в суде, чтобы они могли быть своевременно доступны уполномоченному органу, а также иным государственным органам в соответствии с их компетенцией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z190" w:id="180"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z190" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документы и сведения об операциях с деньгами и (или) иным имуществом, в том числе подлежащих финансовому мониторингу, подозрительных операциях, а также результаты изучения сложных, необычно крупных и других необычных операций подлежат хранению организациями не менее пяти лет после совершения операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z191" w:id="181"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z191" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Упрощенная идентификация проводится организацией с учетом требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона о ПОД/ФТ при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z192" w:id="182"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z192" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установлении деловых отношений с банками второго уровня, страховыми (перестраховочными) организациями, профессиональными участниками рынка ценных бумаг - резидентами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z193" w:id="183"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z193" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) присвоении клиенту пониженного уровня риска ОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z194" w:id="184"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z194" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Усиленная идентификация проводится организацией:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z195" w:id="185"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z195" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при присвоении клиенту высокого уровня риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z196" w:id="186"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z196" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при выявлении в процессе мониторинга и изучения операций клиента подозрительной операции (сделки) либо попытки ее совершения, за исключением ситуаций, при которых усиленная идентификация приведет к его непреднамеренному информированию о направлении сообщения о такой операции в уполномоченный орган по финансовому мониторингу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z197" w:id="187"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z197" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при проведении операций на сумму, превышающую порог, установленный пунктом 1 статьи 4 Закона о ПОД/ФТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z198" w:id="188"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z198" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при наличии сомнений в достоверности представленных клиентом сведений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z199" w:id="189"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z199" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в случаях, установленных внутренними документами организации, в том числе по решению ответственного работника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z200" w:id="190"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z200" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. В процессе идентификации клиента (выявления бенефициарного собственника) организацией проводится проверка на наличие такого клиента (бенефициарного собственника) в перечне организаций и лиц, связанных с финансированием терроризма и экстремизма, получаемом в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4694,1567 +7278,1567 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о ПОД/ФТ (далее – Перечень ФТ), перечне организаций и лиц, связанных с финансированием распространения оружия массового уничтожения, получаемом в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 12-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о ПОД/ФТ (далее – Перечень ФРОМУ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z201" w:id="191"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z201" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении иностранцев, иных лиц, в отношении которых у организации имеются сведения о наличии у них гражданства иностранного государства, а также лиц без гражданства организацией в процессе идентификации клиента (выявления бенефициарного собственника) проводится проверка на принадлежность такого клиента (бенефициарного собственника) к публичному должностному лицу, его супруге (супругу) и близким родственникам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z202" w:id="192"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z202" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Документы, представляемые клиентом (его представителем) в целях подтверждения сведений о клиенте (его представителе) и бенефициарном собственнике, проверяются на их действительность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z203" w:id="193"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z203" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Программа идентификации клиента (его представителя) и бенефициарного собственника включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z204" w:id="194"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z204" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) процедуру принятия клиентов на обслуживание, включая процедуру и основания для отказа в установлении деловых отношений и (или) в проведении операции, а также прекращения деловых отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z205" w:id="195"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z205" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) процедуру идентификации клиента (его представителя) и бенефициарного собственника, в том числе особенности процедур применения упрощенных и усиленных мер надлежащей проверки клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z206" w:id="196"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z206" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) описание мер, направленных на выявление среди физических лиц, находящихся на обслуживании или принимаемых на обслуживание, публичных должностных лиц, их супругов и близких родственников и принятие таких клиентов на обслуживание (с письменного разрешения должностных лиц организации);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z207" w:id="197"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z207" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) процедуру проверки клиента (его представителя) и бенефициарного собственника на наличие в Перечне ФТ и Перечне ФРОМУ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z208" w:id="198"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z208" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) особенности идентификации при дистанционном установлении деловых отношений (без личного присутствия клиента или его представителя);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z209" w:id="199"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z209" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) особенности обмена сведениями, полученными в процессе идентификации клиента (его представителя) и бенефициарного собственника, в рамках выполнения требований по ПОД/ФТ/ФРОМУ, установленных юридическим лицом, которое имеет контроль над организацией (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z210" w:id="200"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z210" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) описание дополнительных источников информации, в том числе предоставляемых государственными органами, в целях идентификации клиента (его представителя) и бенефициарного собственника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z211" w:id="201"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z211" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) процедуру проверки достоверности сведений о клиенте (его представителе) и бенефициарном собственнике;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z212" w:id="202"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z212" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) требования к форме, содержанию и порядку ведения досье клиента, обновления сведений, содержащихся в досье, с указанием периодичности обновления сведений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z213" w:id="203"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z213" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) процедуру обеспечения доступа работников организации к информации, полученной при проведении идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z214" w:id="204"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z214" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) процедуру оценки уровня риска клиента, основания оценки такого риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z215" w:id="205"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z215" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) перечень мер (процедур), направленных на выявление и идентификацию организацией бенефициарного собственника клиентов, включая перечень запрашиваемых у клиента документов и информации, порядок принятия организацией решения о признании физического лица бенефициарным собственником;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z216" w:id="206"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z216" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) дополнительные меры (при наличии) по идентификации клиента (его представителя) и бенефициарного собственника, включенные в программу организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z217" w:id="207"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z217" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если организация в соответствии с Законом о ПОД/ФТ на основании договора поручила иному лицу применение в отношении клиентов организации мер, предусмотренных подпунктами 1), 2), 2-1), 2-2) и 4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона о ПОД/ФТ, организация разрабатывает правила ее взаимодействия с такими лицами, которые включают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z218" w:id="208"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z218" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуру выявления возможных (потенциальных) рисков ОД/ФТ/ФРОМУ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z219" w:id="209"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z219" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуру заключения организацией договоров с лицами, которым поручено проведение идентификации, а также перечень должностных лиц организации, уполномоченных заключать такие договоры;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z220" w:id="210"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z220" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуру идентификации клиента-физического лица, его представителя, выгодоприобретателя в соответствии с договорами между организацией и лицами, которым поручено проведение идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z221" w:id="211"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z221" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуру и сроки передачи организации сведений, полученных при проведении идентификации, лицами, которым поручено проведение идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z222" w:id="212"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z222" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуру осуществления организацией контроля за соблюдением лицами, которым поручено проведение идентификации, требований по идентификации, включая процедуру, сроки и полноту передачи организации полученных сведений, а также меры, принимаемые организацией по устранению выявленных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z223" w:id="213"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z223" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       основания, процедуру и сроки принятия организацией решения об одностороннем отказе от исполнения договора с лицами, которым поручено проведение идентификации, в случае несоблюдения ими требований по идентификации, в том числе процедуру, сроки и полноту передачи организации полученных сведений, а также перечень должностных лиц организации, уполномоченных принимать такое решение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z224" w:id="214"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z224" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       положения об ответственности лиц, которым организация поручила проведение идентификации, за несоблюдение ими требований по идентификации, включая порядок, сроки и полноту передачи организации полученных сведений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z225" w:id="215"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z225" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       процедуру взаимодействия организации с лицами, которым поручено проведение идентификации, по вопросам оказания им методологической помощи в целях выполнения требований по идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z226" w:id="216"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z226" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дополнительные условия (при наличии), включенные в правила взаимодействия организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z227" w:id="217"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z227" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Организации не совершают действия, предусмотренные пунктами 6, 6-1 и 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о ПОД/ФТ, в случае регистрации, пребывания или нахождения другого субъекта финансового мониторинга или иностранной финансовой организации в государстве (территории), которое не выполняет и (или) недостаточно выполняет рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z228" w:id="218"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z228" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. С учетом требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о ПОД/ФТ организация проводит идентификацию клиента (его представителя) и бенефициарного собственника до установления деловых отношений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z229" w:id="219"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z229" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Программа мониторинга и изучения операций клиентов, включая изучение сложных, необычно крупных и других необычных операций клиентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z230" w:id="220"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z230" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. В целях реализации требований Закона о ПОД/ФТ по надлежащей проверке клиента, а также по выявлению и направлению в уполномоченный орган по финансовому мониторингу сообщений о пороговых и подозрительных операциях, организация разрабатывает программу мониторинга и изучения операций клиентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z231" w:id="221"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z231" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В рамках программы мониторинга и изучения операций клиентов организацией проводятся мероприятия по обновлению и (или) получению дополнительных сведений о клиентах (их представителях) и бенефициарных собственниках, а также по изучению операций клиентов и выявлению пороговых и подозрительных операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z232" w:id="222"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z232" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Частота, глубина и интенсивность изучения операций клиента определяется с учетом уровня риска клиента, на основе анализа сведений о размере, значимости, характере, масштабе и сложности деятельности клиента, а также сведений об источнике финансирования совершаемых клиентом операций и (или) степени подверженности услуг, которыми пользуется клиент, рискам ОД/ФТ/ФРОМУ, совершения (попытка совершения) клиентом операций (операции), подлежащих финансовому мониторингу, а также с учетом имеющихся у организации сценариев (схем) ОД/ФТ/ФРОМУ и (или) признаков необычных и подозрительных операций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z233" w:id="223"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z233" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Результаты мониторинга и изучения операций клиентов используются организацией для ежегодной оценки степени подверженности услуг организации рискам ОД/ФТ/ФРОМУ, а также для пересмотра уровней рисков клиентов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z234" w:id="224"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z234" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученные в рамках реализации программы мониторинга и изучения операций клиента, включая изучение сложных, необычно крупных и других необычных операций клиентов, сведения вносятся в досье клиента и хранятся в организации на протяжении всего периода деловых отношений с клиентом и не менее пяти лет со дня их окончания либо совершения разовой операции (сделки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z235" w:id="225"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z235" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Периодичность обновления и (или) необходимость получения дополнительных сведений о клиенте (его представителе) и бенефициарном собственнике устанавливаются организацией с учетом уровня риска клиента (группы клиентов) и (или) степени подверженности услуг организации, которыми пользуется клиент, рисков ОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z236" w:id="226"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z236" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обновление сведений о клиенте (его представителе) и бенефициарном собственнике с высоким уровнем риска осуществляется не реже одного раза в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z237" w:id="227"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z237" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проверка наличия клиента (бенефициарного собственника) в Перечне ФТ и Перечне ФРОМУ (включения в Перечень ФТ и Перечень ФРОМУ) не зависит от уровня риска клиента и осуществляется по мере внесения изменений в Перечнях ФТ и Перечнях ФРОМУ (обновления Перечня ФТ и Перечня ФРОМУ).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z238" w:id="228"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z238" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Программа мониторинга и изучения операций клиентов включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z239" w:id="229"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z239" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) перечень признаков необычных и подозрительных операций, составляемый на основе Признаков определения подозрительной операций, утвержденных уполномоченным органом по финансовому мониторингу в соответствии с пунктом 2 статьи 10 Закона о ПОД/ФТ, а также разработанных организацией самостоятельно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z240" w:id="230"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z240" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) процедуру выявления операции клиента, имеющей характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма, утвержденным уполномоченным органом по финансовому мониторингу в соответствии с пунктом 5 статьи 4 Закона о ПОД/ФТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z241" w:id="231"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z241" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) распределение обязанностей между работниками организации по обновлению ранее полученных и (или) получению дополнительных сведений о клиенте (его представителе) и бенефициарном собственнике в случаях, предусмотренных Требованиями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z242" w:id="232"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z242" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) распределение обязанностей между работниками организации по выявлению и передаче между работниками сведений о пороговых, необычных и подозрительных операциях, а также операциях, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z243" w:id="233"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z243" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) описание механизма взаимодействия подразделений при выявлении пороговых, необычных и подозрительных операций, а также операций, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z244" w:id="234"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z244" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) процедуру, основания и срок принятия ответственным работником решения о квалификации операции клиента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z245" w:id="235"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z245" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) процедуру взаимодействия работников по принятию решения об отказе в проведении операции клиента (за исключением отказа в связи с нахождением клиента, бенефициарного собственника в Перечне ФТ и Перечне ФРОМУ), а также о прекращении деловых отношений с клиентом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z246" w:id="236"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z246" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) процедуру взаимодействия подразделений (работников) организации по выявлению клиентов и бенефициарных собственников, находящихся в Перечне ФТ и Перечне ФРОМУ, а также по незамедлительному замораживанию операций с деньгами и (или) иным имуществом таких клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z247" w:id="237"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z247" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) процедуру фиксирования (в том числе способы фиксирования) и хранения сведений о результатах изучения необычных операций, а также сведений о пороговых и подозрительных операциях (в том числе суммы операции, валюты операции) и операциях, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z248" w:id="238"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z248" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) процедуру представления в уполномоченный орган по финансовому мониторингу сообщений о пороговых и подозрительных операциях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z249" w:id="239"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z249" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) процедуру информирования (при необходимости) уполномоченных органов и должностных лиц организации о выявлении пороговой и подозрительной операции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z250" w:id="240"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z250" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) процедуру принятия и описание мер, принимаемых в отношении клиента и его операций в случае осуществления клиентом систематически и (или) в значительных объемах необычных и (или) подозрительных операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z251" w:id="241"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z251" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) дополнительные меры (при наличии) по мониторингу и изучению операций клиентов, включенные в программу организацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z252" w:id="242"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z252" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. При возникновении сомнений в части правомерности квалификации операции в качестве пороговой, а также при выявлении необычной или подозрительной операции и операции, имеющей характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма, работник организации, выявивший указанную операцию, направляет сообщение о такой операции ответственному работнику (в подразделение по ПОД/ФТ) в порядке, в форме и в сроки, установленные внутренними документами организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z253" w:id="243"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z253" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о нескольких операциях направляется как в одном сообщении или несколькими сообщениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z254" w:id="244"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z254" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сообщения об операциях, указанные в части первой настоящего пункта, а также результаты их изучения, хранятся организацией не менее пяти лет со дня прекращения деловых отношений с клиентом либо совершения разовой операции (сделки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z255" w:id="245"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z255" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. В соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона о ПОД/ФТ все операции клиента подлежат изучению:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z256" w:id="246"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z256" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 4 Закона о ПОД/ФТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z257" w:id="247"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z257" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       если они имеют характеристики признаков подозрительной операции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z258" w:id="248"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z258" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Операции клиента признаются подозрительными в случае, если по результатам изучения операций, указанных в части первой настоящего пункта, у организации имеются основания полагать, что операции клиента связаны с легализацией отмывания доходов и финансирования терроризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z259" w:id="249"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z259" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о признании (непризнании) операции клиента в качестве подозрительной операции организацией принимается самостоятельно на основании имеющейся в ее распоряжении информации и документов, характеризующих статус и деятельность клиента (его представителя) и бенефициарного собственника, осуществляющего операцию, а также информации о финансово-хозяйственной деятельности, финансовом положении и деловой репутации клиента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z260" w:id="250"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z260" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разница между временем совершения операции и временем признания такой операции подозрительной, не превышает промежуток времени, определяющий частоту изучения операции клиента в соответствии с правилами внутреннего контроля организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z261" w:id="251"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z261" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Организация представляет в уполномоченный орган по финансовому мониторингу сообщения о совершении подозрительной операции с деньгами и (или) иным имуществом, не позднее рабочего дня, следующего за днем принятия организацией соответствующего решения (совершения действия) электронным способом посредством электронного взаимодействия организации с уполномоченным органом по финансовому мониторингу на его платформе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z262" w:id="252"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z262" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сообщения о совершенных операциях с деньгами и (или) иным имуществом, которые не были признаны подозрительными до их проведения, представляются организацией в уполномоченный орган не позднее двадцати четырех часов после признания операции подозрительной. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z263" w:id="253"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z263" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Программа подготовки и обучения субъектов финансового мониторинга в сфере ПОД/ФТ/ФРОМУ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z264" w:id="254"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z264" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Целью Программы подготовки и обучения работников в сфере ПОД/ФТ/ФРОМУ (далее – Программа обучения) является получение работниками организации знаний и формирование навыков, необходимых для исполнения ими требований законодательства в сфере ПОД/ФТ/ФРОМУ, а также правил внутреннего контроля и иных внутренних документов субъекта в сфере ПОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z265" w:id="255"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z265" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Программа подготовки и обучения работников в сфере ПОД/ФТ/ФРОМУ включает, но не ограничивается:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z266" w:id="256"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z266" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) порядок непрерывного обучения работников, включающий в себя тематику обучения, методы, сроки проведения и подразделение (лицо), ответственное за проведение обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z267" w:id="257"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z267" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перечень подразделений (работников) организации, работники которых проходят обучение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z268" w:id="258"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z268" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) порядок и формы хранения результатов обучения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z269" w:id="259"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z269" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) порядок и формы проверки знаний работников по вопросам ПОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z270" w:id="260"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z270" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Программа обучения разрабатывается в соответствии с требованиями по подготовке и обучению работников субъектов, утверждаемыми уполномоченным органом по финансовому мониторингу в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона о ПОД/ФТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6411,68 +8995,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оружия массового уничтожения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для платежных организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z272" w:id="261"/>
+    <w:bookmarkStart w:name="z272" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к содержанию досье клиента - физического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13086,186 +15670,186 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z273" w:id="262"/>
+    <w:bookmarkStart w:name="z273" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснения к Требованиям к содержанию досье клиента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z274" w:id="263"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z274" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Перечень документов, удостоверяющих личность, на основании которых могут совершаться гражданско-правовые сделки для граждан Республики Казахстан, иностранцев и лиц без гражданства определяется в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О документах, удостоверяющих личность".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z275" w:id="264"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z275" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Проверка достоверности представленных сведений осуществляется путем сверки с данными оригиналов или нотариально удостоверенных копий соответствующих документов, представленных клиентом (его представителем), сверки с данными из доступных источников (базами данных), проверки сведений другими способами, включая выезд по адресу. В рамках проверки достоверности сведений, необходимых для идентификации личности, также проводится визуальное сличение фотографии, размещенной на документе, удостоверяющем личность, с клиентом (представителем клиента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z276" w:id="265"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z276" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Условные обозначения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z277" w:id="266"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z277" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ✓ – необходимость фиксирования соответствующих сведений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z278" w:id="267"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z278" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ✓✓ – необходимость фиксирования соответствующих сведений и проверки их достоверности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13422,68 +16006,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оружия массового уничтожения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>для платежных организаций</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="268"/>
+    <w:bookmarkStart w:name="z280" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Требования к содержанию досье клиента - юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="334"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -24522,262 +27106,262 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ✓</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z281" w:id="269"/>
+    <w:bookmarkStart w:name="z281" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснения к Требованиям к содержанию досье клиента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z282" w:id="270"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z282" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Перечень документов, удостоверяющих личность, на основании которых могут совершаться гражданско-правовые сделки для граждан Республики Казахстан, иностранцев и лиц без гражданства определяется в соответствии с требованиями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О документах, удостоверяющих личность".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z283" w:id="271"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z283" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Проверка достоверности представленных сведений осуществляется путем сверки с данными оригиналов или нотариально удостоверенных копий соответствующих документов, представленных клиентом (его представителем), сверки с данными из доступных источников (базами данных), проверки сведений другими способами, включая выезд по адресу. В рамках проверки достоверности сведений по идентификации личности также проводится визуальное сличение фотографии, размещенной на документе, удостоверяющем личность, с клиентом (представителем клиента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z284" w:id="272"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z284" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения, относящиеся к регистрации и наличию лицензии, устанавливаются также отношении международной организации, если договорами об учреждении такой международной организации и (или) об условиях ее пребывания на территории государства (государств) не предусмотрено осуществление их деятельности соответственно без регистрации и (или) лицензии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z285" w:id="273"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z285" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Условные обозначения: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z286" w:id="274"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z286" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ✓ – необходимость фиксирования соответствующих сведений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z287" w:id="275"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z287" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ✓✓ – необходимость фиксирования соответствующих сведений и проверки их достоверности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -25103,31 +27687,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>