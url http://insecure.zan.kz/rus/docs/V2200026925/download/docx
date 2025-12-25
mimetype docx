--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="75a47e5" w14:textId="75a47e5">
+    <w:p w14:paraId="dbec63a" w14:textId="dbec63a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,150 +76,322 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил проведения оценки рисков легализации (отмывания) доходов и финансирования терроризма</w:t>
+        <w:t>Об утверждении Правил проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Председателя Агентства Республики Казахстан по финансовому мониторингу от 23 февраля 2022 года № 14. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 февраля 2022 года № 26925.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приказа – в редакции приказа Председателя Агентства РК по финансовому мониторингу от 01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 11-1 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма", ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 11-1 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Председателя Агентства РК по финансовому мониторингу от 01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> проведения оценки рисков легализации (отмывания) доходов и финансирования терроризма.</w:t>
+        <w:t xml:space="preserve"> проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Председателя Агентства РК по финансовому мониторингу от 01.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту финансового мониторинга Агентства Республики Казахстан по финансовому мониторингу в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1300,1029 +1472,1031 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 февраля 2022 года № 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила проведения оценки рисков легализации (отмывания) доходов и финансирования терроризма</w:t>
+        <w:t xml:space="preserve"> Правила проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила в редакции Приказ Председателя Агентства РК по финансовому мониторингу от 27.06.2024 </w:t>
+      Сноска. Правила - в редакции приказа Председателя Агентства РК по финансовому мониторингу от 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 3</w:t>
+        <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z151" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила проведения оценки рисков легализации (отмывания) доходов и финансирования терроризма (далее – Правила) разработаны в соответствии с </w:t>
+      1. Настоящие Правила проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 11-1 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон), определяют порядок проведения оценки рисков легализации (отмывания) доходов и финансирования терроризма.</w:t>
+        <w:t xml:space="preserve"> статьи 11-1 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон), определяют порядок проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. В настоящих Правилах  используются следующие понятия:</w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) рабочая группа – группа, состоящая из числа участников оценки рисков легализации (отмывания) доходов и финансирования терроризма, за исключением субъектов финансового мониторинга;</w:t>
+      1) рабочая группа – группа, состоящая из числа участников национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, за исключением субъектов финансового мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) оценка рисков легализации (отмывания) доходов и финансирования терроризма – определение уровней рисков способом анализа собранных данных для оценки рисков легализации (отмывания) доходов и финансирования терроризма;</w:t>
+      2) риски легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения – нанесение ущерба финансовой системе и экономике страны, путем совершения финансовых операций (сделок) в целях легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, в связи с реализацией угроз и (или) наличием уязвимостей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) риски легализации (отмывания) доходов и финансирования терроризма – нанесение ущерба финансовой системе и экономике страны, путем совершения финансовых операций (сделок) в целях легализации (отмывания) доходов и финансирования терроризма, в связи с реализацией угроз и (или) наличием уязвимостей;</w:t>
+      3) структурирование рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения – группирование и суммирование собранных данных для национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, для их последующего анализа;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) структурирование рисков легализации (отмывания) доходов и финансирования терроризма – группирование и суммирование собранных данных для оценки рисков легализации (отмывания) доходов и финансирования терроризма для их последующего анализа;</w:t>
-[...19 lines deleted...]
-      5) ранжирование рисков легализации (отмывания) доходов и финансирования терроризма – процедура установления относительной значимости (предпочтительности) собранных данных для оценки рисков легализации (отмывания) доходов и финансирования терроризма;</w:t>
+      4) ранжирование рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения – процедура установления относительной значимости (предпочтительности) собранных данных для национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6) субъекты финансового мониторинга – субъекты финансового мониторинга, указанные в </w:t>
+      5) субъекты финансового мониторинга – субъекты финансового мониторинга, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 3 Закона;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) угроза – деяние, лицо или группа лиц, объект, деятельность, которые потенциально наносят вред государству, обществу, экономике. В контексте легализации (отмывания) доходов и финансирования терроризма это понятие включает преступления, преступников, организованные преступные группы, террористические группы и поддерживающие их лица, их денежные средства, а также их деятельность по легализации (отмывания) доходов и финансирования терроризма;</w:t>
+      6) угроза – деяние, лицо или группа лиц, объект, деятельность, которые потенциально наносят вред государству, обществу, экономике. В контексте легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения это понятие включает преступления, преступников, организованные преступные группы, террористические группы и поддерживающие их лица, их денежные средства, а также их деятельность, связанную с легализацией (отмыванием) доходов, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8) государственные органы – государственные органы, которые осуществляют контроль за исполнением субъектами финансового мониторинга законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов и финансированию терроризма, в соответствии со </w:t>
+      7) государственные органы – государственные органы, которые осуществляют контроль за исполнением субъектами финансового мониторинга законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, а также с которыми взаимодействует уполномоченный орган, в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) уязвимость – область, в которой угроза реализовывается либо то, что содействует или способствует еҰ реализации. Включает характеристики и особенности конкретного сектора, финансового продукта или вида услуг, которые делают их привлекательными для целей легализации (отмывания) доходов и финансирования терроризма;</w:t>
+      8) уязвимость – область, в которой угроза реализовывается либо то, что содействует или способствует ее реализации. Включает характеристики и особенности конкретного сектора, финансового продукта или вида услуг, которые делают их привлекательными для целей легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) последствия - означают влияние или вред, который оказан или причинен рисками легализации (отмывания) доходов и финансирования терроризма, и включает влияние, связанной с этой преступной или террористической деятельностью на финансовые системы и учреждения, а также на всю экономику в целом;</w:t>
+      9) последствия – означают влияние или вред, который оказан или причинен рисками легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, и включает влияние, связанной с этой преступной или террористической деятельностью на финансовые системы и учреждения, а также на всю экономику в целом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) уполномоченный орган – государственный орган, осуществляющий финансовый мониторинг и принимающий иные меры по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма, и финансированию распространения оружия массового уничтожения в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Участники национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z45" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) уполномоченный орган – государственный орган, осуществляющий финансовый мониторинг и принимающий иные меры по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма, финансированию распространения оружия массового уничтожения в соответствии с Законом.</w:t>
-[...37 lines deleted...]
-      3. Проведение комплексной, всесторонней оценки рисков легализации (отмывания) доходов и финансирования терроризма подразумевает участия в ней всех государственных органов и организаций, входящих в национальную систему противодействия легализации (отмывания) доходов и финансирования терроризма:</w:t>
+      3. Проведение комплексной, всесторонней национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения подразумевает участия в ней всех государственных органов и организаций, входящих в национальную систему противодействия легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уполномоченный орган, в частности структурные подразделения в сфере отмывания доходов, поиска и возврата преступных активов, в сфере финансирования терроризма, наркобизнеса и распространения оружия массового уничтожения, антикоррупционного финансового мониторинга, оперативного анализа, превенции и аналитических разработок, следственного и оперативного департаментов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Агентство Республики Казахстан по противодействию коррупции, Министерство внутренних дел Республики Казахстан;</w:t>
+      2) Министерство внутренних дел Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Комитет национальной безопасности Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Комитет государственных доходов Министерства финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) государственные органы;</w:t>
+        <w:t xml:space="preserve">
+      5) государственные органы; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) субъекты финансового мониторинга;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) государственный орган, осуществляющий анализ и мониторинг деятельности некоммерческих организаций на предмет выявления рисков финансирования терроризма.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Цель и задачи оценки рисков легализации (отмывания) доходов и финансирования терроризма</w:t>
+        <w:t xml:space="preserve"> Глава 3. Цель и задачи национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Целью оценки рисков является определение угроз и уязвимостей легализации (отмывания) доходов и финансирования терроризма в Республике Казахстан, выявления недостатков реализации мер по противодействию легализации (отмывания) доходов и финансирования терроризма.</w:t>
+      4. Целью национальной оценки рисков является определение угроз и уязвимостей легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения в Республике Казахстан, выявление недостатков реализации мер по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Основными задачами оценки рисков являются получение понимания на страновом уровне о следующем:</w:t>
+      5. Основными задачами национальной оценки рисков являются получение понимания на страновом уровне о следующем:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) об угрозах легализации (отмывания) доходов и финансирования терроризма (путем выявления актуальных угроз);</w:t>
+      1) об угрозах легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения (путем выявления актуальных угроз);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об основных методах, используемых для осуществления преступной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о продуктах и услугах (и способах их предоставления), подверженных риску и потенциально используемых в соответствующей преступной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) о требуемых мерах и приоритетного порядка их реализации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок проведения оценки легализации (отмывания) доходов и финансирования терроризма</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Оценка рисков легализации (отмывания) доходов и финансирования терроризма длится до 12 (двенадцать) месяцев.</w:t>
+      6. Национальная оценка рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения длится до 12 (двенадцать) месяцев.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Последующие оценки рисков легализации (отмывания) доходов и финансирования терроризма проводятся по истечении 36 (тридцать шесть) месяцев со дня начала предыдущей оценки рисков.</w:t>
+      Последующие национальные оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения проводятся по истечении 36 (тридцать шесть) месяцев со дня начала предыдущей национальной оценки рисков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. В целях оценки рисков легализации (отмывания) доходов и финансирования терроризма уполномоченным органом создается рабочая группа по оценке рисков легализации (отмывания) доходов и финансирования терроризма.</w:t>
+      7. В целях проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения уполномоченным органом создается рабочая группа по проведению национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган запрашивает у участников оценки рисков легализации (отмывания) доходов и финансирования терроризма, за исключением субъектов финансового мониторинга, предложения по кандидатурам для включения в рабочую группу.</w:t>
+      Уполномоченный орган запрашивает у участников национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, за исключением субъектов финансового мониторинга, предложения по кандидатурам для включения в рабочую группу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. На основании представленных предложений уполномоченный орган утверждает состав рабочей группы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заседания рабочей группы проводятся не реже одного раза в квартал.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Уполномоченный орган координирует работу по проведению оценки рисков в сфере легализации (отмывания) доходов и финансирования терроризма.</w:t>
+      10. Уполномоченный орган координирует работу по проведению национальной оценки рисков в сфере легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Оценка рисков легализации (отмывания) доходов и финансирования терроризма включает три этапа:</w:t>
+      11. Национальная оценка рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения включает три этапа:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сбор данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) обработка и анализ данных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. Государственные органы, в случае наличия информации, ежегодно не позднее 1 квартала, следующего за отчетным периодом, предоставляют в уполномоченный орган, данные для оценки рисков в разрезе каждого регулируемого сектора, в соответствии с </w:t>
+      3) оценка рисков. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Государственные органы, в случае наличия информации, ежегодно не позднее 1 квартала, следующего за отчетным периодом, предоставляют в уполномоченный орган данные для национальной оценки рисков в разрезе каждого регулируемого сектора, в соответствии с приложениями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложениями 1</w:t>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2358,108 +2532,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">9 </w:t>
+        <w:t>9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к данным Правилам, путем размещения в личных кабинетах государственных органов на платформе уполномоченного органа.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
+      Данные направляются в уполномоченный орган в электронном формате по специально выделенным каналам связи. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Приложение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приложение 3</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2515,63 +2692,64 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">10 </w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заполняется уполномоченным органом, на основании сведений, имеющихся в доступе уполномоченного органа, на основе статистических сведений базы данных Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам заполняется уполномоченным органом, на основании сведений, имеющихся в доступе уполномоченного органа, на основе статистических сведений базы данных Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2581,51 +2759,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заполняется Национальным Банком Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам заполняется Национальным Банком Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2637,1187 +2815,1169 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заполняется Министерством юстиции Республики Казахстан, Комитетом государственных доходов Министерства финансов Республики Казахстан.</w:t>
+        <w:t xml:space="preserve"> к настоящим Правилам заполняется Министерством юстиции Республики Казахстан, Комитетом государственных доходов Министерства финансов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Закона.</w:t>
+        <w:t>
+      Предоставление данных в уполномоченный орган осуществляется в соответствии со статьей 18 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z78" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сведения по правоохранительным, специальным государственным и судебным органам формируются на основе статистических сведений базы данных Комитета по правовой статистике и специальным учетам Генеральной прокуратуры Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z79" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 5. Порядок обработки и анализа данных для оценки рисков легализации (отмывания) доходов и финансирования терроризма</w:t>
+        <w:t xml:space="preserve"> Глава 5. Порядок обработки и анализа данных для национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z80" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Уполномоченный орган в течение 30 (тридцать) рабочих дней со дня получения всех данных проводит обработку собранных данных для оценки рисков легализации (отмывания) доходов и финансирования терроризма путем:</w:t>
+      14. Уполномоченный орган в течение 30 (тридцать) рабочих дней со дня получения всех данных проводит обработку собранных данных для национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения путем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z81" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сравнения собранных данных на предмет соответствия и полноты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z82" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) структурирования собранных данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z83" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ранжирования собранных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z84" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Уполномоченный орган после обработки данных осуществляет их анализ, который длится от 3 (три) до 5 (пять) месяцев, при проведении которого выявляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z85" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) источник риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z86" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) характер риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z87" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) вероятность появления риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z88" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) последствия риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z89" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. По итогам анализа собранных данных уполномоченный орган формирует отчет, который содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z90" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) описание характера, источника, вероятности и последствий рисков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z91" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) итоги анализа собранных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z92" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 6. Порядок оценки рисков легализации (отмывания) доходов и финансирования терроризма</w:t>
+        <w:t xml:space="preserve"> Глава 6. Порядок проведения национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z93" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Рабочая группа со дня получения отчета в течение от 3 (трех) до 5 (пяти) месяцев рассматривает отчет и присваивает угрозам, уязвимостям и рискам один из следующих уровней:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z94" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) "высокий" – имеются факты многократного совершения противоправного деяния в сфере легализации (отмывания) доходов и финансирования терроризма. Преступники имеют навыки (технические, финансовые и тому подобные) для совершения противоправных деяний;</w:t>
+      1) "высокий" – имеются факты многократного совершения противоправного деяния в сфере легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения. Преступники имеют навыки (технические, финансовые и тому подобные) для совершения противоправных деяний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z95" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) "средний" – имеются факты, указывающие на попытки совершить или на совершение противоправного деяния в сфере легализации (отмывания) доходов и финансирования терроризма. Совершение противоправного деяния затруднительно с точки зрения раскрываемости и/или наказуемости преступлений. Имеются факты, указывающие на наличие навыков (технических, финансовых и тому подобных) для совершения преступниками противоправных деяний;</w:t>
+      2) "средний" – имеются факты, указывающие на попытки совершить или на совершение противоправного деяния в сфере легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения. Совершение противоправного деяния затруднительно с точки зрения раскрываемости и/или наказуемости преступлений. Имеются факты, указывающие на наличие навыков (технических, финансовых и тому подобных) для совершения преступниками противоправных деяний;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) "низкий" – отсутствуют факты, указывающие на намерения преступников совершить деяния, связанные с легализации (отмывания) доходов и финансирования терроризма. Отсутствуют факты, указывающие на наличие навыков (технических, финансовых и тому подобных) для совершения преступниками противоправных деяний.</w:t>
+      3) "низкий" – отсутствуют факты, указывающие на намерения преступников совершить деяния, связанные с легализацией (отмыванием) доходов, полученных преступным путем, финансированием терроризма и финансированием распространения оружия массового уничтожения. Отсутствуют факты, указывающие на наличие навыков (технических, финансовых и тому подобных) для совершения преступниками противоправных деяний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Рабочая группа по итогам рассмотрения и присвоения соответствующих уровней риска формирует итоговый отчет об оценке рисков легализации (отмывания) доходов и финансирования терроризма (далее – итоговый отчет), который содержит:</w:t>
+      18. Рабочая группа по итогам рассмотрения и присвоения соответствующих уровней риска формирует итоговый отчет о национальной оценке рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения (далее – итоговый отчет), который содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) описание оценки рисков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выводы по оценке рисков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключения о принятии мер, направленных на снижение рисков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z94" w:id="83"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При выявлении угроз рабочая группа учитывает следующие критерии, но не ограничивается ими:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z102" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) виды совершаемых предикатных преступлений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z103" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) характер и масштаб соответствующей преступной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z97" w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z104" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сумма преступного дохода от преступной деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z105" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) трансграничные потоки преступных доходов из Республики Казахстан и в Республику Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z106" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сумме доходов от преступлений, совершаемых за рубежом, и легализуемых в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z107" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      6) характер и масштаб террористической деятельности в Республике Казахстан.</w:t>
+        <w:t xml:space="preserve">
+      6) характер и масштаб террористической деятельности в Республике Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z101" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z108" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При выявлении уязвимостей, особое внимание обращается на:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z102" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z109" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие преобладающих секторов и продуктов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z103" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z110" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие продуктов/услуг, способствующих проведению ускоренных или анонимных операций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z104" w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z111" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) широкое распространение операций с наличными деньгами и трансграничных переводов денежных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z105" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z112" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) онлайн обслуживание;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z113" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) виды клиентов (юридические лица, физические лица);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z114" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) характер деловых отношений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z108" w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z115" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) наличие клиентов, представляющих повышенный риск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z109" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z116" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) клиентская база в высокорисковых географических регионах (государства и территории, не выполняющие рекомендации Группы разработки финансовых мер борьбы с отмыванием денег, офшорные зоны, государства зоны повышенной террористической активности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z110" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z117" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) наличие клиентов – нерезидентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z111" w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z118" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) наличие клиентов из регионов, вызывающих интерес (государства с высоким уровнем коррупции, терроризма);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z112" w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z119" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) осуществление надлежащей проверки клиентов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z113" w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z120" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) текущее положение мер по направлению сообщений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z114" w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z121" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) наличие мер внутреннего контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z115" w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z122" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) хранение данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z116" w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z123" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) регулирование вопросов, касающихся бенефициарного владения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z117" w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z124" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Рабочая группа в течение 10 (десять) рабочих дней со дня формирования итогового отчета передает его в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z125" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Уполномоченный орган в течение 10 (десять) рабочих дней со дня получения итогового отчета направляет его на согласование участникам оценки рисков легализации (отмывания) доходов и финансирования терроризма.</w:t>
+      22. Уполномоченный орган в течение 10 (десять) рабочих дней со дня получения итогового отчета направляет его на согласование участникам национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z119" w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z126" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Участники оценки рисков легализации (отмывания) доходов и финансирования терроризма направляют замечания и предложения либо сообщают об их отсутствии уполномоченному органу в течение 15 (пятнадцать) рабочих дней со дня получения итогового отчета.</w:t>
+      23. Участники национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения направляют замечания и предложения либо сообщают об их отсутствии уполномоченному органу в течение 15 (пятнадцать) рабочих дней со дня получения итогового отчета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z120" w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z127" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае представления участниками оценки рисков легализации (отмывания) доходов и финансирования терроризма замечаний и предложений к итоговому отчету, уполномоченный орган в течение 5 (пять) рабочих дней возвращает его в рабочую группу для дальнейшей доработки.</w:t>
+      В случае представления участниками национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения замечаний и предложений к итоговому отчету, уполномоченный орган в течение 5 (пять) рабочих дней возвращает его в рабочую группу для дальнейшей доработки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z121" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z128" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рабочая группа передает итоговый отчет с учетом замечаний и предложений в уполномоченный орган для дальнейшего направления участникам оценки рисков легализации (отмывания) доходов и финансирования терроризма в порядке, предусмотренные 22 и 23 пунктах Правил.</w:t>
+      Рабочая группа передает итоговый отчет с учетом замечаний и предложений в уполномоченный орган для дальнейшего направления участникам национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения в порядке, предусмотренном в 22 и 23 пунктах Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z122" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z129" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. В случае непредставления участниками оценки рисков легализации (отмывания) доходов и финансирования терроризма позиций в сроки, указанные в пункте 23 Правил, итоговые отчеты считаются согласованными.</w:t>
+      24. В случае непредставления участниками национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения позиций в сроки, указанные в пункте 23 Правил, итоговые отчеты считаются согласованными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z123" w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z130" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Уполномоченный орган выносит для рассмотрения и одобрения на заседании Межведомственного совета по вопросам предупреждения легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма (далее – Межведомственный совет), создаваемого уполномоченным органом, в соответствии с графиком заседаний Межведомственного совета согласованные с участниками оценки рисков легализации (отмывания) доходов и финансирования терроризма итоговый отчет.</w:t>
+      25. Уполномоченный орган выносит для рассмотрения и одобрения на заседании Межведомственного совета по вопросам предупреждения легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения (далее – Межведомственный совет), создаваемого уполномоченным органом, в соответствии с графиком заседаний Межведомственного совета согласованные с участниками национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения итоговый отчет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z124" w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z131" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Уполномоченный орган после одобрения Межведомственным советом в течение 30 (тридцать) рабочих дней размещает итоговую публичную версию отчета в открытой части официального Интернет-ресурса Агентства Республики Казахстан по финансовому мониторингу.</w:t>
+      26. Уполномоченный орган после одобрения Межведомственным советом в течение 30 (тридцать) рабочих дней размещает итоговую публичную версию отчета в открытой части официального интернет-ресурса уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z125" w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z132" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Итоговая закрытая версия отчета направляется участниками оценки рисков легализации (отмывания) доходов и финансирования терроризма, а также размещается в личных кабинетах субъектов финансового мониторинга на платформе уполномоченного органа.</w:t>
+      Итоговая закрытая версия отчета направляется участникам национальной оценки рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения, а также размещается в личных кабинетах субъектов финансового мониторинга на платформе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3864,973 +4024,690 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оценки рисков легализации</w:t>
+              <w:t>национальной оценки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(отмывания) доходов и</w:t>
+              <w:t>рисков легализации (отмывания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="115"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Нормативно-правовая база, регулирующая деятельность подконтрольных субъектов финансового мониторинга в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма</w:t>
-[...110 lines deleted...]
-Краткая фабула нормативного правового акта</w:t>
+Политика противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения государственного органа (наименование государственного органа) по регулируемому сектору (субъекту)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нормативно-правовая база, регулирующая деятельность подконтрольных субъектов финансового мониторинга в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...11 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+Количество принятых нормативных правовых актов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+Наименование нормативного правового акта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...215 lines deleted...]
-1.</w:t>
+Краткая фабула нормативного правового акта</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
@@ -4840,339 +4717,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
@@ -5182,339 +5059,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
@@ -5524,339 +5401,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
+2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
@@ -5866,339 +5743,339 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
+3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
@@ -6208,53 +6085,701 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-…</w:t>
-[...1 lines deleted...]
-          </w:p>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -6500,72 +7025,130 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание: В первых столбцах в каждом из разделов указываются действующие нормативные правовые акты. В последующих столбцах указываются новые принятые нормативные правовые акты, а также дополнения и изменения в действующие в отчетном периоде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="116"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6612,468 +7195,394 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оценки рисков легализации</w:t>
+              <w:t>национальной оценки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(отмывания) доходов и</w:t>
+              <w:t>рисков легализации (отмывания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="117"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Контрольно-надзорные функции</w:t>
-[...143 lines deleted...]
-202 __ год</w:t>
+Превентивные меры государственного органа (наименование государственного органа) по регулируемому сектору (субъекту)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...139 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Контрольно-надзорные функции</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____год</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -7082,51 +7591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Количество субъектов финансового мониторинга, подвергшихся надзорным мероприятиям в рамках законодательства Республики Казахстан, включая законодательство о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма</w:t>
+1. Количество субъектов финансового мониторинга, включенных в зарегистрированный (лицензированный) реестр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7232,51 +7741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выездные</w:t>
+2. Количество субъектов финансового мониторинга, подвергшихся надзорным мероприятиям в рамках законодательства Республики Казахстан, включая законодательство о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7381,52 +7890,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-дистанционные </w:t>
+              <w:t>
+выездные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7531,72 +8040,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Кодекса Республики Казахстан от 5 июля 2014 года № 235-V "Об административных правонарушениях"</w:t>
+              <w:t>
+дистанционные</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7702,71 +8191,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4. Наложено штрафов по </w:t>
+3. Количество выявленных нарушений по </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статье 214</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Кодекса Республики Казахстан от 5 июля 2014 года № 235-V "Об административных правонарушениях" (тысяч тенге)</w:t>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7872,71 +8361,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5. Взыскано штрафов по </w:t>
+4. Наложено штрафов по </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статье 214</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Кодекса Республики Казахстан от 5 июля 2014 года № 235-V "Об административных правонарушениях" (тысяч тенге)</w:t>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях" (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8041,52 +8530,72 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-6. Количество вынесенных предупреждений/письменных предписаний</w:t>
+              <w:t xml:space="preserve">
+5. Взыскано штрафов по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 214</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях" (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8192,51 +8701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7. Количество выданных лицензий/разрешений</w:t>
+6. Количество вынесенных предупреждений/письменных предписаний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8341,72 +8850,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Кодекса Республики Казахстан от 5 июля 2014 года № 235-V "Об административных правонарушениях":</w:t>
+              <w:t>
+7. Количество выданных лицензий/разрешений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8511,52 +9000,72 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-типы нарушений:</w:t>
+              <w:t xml:space="preserve">
+8. Количество приостановленных лицензий-разрешений в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 214</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях":</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8661,72 +9170,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Кодекса Республики Казахстан от 5 июля 2014 года № 235-V "Об административных правонарушениях"</w:t>
+              <w:t>
+типы нарушений:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8831,50 +9320,220 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+9. Количество отказов/отзывов в выдаче лицензий/разрешений в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ст. 214</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 типы нарушений:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -8934,51 +9593,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="118"/>
+    <w:bookmarkStart w:name="z135" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: Данная форма заполняется отдельно по каждому регулируемому сектору.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
@@ -9044,77 +9703,142 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения оценки</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>рисков легализации (отмывания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доходов и финансирования терроризма</w:t>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
@@ -9135,51 +9859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Использование инструментов и услуг субъектов, регулируемых государственным органом (наименование государственного органа) в целях легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма</w:t>
+Использование инструментов и услуг субъектов, регулируемых государственным органом (наименование государственного органа) в целях легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9342,51 +10066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Угрозы отмывание доходов/ финансирование терроризма</w:t>
+Угрозы отмывания доходов/ финансирования терроризма/финансирования распространения оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9483,123 +10207,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -10369,61 +11093,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Номер единого реестра досудебных расследований, статьи </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Уголовного Кодекса</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан от 3 июля 2014 года № 226-V</w:t>
+              <w:t>Уголовного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10839,61 +11563,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Номер единого реестра досудебных расследований, статьи </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Уголовного Кодекса</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан от 3 июля 2014 года № 226-V</w:t>
+              <w:t>Уголовного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11448,52 +12172,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5. Типы клиентов, в отношении которых производился арест/выемка </w:t>
+              <w:t>
+5. Типы клиентов, в отношении которых производился арест/выемка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11700,71 +12424,258 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Примечание: Данная форма заполняется отдельно по каждому регулируемому сектору.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="119"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11811,455 +12722,394 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения оценки</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>рисков легализации (отмывания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доходов и финансирования терроризма</w:t>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="120"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
-[...107 lines deleted...]
-202 __ год</w:t>
+Полномочия, ответственность и иные институциональные меры государственного органа (наименование государственного органа) по регулируемому сектору (субъекту)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Взаимодействие с подразделением финансовой разведки </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Количество направленных сообщений:</w:t>
-[...96 lines deleted...]
-            </w:pPr>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12268,51 +13118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- о подозрительных операциях</w:t>
+1. Количество направленных сообщений:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12418,51 +13268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по направленным сообщениям в уполномоченный орган по финансовому мониторингу</w:t>
+- о подозрительных операциях/деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12568,51 +13418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- о пороговых операциях</w:t>
+Сумма по направленным сообщениям в уполномоченный орган по финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12718,51 +13568,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по направленным сообщениям в уполномоченный орган по финансовому мониторингу</w:t>
+- о пороговых операциях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12868,51 +13718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- о приостановленных подозрительных операциях</w:t>
+Сумма по направленным сообщениям в уполномоченный орган по финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13018,51 +13868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма по направленным сообщениям в уполномоченный орган по финансовому мониторингу</w:t>
+- о приостановленных подозрительных операциях</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13168,51 +14018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Тип клиента, по которым направлены сообщения в подразделение финансовой разведки</w:t>
+Сумма по направленным сообщениям в уполномоченный орган по финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13318,51 +14168,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- физическое лицо</w:t>
+2. Тип клиента, по которым направлены сообщения в подразделение финансовой разведки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13468,51 +14318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- юридическое лицо</w:t>
+- физическое лицо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13618,51 +14468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- национальное публичное должностное лицо</w:t>
+- юридическое лицо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13768,51 +14618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-- иностранное публичное должностное лицо</w:t>
+- национальное публичное должностное лицо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13875,118 +14725,94 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Взаимодействие с правоохранительными и специальными государственными органами</w:t>
-[...35 lines deleted...]
-3. Количество приостановленных подозрительных операций, использованных при возбуждении уголовных дел</w:t>
+- иностранное публичное должностное лицо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14049,114 +14875,118 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> Республики Казахстан от 3 июля 2014 года № 226-V</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Взаимодействие с правоохранительными и специальными государственными органами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Количество приостановленных подозрительных операций, использованных при возбуждении уголовных дел</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14261,50 +15091,220 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Номер единого реестра досудебных расследований, статьи </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уголовного</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -14364,70 +15364,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="121"/>
+    <w:bookmarkStart w:name="z138" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: Данная форма заполняется отдельно по каждому регулируемому сектору.</w:t>
+      Примечание: Данная форма заполняется по каждому регулируемому сектору.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14474,109 +15474,22774 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 5</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения оценки</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>рисков легализации (отмывания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доходов и финансирования терроризма</w:t>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="122"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международное сотрудничество государственного органа по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения по регулируемому сектору (наименование государственного органа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международное взаимодействие по имплементации опыта иностранного государства в национальную систему противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (наименование нормативного правового акта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество взаимодействий с иностранными организациями по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление Организации Объединенных Наций по наркотикам и преступности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Евразийская группа по противодействию легализации преступных доходов и финансированию терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация по безопасности и сотрудничеству в Европе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирный Банк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и другие…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество стран взаимодействия с государственным органом </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соединенные Штаты Америки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Китайская Народная Республика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Российская Федерация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и другие…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Описание нормативного правового акта по взаимодействию в рамках противодействия легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z140" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: Данная форма заполняется отдельно по каждому регулируемому сектору.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисков легализации (отмывания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Целевые финансовые санкции субъектов, регулируемых государственным органом (наименование государственного органа) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество приостановленных операций, связанных с финансированием терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество приостановленных операций, связанных с финансированием распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество приостановленных операций по заработной плате лиц, включенных в Перечень организаций и лиц, связанных с финансированием терроризма/ финансированием распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество отказов в проведении операций лиц, включенных в Перечень организаций и лиц, связанных с финансированием терроризма/ финансированием распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество проведенных операций по социальным выплатам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма по проведенным операциям по социальным выплатам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество проведенных операций по заработной плате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма выплаты по проведенным операциям по заработной плате</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Примечание: Данные по социальным выплатам и заработной плате используются для лиц, находящихся в Перечне организаций и лиц, связанных с финансированием терроризма/финансированием распространения оружия массового уничтожения. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 7</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисков легализации (отмывания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z143" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Международное сотрудничество государственного органа по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма по регулируемому сектору </w:t>
+        <w:t xml:space="preserve"> Для правоохранительных и специальных государственных органов сведения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>наименование государственного органа)</w:t>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>статье 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(отмыванию) доходов, полученных преступным путем, финансированию терроризма</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>и финансированию распространения оружия массового уничтожения"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(наименование правоохранительного органа и специального государственного органа)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="820"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по отмывания денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по финансированию терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по финансированию распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+___ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество направленных санкционированных запросов в уполномоченный орган по финансовому мониторингу, связанных с отмыванием денег по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункту 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество направленных санкционированных запросов в уполномоченный орган по финансовому мониторингу, связанных с финансированием терроризма по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункту 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество направленных санкционированных запросов в уполномоченный орган по финансовому мониторингу, связанных с финансированием распространения оружия массового уничтожения по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункту 3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество направленных информирований в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" в уполномоченный орган по финансовому мониторингу, связанных с отмыванием денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество направленных информирований в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" в уполномоченный орган по финансовому мониторингу, связанных с финансированием терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество направленных информирований в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" в уполномоченный орган по финансовому мониторингу, связанных с финансированием распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество полученных инициативных материалов от уполномоченного органа в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения", связанных с отмыванием денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество полученных инициативных материалов от уполномоченного органа в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения", связанных с финансированием терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество полученных инициативных материалов от уполномоченного органа в рамках </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьи 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения", связанных с финансированием распространения оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество возбужденных дел по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 218</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество возбужденных дел по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 258</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе по инициативным материалам финансовой разведки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе по инициативным материалам финансовой разведки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма конфискованного имущества в рамках досудебного производства, связанных с отмыванием денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма конфискованного имущества в рамках досудебного производства, связанных с финансированием терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе по инициативным материалам финансовой разведки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе по инициативным материалам финансовой разведки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="820" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисков легализации (отмывания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Для судебных органов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по отмыванию денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество рассмотренных в суде дел по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьям 218</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>218-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе как дополнительная статья к основной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество вынесенных решений о конфискации по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 218</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан (общая сумма, тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+активов, на сумму (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+имущества, на сумму (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество осужденных лиц по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 218</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан на сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+до 3-х лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 3-х до 5 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 5-х до 7 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+свыше семи лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по финансированию терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество рассмотренных в суде дел по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 258</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе как дополнительная статья к основной</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество вынесенных решений о конфискации по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 258</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан (общая сумма, тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+активов, на сумму (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+имущества, на сумму (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Количество осужденных лиц по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 258</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Уголовного Кодекса Республики Казахстан на сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 5 до 7 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+от 7-х до 12 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+свыше 12 лет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисков легализации (отмывания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по повышению квалификации работников регулируемого сектора (субъекта) государственным органом (наименование государственного органа)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество проведенных обучающих семинаров, тренингов и других мероприятий по повышению квалификации сотрудников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе на Национальной площадке совместно с:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Агентством Республики Казахстан по финансовому мониторингу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+АО "Академией финансового мониторинга "AML Academy"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Академией правоохранительных органов при Генеральной прокуратуре Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международным финансовым центром "Астана"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1.5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и другие…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе с привлечением иностранных доноров:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация по безопасности и сотрудничеству в Европе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Управление Организации Объединенных Наций по наркотикам и преступности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всемирного Банка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+количество обученных сотрудников сектора (субъекта)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+и другие…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисков легализации (отмывания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Для подразделения финансовой разведки </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информация по уголовным делам и судебным решениям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид преступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отмывание денег</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+финансирование терроризма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+финансирование оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+предикатное преступление: уточнить какое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фигуранты дела/запроса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+физическое лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юридическое лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резидентство фигуранта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+резидент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нерезидент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Субъекты финансового мониторинга, фигурировавшие в делах/запросах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+физическое лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юридическое лицо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резидентство фигурировавших субъектов финансового мониторинга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+резидент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нерезидент</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги и продукты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма ущерба/дохода (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Преступный доход (тысяч тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 11</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам проведения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рисков легализации (отмывания)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z148" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для оценки рисков трансграничного передвижения денег</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
@@ -14621,912 +38286,1014 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
-[...35 lines deleted...]
-202 __ год</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Международное взаимодействие по имплементации опыта иностранного государства в национальную систему противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма (наименование нормативного правового акта)</w:t>
-[...108 lines deleted...]
-            </w:r>
+Количество операций по переводу денег за рубеж, из них:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...21 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...72 lines deleted...]
-            </w:r>
+- юридическими лицами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...21 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...72 lines deleted...]
-            </w:r>
+- физическими лицами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...21 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...72 lines deleted...]
-            </w:r>
+- юридическими лицами-нерезидентами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...21 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-…</w:t>
-[...72 lines deleted...]
-            </w:r>
+- физическими лицами-нерезидентами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -15558,51 +39325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество взаимодействий с иностранными организациями по вопросам противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма</w:t>
+Количество операций по переводу денег из-за рубежа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15727,51 +39494,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Управление Организации Объединенных Наций по наркотикам и преступности</w:t>
+- юридическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15896,51 +39663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Евразийская группа по противодействию легализации преступных доходов и финансированию терроризма</w:t>
+- физическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16065,51 +39832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Организация по безопасности и сотрудничеству в Европе</w:t>
+- юридическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16234,51 +40001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всемирный Банк</w:t>
+- физическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16362,92 +40129,96 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-и другие…</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма операций по переводу денег за рубеж (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16531,96 +40302,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...35 lines deleted...]
-Количество стран взаимодействия с государственным органом </w:t>
+- юридическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16745,51 +40512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соединенные Штаты Америки</w:t>
+- физическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16914,51 +40681,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Китайская Народная Республика</w:t>
+- юридическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17083,51 +40850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Российская Федерация</w:t>
+- физическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17211,92 +40978,96 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-и другие…</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма операций по переводу денег из-за рубежа (тысяч тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17380,637 +41151,261 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...500 lines deleted...]
-            </w:r>
+- юридическими лицами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...35 lines deleted...]
-Количество приостановленных операций, связанных с финансированием терроризма</w:t>
+- физическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18135,51 +41530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество приостановленных операций, связанных с финансированием распространения оружия массового уничтожения</w:t>
+- юридическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18263,96 +41658,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...35 lines deleted...]
-Количество приостановленных операций по заработной плате лиц, включенных в Перечень организаций и лиц, связанных с финансированием терроризма/ финансированием распространения оружия массового уничтожения</w:t>
+- физическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18445,87 +41836,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество отказов в проведении операций лиц, включенных в Перечень организаций и лиц, связанных с финансированием терроризма/ финансированием распространения оружия массового уничтожения</w:t>
+Страны, куда осуществлялось наибольшее количество денежных переводов (указать 10 стран)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18609,96 +42000,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...35 lines deleted...]
-Количество проведенных операций по социальным выплатам</w:t>
+- юридическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18782,96 +42169,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...35 lines deleted...]
-Сумма по проведенным операциям по социальным выплатам</w:t>
+- физическими лицами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18955,96 +42338,92 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...35 lines deleted...]
-Количество проведенных операций по заработной плате</w:t>
+- юридическими лицами-нерезидентами;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19128,2098 +42507,1011 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...537 lines deleted...]
-            </w:r>
+- физическими лицами-нерезидентами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...157 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-            </w:r>
+Страны, откуда осуществлялось наибольшее количество денежных переводов (указать 10 стран)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...188 lines deleted...]
-            </w:r>
+- юридическими лицами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...188 lines deleted...]
-            </w:r>
+- физическими лицами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...188 lines deleted...]
-            </w:r>
+- юридическими лицами-нерезидентами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в том числе по инициативным материалам финансовой разведки</w:t>
-[...511 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+- физическими лицами-нерезидентами;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -21284,24730 +43576,6633 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t>Приложение 12</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к правилам проведения оценки</w:t>
+              <w:t>к Правилам проведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>национальной оценки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>рисков легализации (отмывания)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доходов и финансирования терроризма</w:t>
+              <w:t>доходов, полученных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>преступным путем,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансирования терроризма</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и финансирования распространения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оружия массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="127"/>
+    <w:bookmarkStart w:name="z150" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Для судебных органов</w:t>
+        <w:t xml:space="preserve"> Для оценки рисков юридических лиц и образований</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация по отмыванию денег</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+____ год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-202 __ год</w:t>
-[...35 lines deleted...]
-202 __ год</w:t>
+____ год</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...119 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество зарегистрированных субъектов хозяйствования:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в том числе как дополнительная статья к основной</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- юридические лица;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...125 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- индивидуальные предприниматели;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-активов, на сумму (тысяч тенге)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- юридические лица-нерезиденты;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-имущества, на сумму (тысяч тенге)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество зарегистрированных коммерческих организаций, из них:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...125 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- товарищество с ограниченной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-до 3-х лет</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- товарищество с дополнительной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 3-х до 5 лет</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- производственный кооператив</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 5-х до 7 лет</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- полное товарищество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-свыше семи лет</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- коммандитное товарищество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- акционерное общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...117 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...125 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- филиал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в том числе как дополнительная статья к основной</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- представительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...125 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-активов, на сумму (тысяч тенге)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество юридических лиц, признанных бездействующими, из них:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-имущества, на сумму (тысяч тенге)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- товарищество с ограниченной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...125 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- товарищество с дополнительной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 5 до 7 лет</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- производственный кооператив</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-от 7-х до 12 лет</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- полное товарищество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-свыше 12 лет</w:t>
-[...457 lines deleted...]
-            </w:r>
+- коммандитное товарищество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- акционерное общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- филиал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1.1.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- представительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-количество обученных сотрудников сектора (субъекта)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1.2.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Академией финансового мониторинга "AML Academy"</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+Количество ликвидированных юридических лиц, из них:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-количество обученных сотрудников сектора (субъекта)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- товарищество с ограниченной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1.3.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- товарищество с дополнительной ответственностью;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-количество обученных сотрудников сектора (субъекта)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- производственный кооператив</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1.4.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- полное товарищество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-количество обученных сотрудников сектора (субъекта)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- коммандитное товарищество;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1.5.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- акционерное общество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.2.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- филиал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.2.1.</w:t>
-[...105 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+- представительство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-количество обученных сотрудников сектора (субъекта)</w:t>
-[...69 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество выявленных нарушений, в том числе:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 463</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...1067 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Вид преступления </w:t>
-[...9386 lines deleted...]
-            </w:r>
+- по </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статье 466</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кодекса Республики Казахстан "Об административных правонарушениях"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...7432 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -46065,55 +50260,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -46439,31 +50634,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>