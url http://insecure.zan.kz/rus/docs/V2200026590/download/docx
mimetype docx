--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d7b612f" w14:textId="d7b612f">
+    <w:p w14:paraId="7228480" w14:textId="7228480">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1328,212 +1328,92 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нормализация данных – статистическая процедура, предусматривающая приведение значений, измеренных в различных шкалах, к условно общей шкале;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z89" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t>, которые приводят к существенным нарушениям прав, свобод и законных интересов физических и юридических лиц;</w:t>
+        <w:t>
+      4) значительное нарушение – нарушение требований законодательства Республики Казахстан об оценочной деятельности, которые приводят к существенным нарушениям прав, свобод и законных интересов физических и юридических лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z90" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, нормативными правовыми актами Республики Казахстан в области оценочной деятельности, принятыми в целях реализации указанного Закона;</w:t>
+        <w:t>
+      5) незначительное нарушение – нарушение требований законодательства Республики Казахстан об оценочной деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z91" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "Об административных правонарушениях", а также нарушение условий создания саморегулируемой организацией, основанной на обязательном членстве;</w:t>
+        <w:t>
+      6) грубое нарушение – нарушение требований законодательства Республики Казахстан об оценочной деятельности, влекущие административную ответственность, предусмотренную Кодексом Республики Казахстан об административных правонарушениях, а также нарушение условий создания саморегулируемой организации, основанной на обязательном членстве;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z92" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) риск – вероятность причинения вреда в результате деятельности субъекта контроля, законным интересам физических и юридических лиц, имущественным интересам государства с учетом степени тяжести его последствий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z93" w:id="22"/>
     <w:p>
@@ -1593,50 +1473,112 @@
         <w:t>
       10) субъективные критерии оценки степени риска (далее – субъективные критерии) – критерии оценки степени риска, используемые для отбора субъектов контроля в зависимости от результатов деятельности конкретного субъекта контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z96" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) критерии оценки степени риска – совокупность количественных и качественных показателей, связанных с непосредственной деятельностью субъекта контроля, особенностями отраслевого развития и факторами, влияющими на это развитие, позволяющих отнести субъекты контроля к различным степеням риска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным совместным приказом Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 136 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z97" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Объективные критерии</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z98" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1729,887 +1671,963 @@
         <w:t>
       1) формирование базы данных и сбор информации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z103" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анализ информации и оценка рисков.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z104" w:id="33"/>
+    <w:bookmarkStart w:name="z108" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Формирование базы данных и сбор информации необходимы для выявления субъектов контроля, нарушающих </w:t>
-[...19 lines deleted...]
-        <w:t>, нормативные правовые акты Республики Казахстан в области оценочной деятельности, принятые в целях реализации указанного Закона.</w:t>
+      6. Формирование базы данных и сбор информации необходимы для выявления субъектов контроля, нарушающих Закон, нормативные правовые акты Республики Казахстан в области оценочной деятельности, принятые в целях реализации Закона. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z105" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Процессы сбора и обработки информации в полной мере автоматизируются и допускают возможность проверки корректности полученных данных.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      Процессы сбора и обработки информации в полной мере автоматизируются для проверки полученных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Для оценки степени риска используются следующие источники информации:</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 136 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) результаты проводимого государственным органом мониторинга отчетности и сведений, представленных субъектами контроля;</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z109" w:id="38"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. На основании имеющихся источников информации, регулирующий государственный орган формирует субъективные критерии, подлежащие оценке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z110" w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z110" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В зависимости от возможного риска и значимости проблемы, единичности или системности нарушения, анализа принятых ранее решений по каждому источнику информации определяются субъективные критерии, которые в соответствии с критериями оценки степени риска регулирующего государственного органа соответствуют степени нарушения – грубое, значительное и незначительное.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z111" w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z112" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Степень нарушения требований к оценке степени риска деятельности субъектов контроля (грубое, значительное, незначительное) присваивается в соответствии с установленными определениями грубых, значительных, незначительных нарушений по субъективным критериям согласно </w:t>
+      Степень нарушения требований к оценке степени риска деятельности субъектов контроля присваивается в соответствии с установленными определениями грубых, значительных, незначительных нарушений по субъективным критериям согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Критериям.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z112" w:id="41"/>
+        <w:t xml:space="preserve"> к настоящим Критериям. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При анализе и оценке не применяются данные субъективных критериев, ранее учтенные и использованные в отношении конкретного субъекта контроля либо данные, по которым истек срок исковой давности в соответствии с законодательством Республики Казахстан.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z113" w:id="42"/>
+      При анализе и оценке не применяются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       данные субъективных критериев, ранее учтенные и использованные в отношении конкретного субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      данные, по которым истек срок исковой давности в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z113" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении субъектов контроля, устранивших в полном объеме выданные нарушения по итогам проведенного предыдущего профилактического контроля с посещением, не допускается включение их при формировании списков на очередной период государственного контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z114" w:id="43"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z114" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган в области оценочной деятельности по субъективным критериям относит субъекты контроля к одной из следующих степеней риска:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z115" w:id="44"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z115" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высокий риск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z116" w:id="45"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z116" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) средний риск;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z117" w:id="46"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z117" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) низкий риск.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z118" w:id="47"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z118" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При показателе степени риска по субъективным критериям от 71 до 100 включительно субъект (объект) контроля относится к высокой степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z119" w:id="48"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 с изменением, внесенным совместным приказом Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 136 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z119" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Исходя из приоритетности применяемых источников информации согласно критериям оценки степени риска регулирующего государственного органа в соответствии с главой 5 Критериев, рассчитывается общий показатель степени риска по субъективным критериям по шкале от 0 до 100.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z120" w:id="49"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z120" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Приоритетность применяемых источников информации и значимость показателей субъективных критериев устанавливаются по перечню субъективных критериев для определения степени риска по субъективным критериям в области оценочной деятельности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z121" w:id="50"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z121" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Управление рисками</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z122" w:id="51"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z122" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В целях реализации принципа поощрения добросовестных субъектов контроля и концентрации контроля на нарушителях субъекты контроля освобождаются от проведения профилактического контроля с посещением субъекта контроля на период, определяемый субъективными критериями оценки степени риска регулирующего государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z123" w:id="52"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z123" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Освобождение от профилактического контроля с посещением субъекта контроля возможно на основании применяемых альтернативных (независимых) систем оценки и анализа рисков, аудита, экспертиз в соответствии с критериями оценки степени риска регулирующего государственного органа, если такие основания предусмотрены в международных договорах, ратифицированных Республикой Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z124" w:id="53"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z124" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок расчета степени риска по субъективным критериям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z125" w:id="54"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z125" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Государственный орган собирает информацию и формирует базу данных по субъективным критериям из источников согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z126" w:id="55"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z126" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Расчет показателя степени риска по субъективным критериям (R) осуществляется в автоматизированном режиме путем суммирования показателя степени риска по нарушениям по результатам предыдущих проверок и профилактического контроля с посещением субъектов контроля (SP) и показателя степени риска по субъективным критериям, определенным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SC), с последующей нормализацией значений данных в диапазон от 0 до 100 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z127" w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z127" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пром</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = SP + SC, где</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z128" w:id="57"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z128" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пром</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – промежуточный показатель степени риска по субъективным критериям,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z129" w:id="58"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z129" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – показатель степени риска по нарушениям,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z130" w:id="59"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z130" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       SC – показатель степени риска по субъективным критериям, определенным в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z131" w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z131" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет производится по каждому субъекту контроля однородной группы субъектов контроля каждой сферы государственного контроля. При этом перечень оцениваемых субъектов контроля, относимых к однородной группе субъектов контроля одной сферы государственного контроля, образует выборочную совокупность (выборку) для последующей нормализации данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z132" w:id="61"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z132" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. По данным, полученным по результатам предыдущих проверок и профилактического контроля с посещением субъектов контроля, формируется показатель степени риска по нарушениям, оцениваемый в баллах от 0 до 100.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z133" w:id="62"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z133" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выявлении одного грубого нарушения по любому из источников информации, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критериев, субъекту контроля приравнивается показатель степени риска 100 баллов и в отношении него проводится профилактический контроль с посещением субъекта контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z134" w:id="63"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z134" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При не выявлении грубых нарушений показатель степени риска по нарушениям рассчитывается суммарным показателем по нарушениям значительной и незначительной степени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z135" w:id="64"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z135" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя значительных нарушений применяется коэффициент 0,7.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z136" w:id="65"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z136" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z137" w:id="66"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z137" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -2644,212 +2662,212 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> х 100/SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) х 0,7, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z138" w:id="67"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z138" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z139" w:id="68"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z139" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – требуемое количество значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z140" w:id="69"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z140" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – количество выявленных значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z141" w:id="70"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z141" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя незначительных нарушений применяется коэффициент 0,3.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z142" w:id="71"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z142" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z143" w:id="72"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z143" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -2884,192 +2902,192 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> х 100/SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>) х 0,3, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z144" w:id="73"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z144" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z145" w:id="74"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z145" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – требуемое количество незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z146" w:id="75"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z146" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – количество выявленных незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z147" w:id="76"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z147" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Показатель степени риска по нарушениям (SР) рассчитывается по шкале от 0 до 100 баллов и определяется путем суммирования показателей значительных и незначительных нарушений по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z148" w:id="77"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z148" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
@@ -3084,171 +3102,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> + SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z149" w:id="78"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z149" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – показатель степени риска по нарушениям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z150" w:id="79"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z150" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z151" w:id="80"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z151" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель незначительных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z152" w:id="81"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z152" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученное значение показателя степени риска по нарушениям включается в расчет показателя степени риска по субъективным критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3282,126 +3300,176 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t xml:space="preserve">Приложение 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Критериям оценки</w:t>
+              <w:t>к Критериям оценки степени</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>степени риска в области</w:t>
+              <w:t>риска в области оценочной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оценочной деятельности</w:t>
+              <w:t>деятельности в отношении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в отношении палат оценщиков</w:t>
+              <w:t>палат оценщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z154" w:id="82"/>
+    <w:bookmarkStart w:name="z154" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Степени нарушения требований к оценке степени риска деятельности субъектов контроля</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="82"/>
+        <w:t xml:space="preserve"> Степени</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нарушения требований к оценке степени риска деятельности субъектов контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 136 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3413,52 +3481,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-№ </w:t>
+              <w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3676,87 +3744,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размещение копии отчетов об оценке имущества, являющегося обеспечением при заключении ипотечного договора, а также при реализации заложенного имущества, в электронном формате "PDF (Portabe Dokument Format)" в информационной системе депозитария финансовой отчетности до 20 числа месяца, следующего за отчетным кварталом</w:t>
+Соблюдение порядка приема документов для прохождения квалификационного экзамена и рассмотрения обращений на результаты квалификационного экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Грубое</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3789,87 +3857,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в составе палаты оценщиков не менее трехсот оценщиков</w:t>
+Соблюдение порядка и условия проведения квалификационного экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3902,51 +3970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение требований о членстве оценщика только в одной палате оценщиков</w:t>
+Соблюдение порядка получения свидетельств о присвоении квалификаций "оценщик", "эксперт"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4015,87 +4083,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Установление палатой оценщиков мер по предотвращению или урегулированию конфликта интересов</w:t>
+Соблюдение сроков избрания и требований формирования членов квалификационной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4128,87 +4196,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие положения о членстве в палате оценщиков, утвержденного общим собранием членов палаты оценщиков</w:t>
+Соблюдение порядка проведения экспертизы отчета об оценке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4241,51 +4309,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие Специализированных органов палаты оценщиков, положений о них и правил осуществления ими деятельности</w:t>
+Соблюдение требований к экспертному заключению (в части содержания и его утверждения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4353,52 +4421,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Наличие утвержденных общим собранием членов палаты оценщиков отчетов коллегиального и исполнительного органов, контрольного органа (ревизионной комиссии) и специализированных органов в порядке и сроки, установленные уставом палаты оценщиков</w:t>
+              <w:t xml:space="preserve">
+Соблюдение сроков избрания и требований формирования членов экспертного совета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4467,51 +4535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие кодекса деловой и профессиональной этики оценщиков</w:t>
+Своевременное внесение в реестр членов экспертного совета информации с указанием даты и времени о прекращении действия свидетельства о присвоении квалификации "эксперт" и размещение на интернет-ресурсе палаты информации об экспертном совете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4580,87 +4648,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие Положения о деятельности Экспертного Совета палаты оценщиков, утвержденного общим собранием членов палаты оценщиков</w:t>
+Соответствие документов, представляемых физическим лицом для вступления в члены палаты оценщиков, следующему списку:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документ, удостоверяющий личность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) свидетельство о присвоении квалификации "оценщик";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) справка об отсутствии неснятой или непогашенной судимости за правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) иные документы, установленные палатой оценщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Незначительное</w:t>
+Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4693,87 +4851,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в составе Экспертного Совета палаты оценщиков не менее пяти экспертов</w:t>
+Наличие информации о юридическом лице, с которым оценщик заключил трудовой договор, а также сведений о любых изменениях этой информации, предоставляемой оценщиком в течение десяти календарных дней с даты заключения трудового договора и (или) возникновения изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4806,51 +4964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение сроков избрания членов Экспертного Совета палаты оценщиков</w:t>
+Наличие информации, о подписанных в указанный период отчетах об оценке, с указанием даты составления отчета и его порядкового номера, объекта оценки, вида определенной стоимости, ежеквартально предоставляемой оценщиком</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4919,87 +5077,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение требования о сроке пребывания эксперта на должности Председателя Экспертного Совета палаты оценщиков</w:t>
+Наличие согласованных с уполномоченным органом в области оценочной деятельности тестовых заданий для проведения квалификационного экзамена оценщиков, экспертов, разработанных палатой оценщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Незначительное</w:t>
+Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5032,87 +5190,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение сроков проведения экспертизы отчета об оценке</w:t>
+Соблюдение процедуры рассмотрения обращений (в части приема обращений, соблюдения сроков, проведения заслушивания, составления актов проверки и обжалования решения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Значительное</w:t>
+Незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5145,138 +5303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие документов, представляемых физическим лицом для вступления в члены палаты оценщиков, следующему списку:</w:t>
-[...86 lines deleted...]
-              <w:t>5) иные документы, установленные палатой оценщиков</w:t>
+Наличие и соблюдение программы обучения, профессиональной переподготовки кандидатов в оценщики и соответствие типовой программе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5345,51 +5416,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие информации о юридическом лице, с которым оценщик заключил трудовой договор, а также сведений о любых изменениях этой информации, предоставляемой оценщиком в течение десяти календарных дней с даты заключения трудового договора и (или) возникновения изменений</w:t>
+Соблюдение сроков приостановления действия свидетельства о присвоении квалификации "оценщик"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5458,51 +5529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие информации, о подписанных в указанный период отчетах об оценке, с указанием даты составления отчета и его порядкового номера, объекта оценки, вида определенной стоимости, ежеквартально предоставляемой оценщиком</w:t>
+Соблюдение требований к содержанию и форме отчета об оценке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5571,1533 +5642,99 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие согласованных с уполномоченным органом в области оценочной деятельности тестовых заданий для проведения квалификационного экзамена оценщиков, экспертов, разработанных палатой оценщиков</w:t>
-[...1440 lines deleted...]
-Своевременное внесение в реестр членов экспертного совета информации с указанием даты и времени о прекращении действия свидетельства о присвоении квалификации "эксперт"</w:t>
+Размещение на интернет-ресурсе информации о реестре членов палаты оценщиков, ежеквартальных и годовых отчетов, решения о присвоении квалификаций "оценщик" и "эксперт", а также решения коллегиального органа управления о приостановлении или прекращении действия свидетельства о присвоении квалификации "оценщик" и о прекращении действия свидетельств квалификации "эксперт"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7131,239 +5768,276 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t xml:space="preserve">Приложение 2 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Критериям оценки</w:t>
+              <w:t>к Критериям оценки степени</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>степени риска в области</w:t>
+              <w:t>риска в области оценочной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>оценочной деятельности</w:t>
+              <w:t>деятельности в отношении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в отношении палат оценщиков</w:t>
+              <w:t>палат оценщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="83"/>
+    <w:bookmarkStart w:name="z156" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям в области оценочной деятельности</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z157" w:id="84"/>
+        <w:t xml:space="preserve"> Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>субъективных критериев для определения степени риска</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по субъективным критериям в области оценочной деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 816</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 136 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z158" w:id="79"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-[...92 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         в соответствии со статьей 138</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Предпринимательского кодекса Республики Казахстан в отношении палат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оценщиков___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -7454,107 +6128,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Удельный вес по значимости, балл (в сумме не превышает 100 баллов), w</w:t>
-[...9 lines deleted...]
-              <w:t>i</w:t>
+Удельный вес по значимости, балл (в сумме не превышает 100 баллов), wi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Условия /значения, x</w:t>
-[...9 lines deleted...]
-              <w:t>i</w:t>
+Условия /значения, xi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -7974,155 +6628,123 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100 %</w:t>
             </w:r>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(процент)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z158" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-[...81 lines deleted...]
-        <w:t>i</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      xi – условие учета и числовое значение показателя субъективного критерия,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      wi – удельный вес показателя субъективного критерия xi.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8184,589 +6806,605 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к совместному приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Министра финансов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 19 января 2022 года № 54 и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Министра национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 января 2022 года № 5</w:t>
-            </w:r>
-[...37 lines deleted...]
-              <w:t>от 19 января 2022 года № 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="86"/>
+    <w:bookmarkStart w:name="z159" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист в области оценочной деятельности в отношении палат оценщиков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции </w:t>
+      Сноска. Приложение 2 – в редакции совместного приказа Министра финансов РК от 29.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>cовместного приказа</w:t>
+        <w:t>№ 816</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра финансов РК от 05.06.2023 № 608 и Министра национальной экономики РК от 06.06.2023 № 100 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z160" w:id="87"/>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 29.12.2025 № 136 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...391 lines deleted...]
-        <w:t>____________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в соответствии со статьей 138 Предпринимательского кодекса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республики Казахстан в отношении палат оценщиков</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      наименование однородной группы субъектов контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственный орган, назначивший проверку/профилактического контроля с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>посещением субъекта контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дата и № </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование субъекта контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер субъекта контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес места нахождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8966,52 +7604,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Предоставление в уполномоченный орган в области оценочной деятельности достоверной информации о деятельности палаты оценщиков и деятельности своих членов по форме, установленной законодательством Республики Казахстан об оценочной деятельности, до 20 числа месяца, следующего за отчетным кварталом, с использованием информационной системы депозитария финансовой отчетности</w:t>
+              <w:t xml:space="preserve">
+Предоставление в уполномоченный орган в области оценочной деятельности достоверной информации о деятельности палаты оценщиков и деятельности своих членов по форме, установленной законодательством Республики Казахстан об оценочной деятельности, до 20 числа месяца, следующего за отчетным кварталом, с использованием информационной системы депозитария финансовой отчетности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9108,51 +7746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Размещение копии отчетов об оценке имущества, являющегося обеспечением при заключении ипотечного договора, а также при реализации заложенного имущества, в электронном формате "PDF (Portabe Dokument Format)" в информационной системе депозитария финансовой отчетности до 20 числа месяца, следующего за отчетным кварталом</w:t>
+Соблюдение порядка приема документов для прохождения квалификационного экзамена и соблюдение порядка рассмотрения обращений на результаты квалификационного экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9249,51 +7887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в составе палаты оценщиков не менее трехсот оценщиков</w:t>
+Соблюдение порядка и условия проведения квалификационного экзамена</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9389,52 +8027,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Соблюдение требований о членстве оценщика только в одной палате оценщиков</w:t>
+              <w:t xml:space="preserve">
+Соблюдение порядка получения свидетельств о присвоении квалификаций "оценщик", "эксперт" </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9531,51 +8169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Установление палатой оценщиков мер по предотвращению или урегулированию конфликта интересов</w:t>
+Соблюдение сроков избрания и требований формирования членов квалификационной комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9672,51 +8310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие положения о членстве в палате оценщиков, утвержденного общим собранием членов палаты оценщиков</w:t>
+Соблюдение порядка проведения экспертизы отчета об оценке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9813,51 +8451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие Специализированных органов палаты оценщиков, положений о них и правил осуществления ими деятельности</w:t>
+Соблюдение требований к экспертному заключению (в части содержания и его утверждения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9954,51 +8592,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие утвержденных общим собранием членов палаты оценщиков отчетов коллегиального и исполнительного органов, контрольного органа (ревизионной комиссии) и специализированных органов в порядке и сроки, установленные уставом палаты оценщиков</w:t>
+Соблюдение установленных сроков избрания и формирования членов экспертного совета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10095,51 +8733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие кодекса деловой и профессиональной этики оценщиков</w:t>
+Своевременное внесение в реестр членов экспертного совета информации с указанием даты и времени о прекращении действия свидетельства о присвоении квалификации "эксперт" и размещение на интернет-ресурсе информации об экспертном совете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10236,51 +8874,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие Положения о деятельности Экспертного Совета палаты оценщиков, утвержденного общим собранием членов палаты оценщиков</w:t>
+Соответствие документов, представляемых физическим лицом для вступления в члены палаты оценщиков, следующему списку:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) заявление;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) документ, удостоверяющий личность;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) свидетельство о присвоении квалификации "оценщик";</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) справка об отсутствии неснятой или непогашенной судимости за правонарушения в сфере экономической деятельности, а также за преступления средней тяжести, совершенные умышленно, тяжкие и особо тяжкие преступления;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) иные документы, установленные палатой оценщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10377,51 +9105,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие в составе Экспертного Совета палаты оценщиков не менее пяти экспертов</w:t>
+Наличие информации о юридическом лице, с которым оценщик заключил трудовой договор, а также сведений о любых изменениях этой информации, предоставляемой оценщиком в течение десяти календарных дней с даты заключения трудового договора и (или) возникновения изменений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10518,51 +9246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение сроков избрания членов Экспертного Совета палаты оценщиков</w:t>
+Наличие информации, о подписанных в указанный период отчетах об оценке, с указанием даты составления отчета и его порядкового номера, объекта оценки, вида определенной стоимости, ежеквартально предоставляемой оценщиком</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10659,51 +9387,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение требования о сроке пребывания эксперта на должности Председателя Экспертного Совета палаты оценщиков</w:t>
+Наличие согласованных с уполномоченным органом в области оценочной деятельности тестовых заданий для проведения квалификационного экзамена оценщиков, экспертов, разработанных палатой оценщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10800,51 +9528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение сроков проведения экспертизы отчета об оценке</w:t>
+Соблюдение процедуры рассмотрения обращений (в части приема обращений, соблюдения сроков, проведения заслушивания, составления актов проверки и обжалования решения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10941,138 +9669,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие документов, представляемых физическим лицом для вступления в члены палаты оценщиков, следующему списку:</w:t>
-[...86 lines deleted...]
-              <w:t>5) иные документы, установленные палатой оценщиков</w:t>
+Наличие и соблюдение программы обучения, профессиональной переподготовки кандидатов в оценщики и соответствие типовой программе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11169,51 +9810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие информации о юридическом лице, с которым оценщик заключил трудовой договор, а также сведений о любых изменениях этой информации, предоставляемой оценщиком в течение десяти календарных дней с даты заключения трудового договора и (или) возникновения изменений</w:t>
+Соблюдение сроков приостановления действия свидетельства о присвоении квалификации "оценщик"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11310,51 +9951,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие информации, о подписанных в указанный период отчетах об оценке, с указанием даты составления отчета и его порядкового номера, объекта оценки, вида определенной стоимости, ежеквартально предоставляемой оценщиком</w:t>
+Соблюдение требований к содержанию и форме отчета об оценке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11451,1800 +10092,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие согласованных с уполномоченным органом в области оценочной деятельности тестовых заданий для проведения квалификационного экзамена оценщиков, экспертов, разработанных палатой оценщиков</w:t>
-[...1748 lines deleted...]
-Своевременное внесение в реестр членов экспертного совета информации с указанием даты и времени о прекращении действия свидетельства о присвоении квалификации "эксперт"</w:t>
+Размещение на интернет-ресурсе информации о реестре членов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+палаты оценщиков, ежеквартальных и годовых отчетов, решения о присвоении квалификаций "оценщик" и "эксперт", а также</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+решения коллегиального органа управления о приостановлении или прекращении действия свидетельства о присвоении квалификации "оценщик" и о прекращении действия свидетельств квалификации "эксперт"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13276,198 +10204,215 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z161" w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Должностное (ые) лицо (а) _________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      должность подпись </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Должностное (ые) лицо (а) ________________________________________</w:t>
-[...136 lines deleted...]
-        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель субъекта контроля ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 должность подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -13475,55 +10420,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>