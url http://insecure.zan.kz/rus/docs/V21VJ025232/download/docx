--- v0 (2025-11-10)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba583ba" w14:textId="ba583ba">
+    <w:p w14:paraId="ac87f9c" w14:textId="ac87f9c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,61 +111,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Жарминского районного маслихата Восточно-Казахстанской области от 11 ноября 2021 года № 9/114-VII. Зарегистрировано в Министерстве юстиции Республики Казахстан 19 ноября 2021 года № 25232</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок решения в редакции решения Жарминского районного маслихата области Абай от 27.06.2024 </w:t>
+      Сноска. Заголовок решения в редакции решения Жарминского районного маслихата области Абай от 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 14/272-VIII</w:t>
+        <w:t>№ 30/505-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -672,533 +672,419 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок приложения в редакции решения Жарминского районного маслихата области Абай от 27.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 14/272-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); приложение в редакции решения Жарминского районного маслихата области Абай от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30/505-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1.Настоящий порядок разработан в соответствии с </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" и определяет порядок и размер оказания социальной поддержки по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, проживающим и работающим в сельских населенных пунктах Жарминского района.</w:t>
+      1. Настоящие Правила разработаны в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" и определяет порядок и размер оказания социальной поддержки по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, проживающим и работающим в сельских населҰнных пунктах Жарминского района (далее-специалисты).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...60 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Назначение социальной поддержки осуществляется уполномоченным органом – государственное учреждение "Отдел занятости и социальных программ Жарминского района области Абай".</w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...54 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) текущий счет – банковский счет, открываемый банком или организацией, осуществляющей отдельные виды банковских операций, на основании договора банковского счета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коммунальные услуги – услуги, предоставляемые потребителю, включающие водоснабжение, водоотведение, газоснабжение, электроснабжение, теплоснабжение, мусороудаление, обслуживание лифтов, для обеспечения безопасных и комфортных условий проживания (пребывания).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2. Порядок и размер оказания социальной поддержки</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Назначение социальной поддержки осуществляется уполномоченным органом — государственным учреждением "Отдел занятости и социальных программ Жарминского района области Абай" (далее - ГУ).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      3. Социальная поддержка по оплате коммунальных услуг и приобретению топлива оказывается за счет бюджетных средств, специалистам государственных организациий здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии проживающим и работающим в сельских населенных пунктах Жарминского района, без истребования заявлений от получателей, на основании сводных списков, утвержденных первыми руководителями государственных организаций, через банки второго уровня или организации, имеющие лицензии на соответствующие виды банковских операций.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок и размер оказания социальной поддержки по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Социальная поддержка оказывается лицам, постоянно проживающим и работающим в сельских населенных пунктах на территории Жарминского района.</w:t>
+      4. Социальная поддержка по оплате коммунальных услуг и приобретению топлива оказывается за счет бюджетных средств специалистам государственных организаций, без истребования заявлений от специалистов, на основании сводных списков, утвержденных первыми руководителями государственных организаций (далее- список), в денежной форме путем перечисления на текущие счета специалистов через банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю, и надзору финансового рынка и финансовых операций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Социальная поддержка оказывается один раз в год за счет бюджетных средств в размере 12 месячных расчетных показателей.</w:t>
+      5. Социальная поддержка специалистам оказывается один раз в календарный год в размере 13 (тринадцать) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Финансирование расходов на предоставление социальной поддержки осуществляется в пределах средств, предусмотренных бюджетом Жарминского района на текущий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Срок принятия решения об оказании социальной поддержки специалистам по оплате коммунальных услуг и приобретению топлива составляет 8 (восемь) рабочих дней со дня поступления списка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Работник ГУ рассматривает списки государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии в течении 8 (восьми) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. В случае не соответствия списков предоставленных первыми руководителями государственных организаций в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, ГУ уведомляет первых руководителей государственных организаций о предварительном решении, об отказе в оказании социальной поддержки, а также времени и месте (способе) проведения заслушивания для возможности выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии замечаний по результатам рассмотрения списков, ГУ принимает положительное решение и оказывает выплату социальной поддержки по оплате коммунальных услуг и приобретению топлива на текущие счета специалистов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...182 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>