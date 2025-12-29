--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="11e5ae6" w14:textId="11e5ae6">
+    <w:p w14:paraId="fc05833" w14:textId="fc05833">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +85,137 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнения в решение Восточно-Казахстанского областного маслихата от 6 октября 2017 года № 14/156-VI "Об установлении правил общего водопользования в Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Восточно-Казахстанского областного маслихата от 14 декабря 2021 года № 12/102-VII. Зарегистрировано в Министерстве юстиции Республики Казахстан 5 января 2022 года № 26368</w:t>
+        <w:t>Решение Восточно-Казахстанского областного маслихата от 14 декабря 2021 года № 12/102-VII. Зарегистрировано в Министерстве юстиции Республики Казахстан 5 января 2022 года № 26368. Утратило силу решением Восточно-Казахстанского областного маслихата от 18 ноября 2025 года № 26/203-VIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу решением Восточно-Казахстанского областного маслихата от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 26/203-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Восточно-Казахстанский областной маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -777,226 +855,230 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д. Рыпаков</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...16 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
-[...25 lines deleted...]
-          <w:p/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"СОГЛАСОВАНО"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Департамент санитарно-эпидемиологического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">контроля Восточно-Казахстанской области </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комитета санитарно-эпидемиологического</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контроля Министерства здравоохранения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1226,416 +1308,366 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места на водных объектах, расположенных на территории Восточно-Казахстанской области, где не осуществляются купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="768"/>
-[...14 lines deleted...]
-        <w:gridCol w:w="769"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
-[...36 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     № п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование водного объекта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сельский округ, ближайший населенный пункт, район (координаты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Усть-Каменогорск</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Ертис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...72 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе дачных обществ "Колос", "Урал" (49058′20.20′′С; 82031′51.62′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1645,1400 +1677,1142 @@
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Усть-Каменогорской гидроэлектростанции (49054′12. 69′′С; 82043′36. 79′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(49056′26.32′′С; 82038′52.83′′В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Левого берега (49056′26.32′′С; 82038′52.83′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...127 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Восточно-Казахстанского технического университета  имени Даулета Серикбаева (49057′18.52′′С; 82034′30.26′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...109 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Самарского шоссе (49055′01.03′′С; 82038′55.02′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...109 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе поселка Лесхоз (49056′50.43′′С; 82041′55.57′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 протока реки Ертис, котлован</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...71 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Комбината нерудных материалов (49059′34.52′′С; 82032′29.26′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...109 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в микрорайоне Бабкиной Мельницы (49059′02.98′′С; 82039′01.70′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Семей</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Ертис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...90 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе дачного массива Солнечная поляна. Лагерь Прииртышье (50028′38.82″С; 8006′59.07″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3048,2104 +2822,1750 @@
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...95 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе дачного массива Мурат (50026′5.53″С; 80010′0.29″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(50025′53.87″С; 80012′6.45″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе дачного массива Бобровка (50025′53.87″С; 80012′6.45″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...89 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Семейского судостроительно-судоремонтного завода (50027′9.36″С; 80012′41.78″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Аквапарка (50024′53.10″С; 80013′19.48″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(50024′32.03″С; 80013′18.87″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+левобережная часть Аквапарка, (левый берег) (50024′32.03″С; 80013′18.87″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(50023′59.71″С; 80015′2.71″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе между водозабором Смычка и бывшим понтонным мостом (50023′59.71″С; 80015′2.71″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(50023′56.25″С; 80015′49.40″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе центральной мечети по улице Абая, остров Хасановский (50023′56.25″С; 80015′49.40″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...83 lines deleted...]
-(50024′8.66″С; 80016′30.85″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе восточного поселка за авторынком Тулпар (частный жилой сектор) (50024′8.66″С; 80016′30.85″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(50023′39.74″С; 80017′43.60″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе между водозабором Смычка и автогужевым мостом (старый мост) (50023′39.74″С; 80017′43.60″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...65 lines deleted...]
-(50023′2.06″С; 80017′56.05″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейбитшилик аралы (за биологическим центром) (50023′2.06″С; 80017′56.05″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...65 lines deleted...]
-(50023′2.52″С; 80017′58.94″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе дачного массива  поселок Восточный (дачи) (50023′2.52″С; 80017′58.94″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...47 lines deleted...]
-(50023′1.90″С; 80015′20.23″В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+левобережная часть понтонного моста, район Мелькомбината (50023′1.90″С; 80015′20.23″В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Колхозка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...71 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Озерки, Озерский сельский округ (50023′31.68″С; 80028′35.74″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 котлован Мурат 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...71 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+между дачного массива Бобровкой и 35 колонией в поселке Мурат (50025′50.25″С; 8008′2.52″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 котлован Мурат 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+между дачного массива Бобровкой и 35 колонией в поселке Мурат (50026′7.35″С; 8008′5.96″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Курчатов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Ертис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...54 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе акимата города Курчатов (50075′61. 42′′С; 78055′14.96′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5155,597 +4575,545 @@
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе школ № 1 и № 2 (50075′12.59′′С; 78055′56.96′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...65 lines deleted...]
-(50073′88.81′′С; 78056′76, 76′′В)</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе дачного кооператива города Курчатов (50073′88.81′′С; 78056′76, 76′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Риддер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Тихая</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе моста ниже плотины Первого района (50032′16.28′′С; 83043′23.30′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Ульба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе моста села Ульбастрой (50025′89.87′′С; 83031′82.50′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -5757,403 +5125,313 @@
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...47 lines deleted...]
-(50025′87.53′′С, 83029′06.51′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ульбастрой (50025′87.53′′С, 83029′06.51′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...65 lines deleted...]
-(50025′86.17′′С; 83028′73.28′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе железнодорожного моста села Ульбастрой (50025′86.17′′С; 83028′73.28′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Быструха</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...71 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе моста по улицам Алтайская и Филиповская (50025′32.81′′С, 83052′27.90′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -6165,994 +5443,850 @@
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...47 lines deleted...]
-(50020′8.5′′С; 8300′0.78′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Гавани (50020′8.5′′С; 8300′0.78′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...65 lines deleted...]
-(50020′8.3′′С; 83000′7.6′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе слиянии двух рек Быструха и Журавлиха (50020′8.3′′С; 83000′7.6′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Шаравка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Гравиемойки (50035′65.11′′С; 83048′03.20′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абайский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Карашокы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенгырбайбиский сельский округ (49084′09.42″С; 79079′25.23″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Оспанколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенгырбайбиский сельский округ (49017′55.95″С; 79028′65.10″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 район Алтай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Бухтарма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Бухтарминского моста, Малеевский сельский округ (49048′12.92′′С; 84015′46.25′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -7164,2663 +6298,2222 @@
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...65 lines deleted...]
-(49043′59.89′′С; 84033′46.12′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Быково, Малеевский сельский округ (49043′59.89′′С; 84033′46.12′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...47 lines deleted...]
-(49045′57.82′′С; 84001′09.21′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тургусунский сельский округ (49045′57.82′′С; 84001′09.21′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...47 lines deleted...]
-(49048′12.66′′С; 84015′48.63′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе железнодорожного моста, Парыгинский сельский округ (49048′12.66′′С; 84015′48.63′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...47 lines deleted...]
-(49044′53.18′′С; 84002′59.05′′В)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаевский сельский округ (49044′53.18′′С; 84002′59.05′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Хамир</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...71 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Путинцево, Малеевский сельский округ (49048′12.56′′С; 84009′30, 46′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 карьер бывшего Зырянского рудника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...53 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Алтай (49043′50.52′′С; 84017′32.26′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...108 lines deleted...]
-            <w:tcW w:w="769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе Дворца Культуры, поселок Новая-Бухтарма (49042′52.44′′С; 84015′59.67′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...108 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+котлован без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в дачном районе в южной части города Алтай (49044′13.08′′С; 84013′38.58′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Березовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соловьевский сельский округ (49037′11.56′′С; 84020′51.30′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Крестовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Чапаевский сельский округ (49044′53.18′′С; 84002′59.05′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 пруд Копань</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Октябрьский (49037′44.70′′С; 83038′37.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Тургусун</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе железнодорожного моста, Парыгинский сельский округ (49048′16.58′′С; 84009′41.79′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
-[...126 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+котлован без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 1 километре от села Парыгина, в районе карьера товарищества с ограниченной ответственностью "Саулет LTD" (49047′20.59′′С; 84006′14.99′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аягозский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 место "3 скалки", расположенное вдоль реки Аягоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Аягоз (47056′20.59′′С; 80039′14.99′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 место "Спартак", расположенное вдоль реки Аягоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Мамырсу (47056′27.54′′С; 80023′14.99′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бескарагайский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="768" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Ертис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Глуховка (50029′09.11′′С; 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9832,19209 +8525,15665 @@
 не осуществляется купание, забор воды для питьевых и бытовых нужд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Стеклянка (50049′79.25′′С; 79093′71.19′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бирлик (50030′56′′С; 79042′44′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Белокаменка (50056′63.44′′С; 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Долонь (50056′63.44′′С; 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Мостик (50041′15′′С; 79006′44′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Черемушки (50029′09.11′′С; 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бодене (50056′63.44′′С; 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Грачи (50029′09.11′′С; 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Жетижар (50029′09.11′′С; 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кривинка (50029′09.11′′С; 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="3"/>
+озеро без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Канонерка (50056′63.44′′С; 79059′71.22′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="3"/>
+озеро без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бегень (50029′09.11′′С; 79052′50.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Шошкалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бескарагай (51015′52.11′′С; 78043′26.81′′B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бородулихинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Большое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бородулиха (50076′50.73′′С; 80094′58.92′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
-[...35 lines deleted...]
-              <w:t>
 водоем Абдулка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бородулиха (50077′37.58′′С; 80098′41.72′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Горчак</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе станции Ауыл (51001′16.81′′С; 81000′88.66′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="3"/>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на окраине села Дмитриевка (50074′44.20′′С; 80082′40.00′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="3"/>
+пруд без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ивановка (50054′4′′С; 81031′5′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд Немецкий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Переменовка (50048′30′′С; 81021′49′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд Веселовский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юго-западная часть села Новая Шульба (50052′88.70′′С; 81031′16.16′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="3"/>
+пруд без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Жерновка (50052′67.34′′С; 81012′88.95′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
-[...35 lines deleted...]
-              <w:t>
 река Жерновка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе южнее села Жерновка (50051′33.55′′С; 81012′88.95′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Казенное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+на грани лесного массива,  в 1,5 километрах от села Жерновка (50049′17.41′′С; 81010′70.69′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Черемушное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в лесном массиве, в 6 километрах от села Жерновка (50049′17.41′′С; 81010′70.69′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45</w:t>
-[...35 lines deleted...]
-              <w:t>
 река Уба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Красный Яр (50051′61.05′′С; 81069′60.55′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46</w:t>
-[...35 lines deleted...]
-              <w:t>
 Ново-Шульбинское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...54 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Уба-Форпост (50028′05.64′′С; 81062′11.92′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47</w:t>
-[...35 lines deleted...]
-              <w:t>
 Михайловские озера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+территория Семей орманы, в районе села Михайловка (50066′25.25′′С; 80068′01.60′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Дюкала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
-[...72 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+территория Семей орманы, в районе села Камышенка (50067′78.59′′С; 80082′67.59′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+котлован без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+северо-восточная часть села Камышенка (50071′30.20′′С; 80077′53.50′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд Старый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шелехово (50079′04.87′′С; 80051′39.63′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд мелкий Палевский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шелехово (50079′22.53′′С; 80048′84.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд 1 Первый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шелехово (50081′66.87′′С; 80049′20.93′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд 2 Первый</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-          </w:p>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-(50082′52.38′′С; 80056′41.01′′В) </w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="4"/>
+село Орловка (50082′52.38′′С; 80056′41.01′′В) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд 1 Троицкое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шелехово (50078′15.22′′С; 80041′51.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд 2 Троицкое</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шелехово (50078′91.98′′С; 80039′62.62′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд Бригадный</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Орловка (50083′31.43′′С; 80056′33.58′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд Летний</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Орловка (50083′31.43′′С; 80056′33.58′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд 1 Кызылтай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Орловка (50078′15.22′′С; 80041′51.47′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд 2 Кызылтай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Орловка (50078′91.98′′С; 80039′62.62′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе улицы Шанырак, село Новопокровка (50068′37.33′′С; 80045′60.56′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Глубоковский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61</w:t>
-[...36 lines deleted...]
-              <w:t>
 река Ертис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе паромной переправы, село Предгорное (50°14'08.0"С; 82°12'45.4"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Уварово (50°04'16.9"С; 82°22'01.8"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...105 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Прапорщиково (50°02'25.1"С; 82°27'40.7"В) (50°02'23.3"С; 82°27'50.3"В) (50°02'14.5"С; 82°28'08.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
 река Ульба </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Тарханка (50°06'58.9"С; 82°57'05.6"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Каменный Карьер (50°00'20.5"С; 82°49'12.2"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Черемшанка, гидротехническое сооружение на выезде в сторону района Алтай (50°16'20.2"С; 83°02'17.7"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63</w:t>
-[...36 lines deleted...]
-              <w:t>
 река Малая Ульба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Горная Ульбинка (49°59'13.3"С; 82°55'01.9"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ново-Ульбинка (50°01'07.5"С; 82°52'04.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64</w:t>
-[...36 lines deleted...]
-              <w:t>
 река Малоубинка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Быструха (50°22'38.0"С; 82°43'04.6"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Малоубинка (50°26'59.1"С; 82°39'58.8"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на ручье Бражинский</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Опытное поле (50003′28.4′′С; 82032′21.9′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд на реке Бобровка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бобровка (50011′08.2′′С; 82046′06.9′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд на ручье Маховка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Солнечное (50002′48.5′′С; 82042′41.1′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+пруд без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 2 километрах от села Белокаменка (50012′18.8′′С; 82035′05.0′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Красноярка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Алтайский (50°15'16.4"С; 82°21'47.5"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд на ручье Веселовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Веселовка (50°18'56.1"С; 82°20'24.7"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+протока реки Ертис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе бывшего "пляжа", поселок Глубокое (50°09'10.6"С; 82°16'58.4"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на  реке Демидовка № 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кожохово (50°12'13.1"С; 82°18'05.1"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Демидовка № 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кожохово (50°12'05.2"С; 82°17'42.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74</w:t>
-[...35 lines deleted...]
-              <w:t>
 пруд на реке Крутиха</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Веселое (50°06'09.6"С; 82°51'35.8"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водоем без названия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Ушаново, гидротехническое сооружение на выезде в сторону района Алтай (49°58'23.8"С; 82°44'14.9"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+76</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Секисовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Секисовка (50°21'08.4"С; 82°35'27.9"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+77</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+пруд № 1 на ручье Церковка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Секисовка (50°20'35.1"С; 82°34'27.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+пруд № 2 на ручье Церковка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Секисовка (50°20'31.5"С; 82°34'12.0"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Глубочанка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Белоусовка (50°08'15.9"С; 82°32'49.3"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жарминский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80</w:t>
-[...36 lines deleted...]
-              <w:t>
 река Шар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Суыкбулак (49°47`42``С; 80°49`30``В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Жанаозен (49°19`18``С; 81°28`11``В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Шар (49°35`19``С; 81°02`43``В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+81</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81</w:t>
-[...35 lines deleted...]
-              <w:t>
 Чарское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Калбатау (49°19`41``С; 81°34`14``В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82</w:t>
-[...35 lines deleted...]
-              <w:t>
 Ортабулакское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Калбатау (49°19`41``С; 81°34`14``В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83</w:t>
-[...35 lines deleted...]
-              <w:t>
 река Кызылсу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шалабай (49°41`59``С; 81°30`25``В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зайсанский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84</w:t>
-[...35 lines deleted...]
-              <w:t>
 водохранилище Уйдене</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Зайсан (47036′74.86′′С; 84077′79.27′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85</w:t>
-[...35 lines deleted...]
-              <w:t>
 маленькая плотина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Зайсан (47045′55.68′′С; 84087′24.78′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86</w:t>
-[...35 lines deleted...]
-              <w:t>
 маленькая плотина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кенсайский сельский округ (47046′49.86′′С; 84078′41.09′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Катон-Карагайский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87</w:t>
-[...36 lines deleted...]
-              <w:t>
 Бухтарминское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Приморское (490 12′19.79″ С; 84005′34.82″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Свинчатка (49005′22.38″ С; 84011′54.45″В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кокпектинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+88</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88</w:t>
-[...36 lines deleted...]
-              <w:t>
 Бухтарминское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе залива возле села Сарыбел, Сарыбельский сельский округ (49010′69.49′′С; 84002′34.78′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...105 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе старого пирса хлебоприемного пункта в селе Новостройка, Сарыбелский сельский округ (49005′70.78′′С; 830 87′30.87′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...69 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе старого паромного причала Казнаковской переправы, Кулынжонский сельский округ (48082′28.58′′С; 830 42′95.76′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89</w:t>
-[...35 lines deleted...]
-              <w:t>
 река Талменка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в районе моста через реку Талменка на автодороге Кокпекты-Васильевская переправа, сельский округ имени Аухадиева (48083′61.47′′С; 820 72′63.67′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90</w:t>
-[...35 lines deleted...]
-              <w:t>
 Лайлинское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Самарское, Самарский сельский округ (49003′98.13′С; 830 35′86.42′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Курчумский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91</w:t>
-[...35 lines deleted...]
-              <w:t>
 река Курчум</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Курчум (48.58′54.26′′С; 83.66′00.48′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92</w:t>
-[...35 lines deleted...]
-              <w:t>
 река Кара Ертис</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Буран (47.99′60.19′′С; 85.20′83.73′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+93</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93</w:t>
-[...35 lines deleted...]
-              <w:t>
 Бухтарминское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Куйган (48.63′53.75′′С; 83.51′50.48′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+94</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94</w:t>
-[...35 lines deleted...]
-              <w:t>
 озеро Зайсан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Аксуат (48.21′61.31′′С; 83.70′51.61′′В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Урджарский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95</w:t>
-[...116 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище в селе Егинсу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Егинсу (46°57'39.99"С; 81°28'17.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уланский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Дресвянка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 9 километрах южнее села Каменка (49°85'42.99"С; 81°94'61.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Крупа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 1,5 километрах северо-западнее села Привольное (49°85'42.99"С; 81°94'61.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98</w:t>
-[...135 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Карасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 7 километрах выше  села Привольное (50°08'25.03"С; 81°57'53.39"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 2 километрах выше села Митрофановка (50°02'82.12"С; 81°61'24.65"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+99</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Жартас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 3,5 километрах южнее села Гагарино (50°11'90.74"С; 81°89'31.72"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
-[...135 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Улан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 15 километрах выше села Жанузак (49°62'76.50"С; 82°12'34.61"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...87 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 3 километрах выше села Айыртау (49°80'13.05"С; 82°24'10.68"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+101</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101</w:t>
-[...35 lines deleted...]
-              <w:t>
 водохранилище "Алебастр" на реке Улан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...73 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 7 километрах ниже села Айыртау (49°86'80.78"С; 82°33'79.81"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+102</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Колбала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 4,5 километрах южнее села Бестерек (49°60'99.92"С; 82°66'61.96"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Маймекен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 7 километрах южнее села Каменка (49°86'19.86"С; 81°90'99.87"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+104</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Тугулька</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 5 километрах юго-западнее села Тройницкое (49°91'56.85"С; 81°70'52.19"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Песчанка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 4 километрах южнее села Таврическое (50°10'85.56"С; 82°06'13.04"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106</w:t>
-[...134 lines deleted...]
-            <w:gridSpan w:val="4"/>
+водохранилище на реке Аблакетка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 3,5 километрах севернее села Мамай батыр (49°79'35.63"С; 82°62'05.22"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 107</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...53 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...61 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>
+водохранилище на реке Таинты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в 0,2 километрах выше Нижние Таинты (49°43'71.97"С; 83°04'71.01"В) (49°44'42.89"С; 83°06'29.85"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бухтарминское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...91 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Манат (49°55'74.89"С; 83°47'43.88"В) (49°55'86.62"С; 83°46'23.54"В) (49°55'12.09"С; 83°44'34.37"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 109</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нижние Таинтинское водохранилище</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Нижние Таинты (49°44'08.39"С; 83°04'98.11"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Шыбындыколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Верхние Таинты (49°36'96.34"С; 83°03'01.35"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озера Сибины и Садырколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Алгабас (49°45'13.85"С; 82°59'23.41"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Торткара</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Алгабас (49°44'48.59"С; 82°61'44.23"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 113</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Шалкар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Алгабас (49°43'74.57"С; 82°63'32.88"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 114</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 озеро Коржынколь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Алгабас (49°42'68.39"С; 82°65'13.51"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дубыгалинское озеро</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Гагарино (50°06'40.97"С; 81°79'02.71"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="16"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шемонаихинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 116</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 река Уба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+поселок Усть-Таловка (50°33'36"С; 81°50'34"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 не осуществляется купание, забор воды для питьевых и бытовых нужд, водопой скота</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Верх-Уба (50°29'17"С; 82°24'53"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Убинка (50°19'15"С; 81°43'47"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Камышинка (50°33'42"С; 81°47'30"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Волчанка (50°33'39"С; 82°08'19"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...55 lines deleted...]
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Большая Речка (50°34'22"С; 82°21'49"В)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -29317,51 +24466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+     № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29389,69 +24538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сельский округ, ближайший населенный пункт, район</w:t>
-[...17 lines deleted...]
-(координаты)</w:t>
+Сельский округ, ближайший населенный пункт, район (координаты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29598,69 +24729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пляж Левобережный комплекс</w:t>
-[...17 lines deleted...]
-(49°55'59"С; 82°36'32"В)</w:t>
+пляж Левобережный комплекс (49°55'59"С; 82°36'32"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -29766,69 +24879,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-пляж "Самал"</w:t>
-[...17 lines deleted...]
-(49°55'59"С; 82°36'32"В)</w:t>
+пляж "Самал" (49°55'59"С; 82°36'32"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
@@ -29839,68 +24934,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 район Алтай</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -29972,69 +25049,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-поселек Новая Бухтарма</w:t>
-[...17 lines deleted...]
-(49°61'38"5С; 83°51'19"7В)</w:t>
+поселек Новая Бухтарма (49°61'38"5С; 83°51'19"7В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -30094,69 +25153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-поселек Прибрежный</w:t>
-[...17 lines deleted...]
-(49°65'25"6С; 83°77'54"5В)</w:t>
+поселек Прибрежный (49°65'25"6С; 83°77'54"5В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
@@ -30280,69 +25321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерновский сельский округ</w:t>
-[...17 lines deleted...]
-(50°38'55"04С; 81°12'01"34В)</w:t>
+Жерновский сельский округ (50°38'55"04С; 81°12'01"34В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30376,68 +25399,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 Глубоковский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -30507,87 +25512,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Летний лагерь "Толагай",</w:t>
-[...35 lines deleted...]
-(50°44'41"39С; 82°68'16"13В)</w:t>
+Летний лагерь "Толагай", село Малоульбинка (50°44'41"39С; 82°68'16"13В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30734,69 +25703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Зайсан</w:t>
-[...17 lines deleted...]
-(47036′74.86′′С; 84077′79.27′′В)</w:t>
+город Зайсан (47036′74.86′′С; 84077′79.27′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30901,69 +25852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-город Зайсан</w:t>
-[...17 lines deleted...]
-(47045′55.68′′С; 84087′24.78′′В)</w:t>
+город Зайсан (47045′55.68′′С; 84087′24.78′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31068,69 +26001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кенсайский сельский округ</w:t>
-[...17 lines deleted...]
-(47046′49.86′′С; 84078′41.09′′В)</w:t>
+Кенсайский сельский округ (47046′49.86′′С; 84078′41.09′′В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31164,68 +26079,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 Кокпектинский район</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
@@ -31297,87 +26194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Черемушки",</w:t>
-[...35 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Черемушки", Сарыбельский сельский округ (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -31437,87 +26298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Рубин",</w:t>
-[...35 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Рубин", Сарыбельский сельский округ (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31553,69 +26378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Бухтарминская лилия" Сарыбельский сельский округ</w:t>
-[...17 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Бухтарминская лилия" Сарыбельский сельский округ (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31651,69 +26458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Майами", Сарыбельский сельский округ</w:t>
-[...17 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Майами", Сарыбельский сельский округ (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31749,69 +26538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Простоквашино", Сарыбельский сельский округ</w:t>
-[...17 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Простоквашино", Сарыбельский сельский округ (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31847,69 +26618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Оригон", Сарыбельский сельский округ</w:t>
-[...17 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Оригон", Сарыбельский сельский округ (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -31945,69 +26698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Поющий берег",</w:t>
-[...17 lines deleted...]
-(49038′46′′С; 84019′48′′В;)</w:t>
+база отдыха "Поющий берег", (49038′46′′С; 84019′48′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -32043,87 +26778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-база отдыха "Золотые пески",</w:t>
-[...35 lines deleted...]
-(53017′48′′С; 48049′29′′В;)</w:t>
+база отдыха "Золотые пески", Палатцынский сельский округ (53017′48′′С; 48049′29′′В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -32158,88 +26857,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49005′70′′78С; 83087′30′′87В;)</w:t>
+              <w:t>
+Детский оздоровительный лагерь "Балауса-2" (49005′70′′78С; 83087′30′′87В;)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
@@ -32363,87 +27026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Кабанбай</w:t>
-[...35 lines deleted...]
-(46°06'87.93"С; 82°03'39.65"В)</w:t>
+село Кабанбай (46°07'28.03"С; 82°03'25.23"В) (46°06'87.93"С; 82°03'39.65"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32553,142 +27180,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Дресвянка</w:t>
+              <w:t>
+водохранилище на реке Дресвянка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°85'42.99"С; 81°94'61.71"В)</w:t>
+              <w:t>
+в 9 километрах южнее  села Каменка (49°85'42.99"С; 81°94'61.71"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32756,124 +27329,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Крупа</w:t>
+              <w:t>
+водохранилище на реке Крупа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в 1,5 километрах северо-западнее села Привольное</w:t>
-[...17 lines deleted...]
-(49°85'42.99"С; 81°94'61.71"В)</w:t>
+в 1,5 километрах северо-западнее села Привольное (49°85'42.99"С; 81°94'61.71"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32943,142 +27480,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Карасу</w:t>
+              <w:t>
+водохранилище на реке Карасу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(50°08'25.03"С; 81°57'53.39"В)</w:t>
+              <w:t>
+в 7 километрах выше села Привольное (50°08'25.03"С; 81°57'53.39"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -33137,88 +27620,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(50°02'82.12"С; 81°61'24.65"В)</w:t>
+              <w:t>
+в 2 километрах выше села Митрофановка (50°02'82.12"С; 81°61'24.65"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -33263,142 +27710,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Жартас</w:t>
+              <w:t>
+водохранилище на реке Жартас</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(50°11'90.74"С; 81°89'31.72"В)</w:t>
+              <w:t>
+в 3,5 километрах южнее села Гагарино (50°11'90.74"С; 81°89'31.72"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33468,142 +27861,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Улан</w:t>
+              <w:t>
+водохранилище на реке Улан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°62'76.50"С; 82°12'34.61"В)</w:t>
+              <w:t>
+в 15 километрах выше села Жанузак (49°62'76.50"С; 82°12'34.61"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -33662,88 +28001,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°80'13.05"С; 82°24'10.68"В)</w:t>
+              <w:t>
+в 3 километрах выше села Айыртау (49°80'13.05"С; 82°24'10.68"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -33753,195 +28056,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Улан</w:t>
+              <w:t>
+водохранилище "Алебастр" на реке Улан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°86'80.78"С; 82°33'79.81"В)</w:t>
+              <w:t>
+в 7 километрах ниже села Айыртау (49°86'80.78"С; 82°33'79.81"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34009,142 +28240,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Колбала</w:t>
+              <w:t>
+водохранилище на реке Колбала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°60'99.92"С; 82°66'61.96"В)</w:t>
+              <w:t>
+в 4,5 километрах южнее села Бестерек (49°60'99.92"С; 82°66'61.96"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34212,142 +28389,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Маймекен</w:t>
+              <w:t>
+водохранилище на реке Маймекен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°86'19.86"С; 81°90'99.87"В)</w:t>
+              <w:t>
+в 7 километрах южнее села Каменка (49°86'19.86"С; 81°90'99.87"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34415,142 +28538,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Тугулька</w:t>
+              <w:t>
+водохранилище на реке Тугулька</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в 5 километрах</w:t>
-[...35 lines deleted...]
-(49°91'56.85"С; 81°70'52.19"В)</w:t>
+в 5 километрах юго-западнее села Тройницкое (49°91'56.85"С; 81°70'52.19"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34618,142 +28687,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Песчанка</w:t>
+              <w:t>
+водохранилище на реке Песчанка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(50°10'85.56"С; 82°06'13.04"В)</w:t>
+              <w:t>
+в 4 километрах южнее села Таврическое (50°10'85.56"С; 82°06'13.04"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34821,142 +28836,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Аблакетка</w:t>
+              <w:t>
+водохранилище на реке Аблакетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-(49°79'35.63"С; 82°62'05.22"В)</w:t>
+              <w:t>
+в 3,5 километрах севернее села Мамай батыр (49°79'35.63"С; 82°62'05.22"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35024,160 +28985,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-реке Таинты</w:t>
+              <w:t>
+водохранилище на реке Таинты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-(49°44'42.89"С; 83°06'29.85"В)</w:t>
+              <w:t>
+в 0,2 километрах выше Нижние Таинты (49°43'71.97"С; 83°04'71.01"В) (49°44'42.89"С; 83°06'29.85"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35282,105 +29171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Манат</w:t>
-[...53 lines deleted...]
-(49°55'12.09"С; 83°44'34.37"В)</w:t>
+село Манат (49°55'74.89"С; 83°47'43.88"В) (49°55'86.62"С; 83°46'23.54"В) (49°55'12.09"С; 83°44'34.37"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35413,68 +29248,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- </w:t>
-[...16 lines deleted...]
-              <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -35503,69 +29320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Нижние Таинты</w:t>
-[...17 lines deleted...]
-(49°44'08.39"С; 83°04'98.11"В)</w:t>
+село Нижние Таинты (49°44'08.39"С; 83°04'98.11"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35670,69 +29469,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Верхние Таинты</w:t>
-[...17 lines deleted...]
-(49°36'96.34"С; 83°03'01.35"В)</w:t>
+село Верхние Таинты (49°36'96.34"С; 83°03'01.35"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35837,69 +29618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Алгабас</w:t>
-[...17 lines deleted...]
-(49°45'13.85"С; 82°59'23.41"В)</w:t>
+село Алгабас (49°45'13.85"С; 82°59'23.41"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36004,69 +29767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Алгабас</w:t>
-[...17 lines deleted...]
-(49°44'48.59"С; 82°61'44.23"В)</w:t>
+село Алгабас (49°44'48.59"С; 82°61'44.23"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36171,69 +29916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Алгабас</w:t>
-[...17 lines deleted...]
-(49°43'74.57"С; 82°63'32.88"В)</w:t>
+село Алгабас (49°43'74.57"С; 82°63'32.88"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36338,69 +30065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Алгабас</w:t>
-[...17 lines deleted...]
-(49°42'68.39"С; 82°65'13.51"В)</w:t>
+село Алгабас (49°42'68.39"С; 82°65'13.51"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36505,69 +30214,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Гагарино</w:t>
-[...17 lines deleted...]
-(50°06'40.97"С; 81°79'02.71"В)</w:t>
+село Гагарино (50°06'40.97"С; 81°79'02.71"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36716,69 +30407,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в районе поселка Усть-Таловка</w:t>
-[...17 lines deleted...]
-(50°33'36"С; 81°50'34"В)</w:t>
+в районе поселка Усть-Таловка (50°33'36"С; 81°50'34"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -36838,69 +30511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в районе села Верх-Уба</w:t>
-[...17 lines deleted...]
-(50°29'17"С; 82°24'53"В)</w:t>
+в районе села Верх-Уба (50°29'17"С; 82°24'53"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -36936,69 +30591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в районе села Убинка</w:t>
-[...17 lines deleted...]
-(50°19'15"С; 81°43'47"В)</w:t>
+в районе села Убинка (50°19'15"С; 81°43'47"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37034,69 +30671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в районе села Камышинка</w:t>
-[...17 lines deleted...]
-(50°33'42"С; 81°47'30"В)</w:t>
+в районе села Камышинка (50°33'42"С; 81°47'30"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37132,69 +30751,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в районе села Волчанка</w:t>
-[...17 lines deleted...]
-(50°33'39"С; 82°08'19"В)</w:t>
+в районе села Волчанка (50°33'39"С; 82°08'19"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -37230,69 +30831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в районе села Большая Речка</w:t>
-[...17 lines deleted...]
-(50°34'22"С; 82°21'49"В)</w:t>
+в районе села Большая Речка (50°34'22"С; 82°21'49"В)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -37329,55 +30912,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37707,35 +31312,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>