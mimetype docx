--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="25bd896" w14:textId="25bd896">
+    <w:p w14:paraId="cc5dfb4" w14:textId="cc5dfb4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении перечня должностей специалистов в области здравоохранения, социального обеспечения и культуры, являющихся гражданскими служащими и работающих в сельской местности</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Об определении перечня должностей специалистов в области социального обеспечения и культуры, являющихся гражданскими служащими и работающих в сельской местности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление акимата Наурзумского района Костанайской области от 5 февраля 2021 года № 43. Зарегистрировано Департаментом юстиции Костанайской области 8 февраля 2021 года № 9749.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции постановления акимата Наурзумского района Костанайской области от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,238 +210,309 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 139 Трудового кодекса Республики Казахстан от 23 ноября 2015 года акимат Наурзумского района ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить перечень должностей специалистов в области здравоохранения, социального обеспечения и культуры, являющихся гражданскими служащими и работающих в сельской местности, согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Определить перечень должностей специалистов в области социального обеспечения и культуры, являющихся гражданскими служащими и работающих в сельской местности, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления акимата Наурзумского района Костанайской области от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые постановления акимата согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственному учреждению "Отдел экономики и финансов Наурзумского района" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      3. Государственному учреждению "Отдел экономики и финансов Наурзумского района" в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего постановления в территориальном органе юстиции;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      1) государственную регистрацию настоящего постановления в территориальном органе юстиции;</w:t>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего постановления на интернет-ресурсе акимата Наурзумского района после его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      2) размещение настоящего постановления на интернет-ресурсе акимата Наурзумского района после его официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Наурзумского района.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Наурзумского района.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -421,51 +530,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Аким Наурзумского района </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -550,51 +659,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -680,51 +789,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 5 февраля 2021 года</w:t>
+              <w:t>Наурзумского района</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -745,754 +854,594 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Костанайской области</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 5 февраля 2021 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>№ 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkStart w:name="z28" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень должностей специалистов в области здравоохранения, социального обеспечения и культуры, являющихся гражданскими служащими и работающих в сельской местности</w:t>
+        <w:t xml:space="preserve"> Перечень должностей специалистов в области социального обеспечения и культуры, являющихся гражданскими служащими и работающих в сельской местности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z29" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции постановления акимата Наурзумского района Костанайской области от 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 129</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
-[...15 lines deleted...]
-      1. Должности специалистов в сфере здравоохранения:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Должности специалистов в области социального обеспечения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заведующий отделением надомного обслуживания, являющийся структурным подразделением организации районного значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
-[...15 lines deleted...]
-      1) руководитель районной больницы, руководитель районной поликлиники, заместитель руководителя государственного учреждения и государственного казенного предприятия районного значения;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) социальный работник по оценке и определению потребности в специальных социальных услугах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
-[...15 lines deleted...]
-      2) заведующие клиническими (отделениями скорой медицинской помощи, дневным стационаром, поликлиникой) и параклиническими подразделениями государственного учреждения и государственного казенного предприятия районного значения;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) социальный работник по уходу за престарелыми и лицами с инвалидностью;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
-[...15 lines deleted...]
-      3) врачи всех специальностей;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) социальный работник по уходу за детьми с инвалидностью и лицами с инвалидностью старше 18 лет с психоневрологическими заболеваниями;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
-[...15 lines deleted...]
-      4) акушер (ка);</w:t>
+    <w:bookmarkStart w:name="z34" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Должности специалистов в области культуры:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
-[...15 lines deleted...]
-      5) диетическая сестра;</w:t>
+    <w:bookmarkStart w:name="z35" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) руководитель государственного учреждения и государственного казенного предприятия районного значения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
-[...15 lines deleted...]
-      6) зубной врач (дантист);</w:t>
+    <w:bookmarkStart w:name="z36" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) хормейстер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
-[...15 lines deleted...]
-      7) медицинская (ий) сестра (брат);</w:t>
+    <w:bookmarkStart w:name="z37" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) концертмейстер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
-[...15 lines deleted...]
-      8) специалист общественного здравоохранения (статистик);</w:t>
+    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) библиотекарь;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
-[...15 lines deleted...]
-      9) лаборант (медицинский);</w:t>
+    <w:bookmarkStart w:name="z39" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) библиограф;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
-[...15 lines deleted...]
-      10) провизор (фармацевт);</w:t>
+    <w:bookmarkStart w:name="z40" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) методист всех наименований (основных служб);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
-[...15 lines deleted...]
-      11) специалист психолог;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) учителя казахского, английского языков;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
-[...15 lines deleted...]
-      12) рентгенолаборант;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) музыкальный руководитель.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
-[...15 lines deleted...]
-      13) социальный работник;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Должности специалистов в области спорта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
-[...15 lines deleted...]
-      14) фельдшер;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) методист.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
-[...378 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1727,242 +1676,242 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых постановлений акимата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z57" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата "Об определении перечня должностей специалистов в области здравоохранения, социального обеспечения, образования, культуры и спорта являющихся гражданскими служащими и работающим в сельской местности" от 12 июля 2018 года № 83 (опубликовано 10 августа 2018 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 8001).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z58" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата "О внесении изменений в постановление акимата Наурзумского района от 12 июля 2018 года № 83 "Об определении перечня должностей специалистов в области здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, являющихся гражданскими служащими и работающим в сельской местности" от 19 апреля 2019 года № 28 (опубликовано 30 апреля 2019 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 8367).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z59" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата "О внесении изменений в постановление акимата от 12 июля 2018 года № 83 "Об определении перечня должностей специалистов в области здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, являющихся гражданскими служащими и работающим в сельской местности" от 15 мая 2020 года № 61 (опубликовано 18 мая 2020 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан, зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 9187).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2288,31 +2237,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>