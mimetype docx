--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a30df4a" w14:textId="a30df4a">
+    <w:p w14:paraId="742e404" w14:textId="742e404">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -891,51 +891,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к постановлению</w:t>
+              <w:t>Приложение 1 к постановлению</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -956,51 +956,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к постановлению</w:t>
+              <w:t>акимата города Жанаозен</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -1021,10695 +1021,14703 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>акимата города Жанаозен</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>от 6 мая 2021 года № 237</w:t>
-            </w:r>
-[...193 lines deleted...]
-              <w:t>№ 340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Места размещения нестационарных торговых объектов на территории города Жанаозен </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции постановления Жанаозенского городского акимата Мангистауской области от 13.07.2022 </w:t>
+      Сноска. Приложение 1 в редакции постановления акимата города Жанаозен Мангистауской области от 29.10.2025 № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 340</w:t>
-[...19 lines deleted...]
-        <w:t>№ 77</w:t>
+        <w:t>399</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1537"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Месторасположение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Занимаемая площадь (квадратный метр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Близлежащая инфраструктура (торговые объекты, в которых реализуется схожий ассортимент товаров, а также объекты общественного питания)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сфера деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период осуществления торговой деятельности (лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Өркен", за домом № 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+магазины "Сәнді", "Қазына", "Нұржан"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Көктем", за домом № 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Көктем", за домом № 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кафе "Buycool"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Көктем", справа от дома № 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Асылбек"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Көктем", за домом № 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Көктем", за домом № 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кафе "Buycool"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Көктем", справа от строения № 2 А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 супермаркет "Дана"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Көктем", слева от строения № 18 Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазины "Еркін", "Берік", "Ералы"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", за домом № 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Мереке"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", за домом № 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Тұлпар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", за домом № 33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кафе "KimSim"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", за домом № 24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 кафе "Tantuni"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", за домом № 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Данил"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", справа от строения № 33 а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Тұлпар"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шұғыла", на свободной площади справа от строения № 34/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Диас"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Шұғыла", за домом № 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...189 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шұғыла", перед строением № 29 А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+магазин "Жасмин"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шұғыла"", перед домом № 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 супермаркет "Нұр"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Шаңырақ", перед строением № 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Гүлназ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Шаңырақ", перед строением № 30 а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазин "Арманай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Жалын", слева от дома № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Жалын", справа от строения № 1 Г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Арай", улица Ж. Калдыгараева, напротив дома № 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Астана", улица Кашаган, перед домом № 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Бостандық", улица Асау Барак, перед домом № 4/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 супермаркет "Абай"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, микрорайон "Мамыр", улица Жаманкара Иса, перед домом № 95 а</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Рахат, улица Шогы Батыра, перед домом № 2 А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Рахат, микрорайон "Жұлдыз", улица Жынгылды, перед домом № 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Рахат, микрорайон "Мерей", улица 46, перед зданием № 60 А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Рахат, микрорайон "Мерей", улица Аль-Фараби, перед домом № 86</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 город Жанаозен, село Рахат, микрорайон "Жұлдыз", улица Шеркала, напротив дома № 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Рахат, микрорайон "Ақсу", улица С. Сейтказиева, перед строением № 77 А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 магазины "Әлібек", "Нұр"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Тенге, проспект Достык, справа от строения № 15/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мини-маркет "Мерей"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...171 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Тенге, улица О. Ноятулы, перед строением № 1 Б</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магазин "Ажар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...99 lines deleted...]
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, село Тенге, улица Т. Айбергенова, напротив здания № 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 нет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Розничная торговля (реализация сельскохозяйственной продукции)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, возле школы № 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", за домом 28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Zefir" кафе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Өркен", возле дома № 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Өркен", возле дома № 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Рауан", перед домом 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Рауан", перед домом 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шанырак", рядом с поликлиникой</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Өркен", возле дома №56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Мунайлы", напротив Налогового</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Коктем", рядом с моечным центром "ММ"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Мунайлы", улица Конай батыра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Мунайлы", улица Конай батыра</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Город Жанаозен, микрорайон "Коктем", возле дома №46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Өркен", возле дома №24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Өркен", возле дома № 75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Коктем", возле школы № 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", дом 37 рядом с маки маки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Коктем", перед спортивным комплексом Энергетик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, по проспекту Мангистау, напротив рынка "Жибек жолы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Астана", улица К. Сыдиыкова, улица Жеті кайқы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Коктем", возле Каспийского колледжа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Самал", возле дома 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шанырак", за домом 21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Мамыр", рядом с мясным магазином "Коркем Алем"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рядом Стелла в направлении Жанаозен-Актау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шугыла", перед магазином "Мечта"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Шугыла", перед магазином "Мечта"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Коктем", возле дома №57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Жалын", возле архива</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+город Жанаозен, микрорайон "Акбулак", возле детского сада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+нет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Розничная торговля (реализация продовольственных/ непродовольственных товаров)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11718,50 +15726,295 @@
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13095,55 +17348,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>