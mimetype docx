--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="03fb0dd" w14:textId="03fb0dd">
+    <w:p w14:paraId="abfa9d8" w14:textId="abfa9d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -537,3053 +537,3025 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акима города Сарани</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от "09" июля 2025 года № 1</w:t>
+              <w:t xml:space="preserve">от "12" ноябрь 2025 года </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки в городе Сарани</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение – в редакции решения акима города Сарани Карагандинской области от 09.07.2025 </w:t>
+      Сноска. Приложение – в редакции решения акима города Сарани Карагандинской области от 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 1</w:t>
+        <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 237</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное казенное предприятие "Саранский высший гуманитарно-технический колледж имени Абая Кунанбаева", город Сарань, улица Победы, дом 28.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      В границах: улица Чкалова, дома: 1, 3, 5, 5а, 5б, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Чкалова, дома: 1, 3, 5, 5а, 5б, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
-[...15 lines deleted...]
-      улица Шахтерская, дома: 32, 32а, 36, 38, 40, 42, 44, 44а, 45, 46, 46а, 47, 48, 48а, 49, 50, 50а, 51, 52, 52а, 54, 54а, 55, 56, 56а, 58, 58а;</w:t>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Шахтерская, дома: 32, 32а, 36, 38, 40, 42, 44, 44а, 45, 46, 46а, 47, 48, 48а, 49, 50, 50а, 51, 52, 52а, 54, 54а, 55, 56, 56а, 58, 58а; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      улица Победы, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 12/3, 14, 15, 15/1, 15г, 16, 17, 18, 19, 19а, 23, 24, 25, 29, 31, 34, 34а, 35, 36, 37, 36а, 38, 38а, 41;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Победы, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 12/3, 14, 15, 15/1, 15г, 16, 17, 18, 19, 19а, 23, 24, 25, 29, 31, 34, 34а, 35, 36, 37, 36а, 38, 38а, 41; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      улица Огородная, дома: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 18, 19, 20, 22, 24, 26, 28, 29, 30, 32, 32а, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Огородная, дома: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 18, 19, 20, 22, 24, 26, 28, 29, 30, 32, 32а, 33, 34, 35, 36, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жамбыла, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 17б, 18, 18а, 18б, 19, 19а, 19б, 20, 20а, 20б, 21, 22, 23, 23а, 24, 24а, 24б, 25, 25а, 26, 26а, 26б, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40б, 40в, 41, 42, 42а, 43, 44, 45, 47, 49, 51, 53, 55/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Московская, дома: 2, 4, 6, 8, 10, 12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Кабыша Жакенова, дома: 1, 3, 3а, 5, 9, 11, 13, 15;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Победы, дома: 40, 40а, 42, 42а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      улица Чкалова, дома: 37, 39, 41, 43, 45, 47, 49, 51, 53;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Чкалова, дома: 37, 39, 41, 43, 45, 47, 49, 51, 53; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улицы: Безымянная, Водоканальная, Капитальная, Тимирязева, Коминтерна, Черняховского, Трудовая, Пирогова, Сарыарқа, Мира, Калинина, Стадионная, Заречная, Челюскина, Кирова;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      переулки: Безымянный, Водоканальный.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулки: Безымянный, Водоканальный. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 238</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      Центр: коммунальное государственное учреждение "Школа лицей № 1", город Сарань, улица Жамбыла, дом 50.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Школа-лицей №1" отдела образования города Сарани управления образования Карагандинской области, город Сарань, улица Жамбыла, дом 50.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      В границах: улица Жамбыла, дома: 46, 48, 52, 54, 55, 55а, 57, 57а, 59;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Жамбыла, дома: 46, 48, 52, 54, 55, 55а, 57, 57а, 59; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      улица Кабыша Жакенова, дома: 17, 19, 21, 23;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Кабыша Жакенова, дома: 17, 19, 21, 23; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Московская, дома: 1, 3, 5.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 239</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное казенное предприятие "Саранский высший гуманитарно-технический колледж имени Абая Кунанбаева", город Сарань, проспект Ленина, дом 14.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах: улица Победы, дома: 43, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Саранская, дома: 1, 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 17, 18, 19, 20, 21, 22, 23, 24, 26;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
-[...15 lines deleted...]
-      улица Чкалова, дома: 55, 55а, 57, 57а, 59, 69, 71, 71а, 71б;</w:t>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Чкалова, дома: 55, 55а, 57, 57а, 59, 69, 71, 71а, 71б; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
-[...15 lines deleted...]
-      улица Жамбыла, дома: 56, 58, 60, 62, 63, 64, 65, 66, 67а, 69;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Жамбыла, дома: 56, 58, 60, 62, 63, 64, 65, 66, 67а, 69; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Кабыша Жакенова, дома: 2, 4, 6, 8, 8а, 10, 12, 14, 14/1, 16;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
-[...15 lines deleted...]
-      улица Елизаветы Зиминой;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Елизаветы Зиминой; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проспект Ленина, дома: 1, 3, 5, 7, 9, 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
-[...15 lines deleted...]
-      Избирательный участок № 240</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Избирательный участок № 240</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
-[...15 lines deleted...]
-      Центр: коммунальное государственное учреждение "Школа-гимназия № 17", город Сарань, улица Абая, дом 25а.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Школа-гимназия №17" отдела образования города Сарани управления образования Карагандинской области, город Сарань, улица Абая, дом 25а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
-[...15 lines deleted...]
-      В границах: улица Абая, дома: 11, 13, 15, 17, 21, 23, 25, 27, 29;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Абая, дома: 11, 13, 15, 17, 21, 23, 25, 27, 29; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Жангали Кужанова, дома: 13, 15, 17, 19, 21, 21а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 241</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
-[...15 lines deleted...]
-      Центр:коммунальное государственное учреждение "Общеобразовательная школа имени Абая", город Сарань, улица Жамбыла, дом 72.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Общеобразовательная школа имени Абая" отдела образования города Сарани управления образования Карагандинской области, город Сарань, улица Жамбыла, дом 72.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
-[...15 lines deleted...]
-      В границах: улица Жамбыла, дома: 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 105, 106, 108;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Жамбыла, дома: 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 105, 106, 108; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
-[...15 lines deleted...]
-      улица Жангали Кужанова, дома: 2, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Жангали Кужанова, дома: 2, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Абая, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 12, 14, 16;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
-[...15 lines deleted...]
-      улица Победы, дома: 68, 70, 71, 72, 73, 74, 74а,75, 76, 76/2, 76/6, 76/8, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 101, 103, 105, 107, 109, 111, 113;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Победы, дома: 68, 70, 71, 72, 73, 74, 74а,75, 76, 76/2, 76/6, 76/8, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 101, 103, 105, 107, 109, 111, 113, 76/1, 76/5;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Чкалова, дома: 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 75, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      улица Рабочая, дома: 1, 3, 5, 7, 9;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рабочая, дома: 1, 3, 5, 7, 9,</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      улица Гастелло, дома: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 11, 13, 15, 16, 17, 19;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Гастелло, дома: 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 11, 13, 15, 16, 17, 19; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
-[...15 lines deleted...]
-      улица Солнечная, дома: 1, 2, 3, 4, 6;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Солнечная, дома: 1, 2, 3, 4, 6; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Юности, дома: 3, 7, 9, 13, 15, 17, 19;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проспект Ленина, дома: 2, 4, 6, 8, 10, 12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улицы: Карагандинская, Доковская, Горького;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулки: Волынский, Озерный, Больничный.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 242</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...15 lines deleted...]
-      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 6" (правое крыло), город Сарань, микрорайон 1 "А", дом 26.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Общеобразовательная школа № 6" отдела образования города Сарани управления образования Карагандинской области (правое крыло), город Сарань, микрорайон 1 "А", дом 26.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах: микрорайон 1 "А", дома: 1, 2, 3, 4, 5, 5/1, 6, 6/3, 8, 9, 10, 11, 13, 14, 16, 17, 19, 28, 29.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 243</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
-[...15 lines deleted...]
-      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 6" (левое крыло), город Сарань, микрорайон 1 "А", дом 26.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Общеобразовательная школа № 6" отдела образования города управления образования Карагандинской области (левое крыло), город Сарань, микрорайон 1 "А", дом 26.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах: микрорайон "Горняк", дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 61, 61а, 61б, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 83, 84, 85, 127, 129, 130, 131, 132, 133, 137, 138, 145/1, 146, 149/1, 149/2, 165, 169, 170;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрорайон 1 "А", дома: 12, 18, 20, 21, 22, 23, 24, 25.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 244</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
-[...15 lines deleted...]
-      Центр: коммунальное государственное учреждение "Специальная школа-интернат № 9" город Сарань, улица Жамбыла, дом 112.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центр: коммунальное государственное учреждение "Специальная школа-интернат № 9" управления образования Карагандинской области, город Сарань, улица Жамбыла, дом 112. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрорайон "Горняк", дома: 86, 87, 88, 89, 90, 96, 123, 124, 125, 126, 128, 142, 143, 144, 145, 149;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Рабочая, дома: 2, 89б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
-[...15 lines deleted...]
-      улица Абая, дома: 20, 22, 24;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Абая, дома: 20, 22, 24; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
-[...15 lines deleted...]
-      улицы: Кошевого, Кутузова, Свердлова, Макаренко, Труда, Южная, Степная, Луговая, Набережная, Казахская, Зеленая, Гоголя;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улицы: Кошевого, Кутузова, Свердлова, Макаренко, Труда, Южная, Степная, Луговая, Набережная, Казахская, Зеленая, Гоголя; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
-[...15 lines deleted...]
-      переулки: Северный, Первый, Садовый, Бульварный, Западный, Труда, Гоголя, Крайний, Центральный;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулки: Северный, Первый, Садовый, Бульварный, Западный, Труда, Гоголя, Крайний, Центральный; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
-[...15 lines deleted...]
-      проезд Центральный.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      проезд Центральный. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 245</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
-[...15 lines deleted...]
-      Центр: коммунальное государственное учреждение "Школа-интернат № 7", город Сарань, микрорайон 2, дом 15а.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Школа-интернат №7" отдела образования города Сарани управления образования Карагандинской области, город Сарань, микрорайон 2, дом 15а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
-[...15 lines deleted...]
-      В границах: микрорайон 2, дома: 9, 41;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: микрорайон 2, дома: 9, 41; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...15 lines deleted...]
-      микрорайон 3, дома: 1, 2, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 23, 34, 35, 36, 105, 106, 114, 115, 116, 116а, 118, 119, 120, 120а, 149, 150, 151, 152, 153;</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      микрорайон 3, дома: 1, 2, 5, 6, 7, 8, 9, 10, 12, 13, 14, 15, 16, 18, 19, 20, 21, 22, 23, 34, 35, 36, 105, 106, 114, 115, 116, 116а, 118, 119, 120, 120а, 149, 150, 151, 152, 153; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
-[...15 lines deleted...]
-      микрорайон "Химик", дома: 1, 1а, 2, 3, 3а, 4, 5, 5а, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 32, 33, 43, 44, 45, 46, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 67, 74, 75, 76, 77, 78, 79, 86, 87, 91, 92а, 93, 94, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 108, 109, 113, 114, 115, 116, 117, 118, 119, 120;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      микрорайон "Химик", дома: 1, 1а, 2, 3, 3а, 4, 5, 5а, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 32, 33, 43, 44, 45, 46, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 67, 74, 75, 76, 77, 78, 79, 86, 87, 91, 92а, 93, 94, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 108, 109, 113, 114, 115, 116, 117, 118, 119, 120; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
-[...15 lines deleted...]
-      дома станции "Жосалы".</w:t>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дома станции "Новодубовская".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 246</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное предприятие на праве хозяйственного ведения "Областной центр психического здоровья" наркологический центр принудительного лечения города Сарани", город Сарань, улица Чкалова, дом 73.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах: коммунальное государственное предприятие на праве хозяйственного ведения "Областной центр психического здоровья" наркологический центр принудительного лечения города Сарани".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 247</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное учреждение "Саранский технический колледж", город Сарань, улица Кольцевая, дом 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
-[...15 lines deleted...]
-      В границах: улица Чкалова, дома: 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Чкалова, дома: 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Гастелло, дома: 18, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 33, 34, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
-[...15 lines deleted...]
-      улица Солнечная, дома: 15, 17, 19, 21, 22, 23, 25, 26, 29, 30, 31, 33, 34, 35, 36, 37, 38, 39, 40, 42;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Солнечная, дома: 15, 17, 19, 21, 22, 23, 25, 26, 29, 30, 31, 33, 34, 35, 36, 37, 38, 39, 40, 42; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
-[...15 lines deleted...]
-      улица Юности, дома: 12, 14, 24, 26, 43, 45, 47, 49, 51, 53;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Юности, дома: 12, 14, 24, 26, 43, 45, 47, 49, 51, 53; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
-[...15 lines deleted...]
-      улица Рабочая, четная сторона, дома: 4, 4/2, 6, 8, 10, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 34/1, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60А, 62, 64, 66, 68, 70, 72, 74, 76;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Рабочая, четная сторона, дома: 4, 4/2, 6, 8, 10, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 34/1, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60А, 62, 64, 66, 68, 70, 72, 74, 76; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
-[...15 lines deleted...]
-      улицы: Дружбы, Фестивальная, Студенческая, Матросова, Угольщиков, Кольцевая, Веселая, Расковой, Осипенко, Амурская, Ньютона, Чудесная, Пролетарская, Пограничная, Менделеева, Киевская, Энгельса, Довженко, Буденного, Комарова, Котовского, С.Лазо, Рокоссовского, Щорса, Пархоменко, Станционная, Маяковского, Островского, Арычная, Новая, Крайняя, Химиков, Маресьева;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улицы: Дружбы, Фестивальная, Студенческая, Матросова, Угольщиков, Кольцевая, Веселая, Расковой, Осипенко, Амурская, Ньютона, Чудесная, Пролетарская, Пограничная, Менделеева, Киевская, Энгельса, Довженко, Буденного, Комарова, Котовского, С.Лазо, Рокосовского, Щорса, Пархоменко, Станционная, Маяковского, Островского, Арычная, Новая, Крайняя, Химиков, Маресьева;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
-[...15 lines deleted...]
-      переулок Просторный;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Просторный; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поселок Центральной подстанции.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 248</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: государственное учреждение "Служба пожаротушения и аварийно-спасательных работ Департамента по чрезвычайным ситуациям Карагандинской области Министерства по чрезвычайным ситуациям Республики Казахстан (город Караганда)" Пожарная часть № 24, город Сарань, улица Шахтерская, дом 6а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах: улица Шахтерская, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 10б, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 33, 35, 37, 39, 41, 43;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
-[...15 lines deleted...]
-      улицы: Молодежная, Жуковского, Октябрьская, Коммунальная, Строительная, Тургенева;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улицы: Молодежная, Жуковского, Октябрьская, Коммунальная, Строительная, Тургенева; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулки: Межквартальный, Строительный, Средний.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 249</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
-[...15 lines deleted...]
-      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 2", город Сарань, улица Ушакова, дом 8/1.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 2" отдела образования города Сарани управления образования Карагандинской области, город Сарань, улица Ушакова, дом 8/1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
-[...15 lines deleted...]
-      В границах: улицы: Цимлянская, Спортивная, Панфилова, Некрасова, Амангельды, Красноармейская, Казахстанская, Ватутина, Проточная, Арбатская, Шевченко, Крылова, Индустриальная, Ибаррури, Нуркена, Клары Цеткин, Кузнецкая, Цветная, Вахтерская, Ударная, Чапаева, Шмидта, Высоковольтная, Пушкина, Угольная, Восточная, Павлова, Ушакова, Асфальтная, Красина, Верхняя, Горняков, Нагорная, Дубовская, 1-ая Фурманова, 2-ая Фурманова, Горноспасательная, Клубная, Лермонтова, Шевцова;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улицы: Цимлянская, Спортивная, Панфилова, Некрасова, Амангельды, Красноармейская, Казахстанская, Ватутина, Проточная, Арбатская, Шевченко, Крылова, Индустриальная, Ибаррури, Нуркена, Клары Цеткин, Кузнецкая, Цветная, Вахтерская, Ударная, Чапаева, Шмидта, Высоковольтная, Пушкина, Угольная, Восточная, Павлова, Ушакова, Асфальтная, Красина, Верхняя, Горняков, Нагорная, Дубовская, 1-ая Фурманова, 2-ая Фурманова, 3-ая Фурманова, Горноспасательная, Клубная, Лермонтова, Шевцова; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
-[...15 lines deleted...]
-      переулки: Дубовский, Асфальтный;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулки: Дубовский, Асфальтный; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 250</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
-[...15 lines deleted...]
-      Центр: город Сарань, шахта "Саранская" акционерное общество "Qarmet".</w:t>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: коммунальное государственное учреждение "Общеобразовательная школа №2 отдела образования города Сарани управления образования Карагандинской области, город Сарань, улица Ушакова, дом 8/1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
-[...15 lines deleted...]
-      В границах: улицы: Промышленная, Магистральная, Проходческая, Совхозная, Геологическая, Морозова, Разведчиков, Арычная, Шоссейная, Алмаатинская, Сакена, Аральская, Юбилейная;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улицы: Промышленная, Магистральная, Проходческая, Совхозная, Геологическая, Морозова, Разведчиков, Арычная, Шоссейная, Алмаатинская, Сакена, Аральская, Юбилейная; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
-[...15 lines deleted...]
-      переулки: Первый Морозова, Первый Совхозный, Второй Совхозный;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулки: Первый Морозова, Первый Совхозный, Второй Совхозный; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
-[...15 lines deleted...]
-      дома при шахтах "Дубовская" и "Саранская".</w:t>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      дома при шахте "Саранская". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 251</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
-[...15 lines deleted...]
-      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 16", город Сарань, поселок Актас, улица Космическая, дом 11.</w:t>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 16" отдела образования города Сарани управления образования Карагандинской области, город Сарань, поселок Актас, улица Космическая, дом 11.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
-[...15 lines deleted...]
-      В границах: улица Әлии Молдағұловой, дома: 2, 4, 6, 8, 10, 12, 16, 18, 20, 22, 23, 24, 25, 26, 26а, 27, 29;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Әлии Молдағұловой, дома: 2, 4, 6, 8, 10, 12, 16, 18, 20, 22, 23, 24, 25, 26, 26а, 27, 29; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
-[...15 lines deleted...]
-      улица Космическая, дома: 2, 4, 6, 8, 9, 10, 12, 13, 15, 16, 16а, 17, 18, 18а;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Космическая, дома: 2, 4, 6, 8, 9, 10, 12, 13, 15, 16, 16а, 17, 18, 18а; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
-[...15 lines deleted...]
-      улица Кеншілер, дома: 2, 4, 6, 8, 10, 12, 16;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Кеншілер, дома: 2, 4, 6, 8, 10, 12, 16; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
-[...15 lines deleted...]
-      улица Ковыльная, дома: 16, 18, 18а, 19, 19а, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 38а, 39, 40, 40а, 41, 42, 43, 44;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Ковыльная, дома: 16, 18, 18а, 19, 19а, 20, 21, 22, 23, 24, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 38, 38а, 39, 40, 40а, 41, 42, 43, 44; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Бауыржана Момышұлы, дома: 56, 58, 60, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 69а, 70, 71, 72, 73, 73а, 74, 75, 76, 78;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Первомайская, дома: 13, 13/1, 13б, 14;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Ковыльный, дома 1, 2, 3, 4, 5, 6;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ковыльный тупик, дома: 1, 2, 3, 4, 5, 6, 7, 9.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 252</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное учреждение "Общеобразовательная школа № 13", город Сарань, поселок Актас, улица, Бейбітшілік, дом 7.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
-[...15 lines deleted...]
-      В границах: улица Қаныша Сәтбаева, дома: 3, 3а, 4, 5а, 7, 19, 21, 22а, 23, 24, 25, 26а, 27, 28, 29, 30, 31, 32, 33, 32а, 34а, 34б, 35, 36, 36а, 36б, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 49, 49/2, 50, 51, 53, 54, 55, 56, 57, 58, 59, 61, 62, 63, 65, 67, 68, 69, 70, 71;</w:t>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Қаныша Сәтбаева, дома: 3, 3а, 4, 5а, 7, 19, 21, 22а, 23, 24, 25, 26а, 27, 28, 29, 30, 31, 32, 33, 32а, 34а, 34б, 35, 36, 36а, 36б, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 49, 49/2, 50, 51, 53, 54, 55, 56, 57, 58, 59, 61, 62, 63, 65, 67, 68, 69, 70, 71; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
-[...15 lines deleted...]
-      улица Бауыржана Момышұлы, дома: 1б, 3, 3б, 5, 7, 9, 9/1, 11, 13, 15, 17, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54/1, 55, 57, 59, 61;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Бауыржана Момышұлы, дома: 1б, 3, 3б, 5, 7, 9, 9/1, 11, 13, 15, 17, 25, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54/1, 55, 57, 59, 61; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
-[...15 lines deleted...]
-      улица Гражданская, дома: 4, 6, 6б, 7, 8, 9, 10, 11, 11а, 12, 12б, 13, 18, 18б, 20, 21, 22, 23, 24, 25, 25а, 25б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51б, 52, 53, 54, 55;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Гражданская, дома: 4, 6, 6б, 7, 8, 9, 10, 11, 11а, 12, 12б, 13, 18, 18б, 18в, 20, 21, 22, 23, 24, 25, 25а, 25б, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51б, 52, 53, 54, 55; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Лихачева, дома: 1, 3, 5, 7, 9, 11, 13, 15;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
-[...15 lines deleted...]
-      улица Ковыльная, дома: 1, 3, 5, 7, 9, 11, 13, 13б, 15, 15а;</w:t>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Ковыльная, дома: 1, 3, 5, 7, 9, 11, 13, 13б, 15, 15а; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
-[...15 lines deleted...]
-      улица Космическая, дома: 1, 3, 5;</w:t>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Космическая, дома: 1, 3, 5; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Первомайская, дом 16;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Кржижановского, дома: 1, 3, 5, 7, 9, 9а, 9б, 11, 15, 16, 17;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Шевцовой, дома: 2, 14, 16;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z126" w:id="120"/>
-[...15 lines deleted...]
-      переулок Шевцовой: дома: 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Шевцовой: дома: 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Саратовский, дома: 1, 2, 3, 4;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Чайковского, дома: 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
-[...15 lines deleted...]
-      переулки: Громовой, Батумский, первый Гражданский, второй Гражданский;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулки: Громовой, Батумский, первый Гражданский, второй Гражданский; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дома подстанции шахты "Актасская".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 253</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное казенное предприятие "Культурно-досуговый центр поселка Актас" (спортивный зал), город Сарань, поселок Актас, улица Кржижановского, дом 16а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
-[...15 lines deleted...]
-      В границах: улица Гастелло, дома: 12, 14, 16, 16а;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Гастелло, дома: 12, 14, 16, 16а; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z134" w:id="128"/>
-[...15 lines deleted...]
-      улица Кржижановского, дома: 6, 8, 21, 23, 25;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Кржижановского, дома: 6, 8, 21, 23, 25; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z135" w:id="129"/>
-[...15 lines deleted...]
-      улица Ковыльная, дома: 2, 4, 6, 8;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Ковыльная, дома: 2, 4, 6, 8; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрорайон 1, дома: 1, 2, 3, 4, 5.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 254</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное казенное предприятие "Культурно-досуговый центр поселка Актас" (малый зал), город Сарань, поселок Актас, улица Кржижановского, дом 16а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z139" w:id="133"/>
-[...15 lines deleted...]
-      В границах: улица Кржижановского, дома: 18, 20, 27а, 29;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Кржижановского, дома: 18, 20, 27а, 29; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Гастелло, дома: 18, 18а, 18б, 20, 22;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Первомайская, дома: 4, 6, 8, 12, 14а, 14б, 14в, 16а, 16б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       микрорайон 1, дома: 6, 7, 8.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z143" w:id="137"/>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 255</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z144" w:id="138"/>
-[...15 lines deleted...]
-      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 13", город Сарань, поселок Актас, улица Бейбітшілік, дом 7.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр:коммунальное государственное учреждение "Общеобразовательная школа № 13" отдела образования города Сарани управления образования Карагандинской области, город Сарань, поселок Актас, улица Бейбітшілік, дом 7.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z145" w:id="139"/>
-[...15 lines deleted...]
-      В границах: улица Бауыржана Момышұлы, дома: 2, 4, 6, 6/1, 8, 10, 12, 14, 16, 18, 20, 24, 26;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В границах: улица Бауыржана Момышұлы, дома: 2, 4, 6, 6/1, 8, 10, 12, 14, 16, 18, 20, 24, 26; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z146" w:id="140"/>
-[...15 lines deleted...]
-      улица Кржижановского, дома: 12, 14;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Кржижановского, дома: 12, 14; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z147" w:id="141"/>
-[...15 lines deleted...]
-      улица Гастелло, дома: 2, 3а, 4, 6, 8, 10;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Гастелло, дома: 2, 3а, 4, 6, 8, 10; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z148" w:id="142"/>
-[...15 lines deleted...]
-      улица Первомайская, дома: 1, 2, 3, 5, 7, 9, 10;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Первомайская, дома: 1, 2, 3, 5, 7, 9, 10; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z149" w:id="143"/>
-[...15 lines deleted...]
-      улица Саратовская, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 29а, 30, 31, 31/1, 33, 35, 37, 39, 41, 42, 43, 44, 46;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Саратовская, дома: 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 29а, 30, 31, 31/1, 33, 35, 37, 39, 41, 42, 43, 44, 46; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Бейбітшілік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z151" w:id="145"/>
-[...15 lines deleted...]
-      переулок Бородина, дома: 3, 4, 5, 8, 12, 14, 19, 22, 24;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      переулок Бородина, дома: 3, 4, 5, 8, 12, 14, 19, 22, 24; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сабурханская подстанция и подстанция шахты имени Тусупа Кузембаева;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       станция "Сабурханская";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общество садоводов "Дружба";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подстанция "Бытовая".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательный участок № 256</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: коммунальное государственное предприятие на праве хозяйственного ведения "Больница города Сарани", город Сарань, улица Саранская, дом 28а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В границах: коммунальное государственное предприятие на праве хозяйственного ведения "Больница города Сарани".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:p>
-[...37 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>