--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0e93df2" w14:textId="0e93df2">
+    <w:p w14:paraId="92f08ca" w14:textId="92f08ca">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -743,64 +743,77 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к решению</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Карагандинского областного маслихата</w:t>
+              <w:t>Карагандинского</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 25 февраля 2021 года</w:t>
+              <w:t>областного маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от "25" февраля 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -808,61 +821,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дополнительно предоставляемый гарантированный объем бесплатной медицинской помощи, в том числе лекарственных средств, медицинских изделий, отдельным категориям граждан Республики Казахстан при амбулаторном лечении бесплатно</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Карагандинского областного маслихата 11.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Карагандинского областного маслихата 09.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 307</w:t>
+        <w:t>№ 349</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1307,94 +1320,154 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) лекарственные средства - "Ланаделумаб", "Ингибитор С1 эстеразы" при диагнозе "Первичный иммунодефицит. Дефект в системе комплемента";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23) лекарственное средство - "Иммуноглобулин человеческий" при диагнозе "Другие воспалительные полиневропатии".</w:t>
+      23) лекарственное средство - "Иммуноглобулин человеческий" при диагнозе "Другие воспалительные полиневропатии";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      24) лекарственное средство - "Вандетаниб" при диагнозе "Онкологические заболевания. Рак щитовидной железы, IVA стадия, Т4аNIM0";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) лекарственное средство - "Теклистамаб" при диагнозе "Множественная миелома и злокачественные плазмоклеточные новообразования";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) лекарственное средство - "Алглюкозидаза-альфа" при диагнозе "Болезнь накопления гликогенa (болезнь Помпе)".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       2. Медицинские изделия при амбулаторном лечении бесплатно с диагнозами: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медицинские изделия (по рецепту) гражданам с диагнозом "Буллезный эпидермолиз".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1486,602 +1559,602 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 25 февраля 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторые решения Карагандинского областного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 27 июня 2013 года № 184 "О дополнительном предоставлении лекарственного средства отдельным категориям граждан при амбулаторном лечении бесплатно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 2349, опубликовано в газетах "Индустриальная Караганда" от 13 июля 2013 года № 117-118 (21524) и "Орталық Қазақстан" от 13 июля 2013 года № 96 (21429)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 15 апреля 2014 года № 278 "О предоставлении дополнительных специализированных лечебных продуктов" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 2592, опубликовано в информационно-правовой системе "Әділет" от 25 апреля 2014 года, в газетах "Индустриальная Караганда" от 19 апреля 2014 года № 65 (21586) и "Орталық Қазақстан" от 19 апреля 2014 года № 73 (21707)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 4 сентября 2014 года № 314 "О предоставлении лекарственного средства дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 2740, опубликовано в информационно-правовой системе "Әділет" 29 сентябре 2014 года, в газетах "Индустриальная Караганда" от 23 сентября 2014 года № 168 (21689) и "Орталық Қазақстан" от 23 сентября 2014 года № 182 (21816)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 11 декабря 2014 года № 358 "О предоставлении лекарственного средства дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 2871, опубликовано информационно-правовой системе "Әділет" 20 января 2015 года, в газетах "Индустриальная Караганда" от 20 декабря 2014 года № 221-222 (21742-21743) и "Орталық Қазақстан" от 20 декабря 2014 года № 242-243 (21877)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 29 июля 2015 года № 419 "О предоставлении лекарственного средства, специализированного лечебного продукта дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 3360, опубликовано в информационно-правовой системе "Әділет" 14 августа 2015 года, в газетах "Индустриальная Караганда" от 11 августа 2015 года № 111-112 (21862-21863) и "Орталық Қазақстан" от 11 августа 2015 года № 126-127 (22012)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 12 декабря 2016 года № 143 "О предоставлении лекарственных средств дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 4068, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 10 января 2017 года, в газетах "Индустриальная Караганда" от 05 января 2017 года № 1 (22114) и "Орталық Қазақстан" от 05 января 2017 года № 1 (22 306)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 30 марта 2017 № 168 "О предоставлении лекарственных средств дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 4207, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 20 апреля 2017 года, в газетах "Индустриальная Караганда" от 13 апреля 2017 года № 40 (22153) и "Орталық Қазақстан" от 13 апреля 2017 года № 40 (22 347)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 29 июня 2017 года № 200 "О предоставлении специализированных лечебных продуктов, медицинских изделий, лекарственного средства дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 4295, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 11 июля 2017 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ХVII сессии Карагандинского областного маслихата от 9 августа 2018 года № 331 "О дополнительном предоставлении лекарственных средств" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 4904, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 25 августа 2018 года, в газетах "Индустриальная Караганда" от 28 августа 2018 года № 95 (22354) и "Орталық Қазақстан" от 28 августа 2018 года № 95 (22 547)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 28 февраля 2019 года № 398 "О предоставлении лекарственных средств дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 5211, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 15 марта 2019 года, в газетах "Индустриальная Караганда" от 16 марта 2019 года № 29 (22433) и "Орталық Қазақстан" от 16 марта 2019 года № 29 (22 625)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 8 августа 2019 года № 440 "О предоставлении лекарственных средств дополнительно" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 5427, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 15 августа 2019 года, в газетах "Индустриальная Караганда" от 17 августа 2019 года № 90 (22494) и "Орталық Қазақстан" от 17 августа 2019 года № 90 (22 686)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Карагандинского областного маслихата от 2 июля 2020 года 553 "О внесении изменений в некоторые решения Карагандинского областного маслихата и признании утратившими силу некоторых решений Карагандинского областного маслихата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 5929, опубликовано в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде 7 июля 2020 года).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>