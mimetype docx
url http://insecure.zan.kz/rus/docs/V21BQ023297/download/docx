--- v0 (2025-11-08)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b006305" w14:textId="b006305">
+    <w:p w14:paraId="512a9ec" w14:textId="512a9ec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -845,50 +845,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 12.08.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -987,79 +1007,399 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Местонахождение: Акмолинская область, Целиноградский район, село Акмол, улица Гагарина, 12, здание государственного коммунального казенного предприятия "Районный дом культуры".</w:t>
+              <w:t xml:space="preserve">Местонахождение: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акмолинская</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> область, Целиноградский район, село </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Акмол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, улица Гагарина, 12, здание государственного коммунального казенного предприятия "Районный дом культуры".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Границы: улица Черемушки – 1, 2, 3, 4, 5, 6, 7 А, 9, 10, 11, 12, 13, 14, 21; улица Коскопа – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29; улица Жана жол – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 31, 32, 33, 35.</w:t>
+              <w:t xml:space="preserve">Границы: Микрорайон Черемушки 1, 2, 3, 4, 5, 6, 7, 8, улица Черемушки –5а, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 24/1 25, 26; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Коскопа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29; улица Жана </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жол</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20А, 22, 24, 27, 28, 29, 31, 32, 33, 35, 35А, 37, 39, 39/1; улица Элеваторная – 1, 2, 2А, 3/1, 3/2, 4, 5, 5А, 5Б, 6, 6А, 7, 7/1, 7/2, 8, 9, 10, 11, 13, 13А, 14, 15, 16, 17, 18; улица Капана Мухамеджанова – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Беимбета</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Майлина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шокана</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уалиханова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20; улица Ильяса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Есенберлина</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сакена</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Сейфуллина – 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; улица Ильяса </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жансугурова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; улица Наурыз – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; улица Малика Габдуллина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сабита</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Муканова – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 31; улица Людмилы Руслановой – 3, 5, 7, 9, 11,13, 15, 17, 19, 27, 29; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жети</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жаргы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 18; улица </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Миржакып</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дулатулы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2, 3, 4, 5; улица Ивана Шарфа – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 24; улица ИПС – 1, 3, 4, 5, 6; улица Линейная – 1, 2, 3, 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1109,70 +1449,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 640</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Границы: улица Гагарина – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15; улица Шайкена Исенова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 74, 76, 78, 82, 84, 86, 87; улица Ивана Шарфа – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 24; улица ИПС – 1, 3, 4, 5, 6; улица Элеваторная – 1, 2, 3, 4, 5, 6, 7, 9, 10, 14, 18; улица Линейная – 1, 2, 3, 4.</w:t>
+              <w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Акмол, улица Гагарина, 1, здание коммунального государственного учреждения "Общеобразовательная школа села Акмол отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: улица Гагарина – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15; улица Шайкена Исенова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 74, 76, 78, 82, 84, 86, 87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2127,69 +2467,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 649</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местонахождение: Акмолинская область, Целиноградский район, село Караоткель, улица Кенесары хана, 2 Д, здание коммунального государственного учреждения "Общеобразовательная школа № 2 села Караоткель отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
-[...17 lines deleted...]
-Границы: улица Наурызбай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; улица Карасай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Амир Темира – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Козыкош – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; улица Бузыкты – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; улица Льва Гумилева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; улица Богенбай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Алихана Бокейханова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; улица Талдыколь – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Женис – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Ахмета Байтурсынова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; улица Шокана Уалиханова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Турара Рыскулова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Габита Мусрепова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; улица Жамбыла Жабаева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 67, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Шамши Калдаякова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; улица Домалак ана – 1, 2, 3, 4, 5, 6; улица Амангельды Иманова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62; улица Сарыарка – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; улица Ильяса Жансугурова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81; улица Кемаль Акишева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; улица Мустафа Шокая – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; улица Бухар жырау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72; улица Кенесары хана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52; улица Кабанбай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; улица Бошан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Ибрая Алтынсарина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; улица Малика Габдулина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Сабита Муканова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Мухтара Ауезова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Сакена Сейфуллина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Айтеке би – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; улица Толе би – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; улица Казыбек би – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; улица Абылай хана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Магжана Жумабаева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; улица Алии Молдагуловой – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Кажымукана Мунайтпасова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Абая Кунанбаева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36.</w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Караоткель, улица Богенбай батыра, 2а, здание коммунального государственного учреждения "IT школа-лицей села Караоткель отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: улица Мұқағали Мақатаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Амре Кашаубаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; улица Магжана Жумабаева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; улица Абая Кунанбаева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36. улица Хамит Ергалиев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; улица Кабанбай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18; улица Богенбай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Талдыколь – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Женис – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Кенесары хана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52; улица Бухар жырау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72; улица Мустафа Шокая – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; улица Кемаль Акишева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; улица Ильяса Жансугурова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81; улица Сарыарка – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; улица Алии Молдагуловой – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2240,51 +2580,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 650</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местонахождение: Акмолинская область, Целиноградский район, село Караоткель, улица Қожа Ахмет Йассауи, 9Б, здание коммунального государственного учреждения "Общеобразовательная школа № 1 села Караоткель отдела образования по Целиноградскому району управления образования Акмолинской области". Границы: улица Есиль – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Астана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Ертис – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Динмухаммед Кунаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Шакен Айманов – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Султанмахмут Торайгыров – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица Жусипбек Аймауытов – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Шакарим Кудайбердиев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; улица Ильяс Есенберлин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Кызылжар – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Абу Насыр Аль-Фараби – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Беймбет Майлин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; улица Енбекши – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; улица Каукен Кенжетайулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; улица Ағыбай батыр – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; улица Баубек Булкышев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Хамит Ергалиев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; улица Бәйтерек – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; улица Евгений Брусиловский – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Роза Бағланова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Әбілқайыр хан – 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица Нура – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; улица Кайым Мухамедханов – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82.</w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Караоткель, улица Қожа Ахмет Йассауи, 9Б, здание коммунального государственного учреждения "Общеобразовательная школа № 1 села Караоткель отдела образования по Целиноградскому району управления образования Акмолинской области". Границы: улица Абилхан Кастеев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36. улица Атан батыр – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Айша биби – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43; улица Есиль – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Астана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Каукен Кенжетайулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; улица Куляш Байсейтова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; улица Ертис – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Даулеткерей Шигайулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; улица Динмухаммед Кунаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Шакен Айманов – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Султанмахмут Торайгыров – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица Жусипбек Аймауытов – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Шакарим Кудайбердиев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; улица Ильяс Есенберлин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Кызылжар – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Абу Насыр Аль-Фараби – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Беймбет Майлин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; улица Енбекши – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; улица Курмангазы Сагирбайулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; улица Бауыржан Момышулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Дина Нурпеисова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13; улица Тауелсиздик – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Каныш Сатпаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; улица Алиби Жангелдин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; улица Ағыбай батыр – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; улица Баубек Булкышев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Естай – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; улица Бәйтерек – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; улица Евгений Брусиловский – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Роза Бағланова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Әбілқайыр хан – 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица Жагалау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88; улица Нура – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; улица Кайым Мухамедханов – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82. улица Султанмахмут Бейбарыс – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Жұмабек Тәшенев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68; улица Қожа Ахмет Йассауи – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; улица Акан сери – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2560,70 +2900,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 653</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Границы: улица Мухамедрахима Джунусова – 001, 1, 10, 101, 1010, 103, 103/1, 105, 11, 12, 13, 14, 15, 159, 16, 160, 161, 17а, 17, 18, 19, 2/3, 2, 2/1, 2/2, 2/3, 2/4, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 3, 3/1,31, 32, 33, 34, 35, 36, 37, 38, 39/1, 39/2, 4/1, 40, 41, 43, 43а, 44, 44д, 45, 46/1, 46/2, 47, 49, 5, 51/1, 51/2, 53, 54, 55, 57/1, 61/3, 61/2, 63а, 63/1, 65, 65б, 65г, 69, 7, 71, 73, 73/1, 73а, 73а/1, 75, 77, 77/1, 77/2, 79/1, 8, 81/1, 81/2, 83а, 85, 87/1, 87/2, 88, 89, 9, 90, 92, 93, 94а, 95, 96, 97, 99; участок – 1б; участок – 7; 113/1, 113/2, 115/1, 115/2, 117, 119, 119/1, 121, 123, 125, 127/1, 127/2, 129, 129/1, 131, 133, 135, 137а, 137, 139, 141, 143, 145, 147, 149, 151, 1553, 155, 157, 50, 50а, 50б, 52/1, 52/2, 54, 56, 58, 64, 66, 68, 70, 72, 74, 74/1, 76, 78/1, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 98а, 98б, 98в, 100, 100а; улица Рахыма Рамазанова – 55а, 16, 22, 33, 34/1, 39, 50, 51/1, 54а, 55б; участок – 37; участок – 52; участок – 54, 42, 10, 34/1, 52, 12, 12б, 13, 13а, 2, 28, 29, 40, 54а, 55а; участок – 16; участок – 43; участок – 54, 11/1, 11/2, 12а, 13/1, 13/2, 14, 15/1, 15/2, 16, 18, 19/1, 19/2, 2/1, 20/2, 21/1, 21/2, 24, 27, 27/1, 3, 30/1, 30/2, 31, 32/1, 32/2, 33, 34/1, 36/1, 36/2, 38/2, 4, 6, 8; улица Алии Молдагуловой – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41; улица Абая Кунанбаева – 1, 1б, 14а, 33а, 33б, 33в, 33, 5, 5д, 6а, 6б, 3д, 10, 12, 13, 15, 16, 17, 19, 22, 23, 25, 28, 32/1, 32/2, 34, 35, 37, 39, 40, 41, 42, 43, 44, 45, 49, 55, 60, 7, 81; участок – 93; улица Коянды – 1, 11, 12, 13, 14/1, 14/2, 15, 16, 17, 17/2, 18, 19, 21, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32/1, 32/2, 33/1, 33/1, 33/2, 34, 35, 36, 37/1, 37, 38, 39, 4, 40, 41а, 41б, 41в, 41, 43, 45, 46, 47, 48, 49, 50, 5, 50/1, 53, 54/1, 54/2, 56, 57, 58, 59, 6, 6, 61, 62, 63, 64, 65, 66, 67, 68а, 68, 69, 7, 70, 71, 72, 73, 775, 76, 77, 78, 79, 80, 80, 81, 82, 83, 84, 86, 85, 87, 87б, 88, 89а, 9, 90, 93; участок – 2а; улица Мустафа Шокая – 1, 12, 13, 14, 15, 16, 17, 17/1, 18, 19, 2, 20, 21/1, 21/2, 22, 23, 24/1, 24/2, 25, 26, 27, 28, 29, 3/1, 3/2, 30, 31, 32, 33, 34, 35, 36а, 36, 39, 4, 40/1, 40/2, 41, 41/2, 42, 43, 43/1, 44, 46, 47, 48, 5б, 5, 51, 53, 54, 55, 56, 57, 57/2, 58, 59, 60/1, 60/2, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 73, 74, 75, 76, 77, 78, 8, 80, 82, 83, 84/1, 84/2, 85, 86, 87а, 87б, 87в, 87, 88а, 88А, 89, 9, 90; участок – 11, 5, 5/1; улица Шапагат – 1, 10/1, 10/2, 11, 12, 13, 15, 16, 17, 18/1, 18/2, 19, 2, 22, 23, 24, 24/1, 25, 26, 25, 26, 28, 29, 3/1, 31, 32, 33, 34, 35, 36, 37, 38, 4/2, 41, 42, 43/1, 43/2, 44, 44/1, 45/2, 46, 47, 5, 51, 52, 53, 55, 58, 59, 6а/2, 60, 62, 63, 64, 65/1, 65/2, 66, 68, 69, 6а/1, 7, 70, 71, 72, 78, 79, 8, 80/1, 80/2, 84, 85, 88, 88/1, 89, 90, 91, 95; улица Маншук Маметовой – 1, 12, 13, 14, 15, 16, 17, 18, 19а, 19, 2а, 2в, 2г, 2д, 2, 20а, 20, 21, 22, 23, 24, 25, 26, 29, 3, 30а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 4б, 4, 40, 42, 44, 45, 46, 47/1, 47/2, 48, 49, 5/2, 5, 50, 51, 52, 53, 54, 56, 57/1, 57/2, 58, 59, 6б/1, 6б/2, 6, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 74, 75, 76, 77, 78, 79, 8, 81, 82, 82а, 84а, 84а/1, 84, 85, 86/1, 86/2, 87, 88, 89, 91, 9, 93/1, 95, 97а, 97; участок – 29; участок – 4; участок – 41; улица Кенесары – 1а, 1, 10, 11, 12, 13, 14, 15, 16, 16/2, 17, 20, 21, 22, 23, 24, 25, 27, 28, 29, 3, 30, 31, 32, 33, 34, 65, 36, 37, 38, 39, 41, 40, 42, 44, 44/1, 46, 47, 48, 49, 5, 50, 51, 52, 54, 55, 55/2, 56, 57, 58/1, 58/2, 59, 6, 60, 61, 62, 63, 65, 66, 67/1, 67/2, 68, 69, 7, 70, 71, 7, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84/1, 84/2, 84/3, 85, 86, 87, 87а, 88, 89, 9, 90, 91, 92, 94а, 94б, 94; улица Кабанбай батыра – 1, 10, 10/2, 11, 12, 13, 15, 16, 17, 18, 19, 2, 20, 21, 23, 24, 26/1, 26/2, 27, 28, 3д, 30, 31, 31а, 33, 34, 36, 35, 37, 38, 39, 4, 40, 41, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 5/1, 5/2, 50/1, 50/2, 51, 52, 53, 55, 56, 57, 59, 60, 62/1, 62/2, 64, 68, 7, 70, 74, 76, 78, 80/1, 80/2, 82, 9; участок – 4; участок – 1а, 1а/1, 10б, 13а, 14а/1, 14а/2, 14а/3, 14а/4, 14а, 14а, 15а/1, 15а/2, 15а/3, 15а, 15а, 1а, 2а/1, 2а/2, 26, 32, 8а/1, 8а/2, 8а, 9б, 9а, 11а, 11/а, 115, 12/а, 13/а, 154, 169, 4, 4а, 5/1а, 5/5, 54/1а ,6а; улица Женис – 1, 11б, 13, 1, 1а/1, 1а/2, 3, 5, 6б, 7, 7/1, 7б, 9, 9а, 9а/2, 9б; улица Малика Габдуллина – 3, 12, 14, 16, 17, 19, 1, 2/1, 24, 26, 3, 34, 35, 39, 4, 41, 43, 45, 5, 6, 8, 81, 97; участок – 126; участок – 13; участок – 17; участок – 85; улица Аль Фараби – 13, 19, 25, 236, 11, 1, 15, 23, 3; улица Ыбырая Алтынсарина – 14, 18, 19, 219, 24а, 24, 25, 26, 29, 31, 32, 33, 34, 37, 39, 42, 6; улица Казахстан – 12, 16, 19, 20, 22, 25, 28, 28а, 33, 35, 38, 40, 4а, 5, 37; улица Токтара Аубакирова – 15, 5, 9; улица Тауелсиздик – 10, 11, 12, 13, 14, 15, 17, 18а, 19, 20, 24а, 25, 27, 29, 33, 35, 4, 7, 8а, 8г; участок – 3; участок – 31; участок – 33; улица Болашак – 1, 10, 11, 12, 13, 17, 18, 1а, 2, 21, 26, 27, 28а, 29, 30, 33, 36, 37, 3б, 4, 40, 42, 44, 44/1, 49, 50, 56, 68, 8б, 8в; участок – 13; участок – 20; участок – 3; участок – 35; участок – 5/1; участок – 5/2; улица Динмухамеда Конаева – 10, 12, 18, 2, 21, 21, 23, 24, 25, 28, 3, 32, 34, 38, 40, 44, 5/1, 5/2, 56, 6, 8, 9; участок – 11; участок – 41; улица Каныша Сатпаева – 10, 13, 14, 18, 2, 20, 21, 3, 31, 314, 32, 32а, 34б, 34, 34/1, 37а, 37б, 39, 4, 43, 47, 5, 6, 7, 9; участок – 209; участок – 33; улица Кажымукана Мунайтпасова – 1а, 1, 10, 11, 11а, 12, 13а, 13, 15а, 15, 16, 19, 23, 24, 25а, 25, 27, 30, 4, 5, 6, 7, 8, 9; участок – 65; участок – 90; участок – 1; улица Сагадата Нурмагамбетова – 10, 11, 12, 13, 14, 15, 16, 17, 22, 25, 26, 28, 30, 31а, 32, 33, 34а, 38, 40, 42, 46, 48, 54, 6, 60, 7, 72, 8, 9; участок– 120; участок – 134; участок – 180; участок – 182; улица Шокана Уалиханова – 1, 13, 23, 3, 37, 39, 45, 47а, 49, 51, 53, 54, 58, 60а, 61, 7, 75, 75/1, участок – 148; участок – 152; участок – 181; 49а, 55а, 85; улица Бауыржана Момышулы – 1, 10, 12/1, 12/2, 13, 17, 19, 20, 22, 23/1, 25, 27, 29, 30, 39, 4, 5, 6, 7, 8, 9; участок – 2; улица Аманкельды Иманова – 10, 14, 16, 17, 19, 21, 24, 26, 27, 28, 30, 34, 6а, 6; участок – 11; участок – 19; участок – 40; улица Ракымжана Кошкарбаева – 10, 13, 16, 2, 9,участок – 12; улица Танатар – 1, 2, 3, 4, 5, 7, 9, 10; улица Енбек – 1, 2, 4, 5, 8, 10, 12, 14, 16, 18, 20, 22, 24; улица Мереке 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 24, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; улица Байконыр – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; улица Кокпар – 5, 7, 9, 11, 13, 15, 17, 19, 21, 8, 10, 12, 14, 16, 18, 20, 22; микрорайон 12 – участок – 113; участок – 115; участок – 117; участок – 119; участок – 109; участок – 33; участок – 31; микрорайон 3 а – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82.</w:t>
+              <w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Коянды, улица Аль-Фараби, 1, здание коммунального государственного учреждения "Общеобразовательная школа № 1 села Коянды отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: улица Мухамедрахима Джунусова – 113/1, 113/2, 115/1, 115/2, 117, 119, 119/1, 121, 123, 125, 127/1, 127/2, 129, 129/1, 131, 133, 135, 137а, 137, 139, 141, 143, 145, 147, 149, 151, 1553, 155, 157, 50, 50а, 50б, 52/1, 52/2, 54, 56, 58, 64, 66, 68, 70, 72, 74, 74/1, 76, 78/1, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 98а, 98б, 98в, 100, 100а; улица Рахыма Рамазанова – 55а, 16, 22, 33, 34/1, 39, 50, 51/1, 54а, 55б; участок – 37; участок – 52; участок – 54, 42, 10, 34/1, 52, 12, 12б, 13, 13а, 2, 28, 29, 40, 54а, 55а; участок – 16; участок – 43; участок – 54, 11/1, 11/2, 12а, 13/1, 13/2, 14, 15/1, 15/2, 16, 18, 19/1, 19/2, 2/1, 20/2, 21/1, 21/2, 24, 27, 27/1, 3, 30/1, 30/2, 31, 32/1, 32/2, 33, 34/1, 36/1, 36/2, 38/2, 4, 6, 8; улица Мустафа Шокая – 1, 12, 13, 14, 15, 16, 17, 17/1, 18, 19, 2, 20, 21/1, 21/2, 22, 23, 24/1, 24/2, 25, 26, 27, 28, 29, 3/1, 3/2, 30, 31, 32, 33, 34, 35, 36а, 36, 39, 4, 40/1, 40/2, 41, 41/2, 42, 43, 43/1, 44, 46, 47, 48, 5б, 5, 51, 53, 54, 55, 56, 57, 57/2, 58, 59, 60/1, 60/2, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 73, 74, 75, 76, 77, 78, 8, 80, 82, 83, 84/1, 84/2, 85, 86, 87а, 87б, 87в, 87, 88а, 88А, 89, 9, 90; участок – 11, 5, 5/1; улица Шапагат – 1, 10/1, 10/2, 11, 12, 13, 15, 16, 17, 18/1, 18/2, 19, 2, 22, 23, 24, 24/1, 25, 26, 25, 26, 28, 29, 3/1, 31, 32, 33, 34, 35, 36, 37, 38, 4/2, 41, 42, 43/1, 43/2, 44, 44/1, 45/2, 46, 47, 5, 51, 52, 53, 55, 58, 59, 6а/2, 60, 62, 63, 64, 65/1, 65/2, 66, 68, 69, 6а/1, 7, 70, 71, 72, 78, 79, 8, 80/1, 80/2, 84, 85, 88, 88/1, 89, 90, 91, 95; улица Маншук Маметовой – 1, 12, 13, 14, 15, 16, 17, 18, 19а, 19, 2а, 2в, 2г, 2д, 2, 20а, 20, 21, 22, 23, 24, 25, 26, 29, 3, 30а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 4б, 4, 40, 42, 44, 45, 46, 47/1, 47/2, 48, 49, 5/2, 5, 50, 51, 52, 53, 54, 56, 57/1, 57/2, 58, 59, 6б/1, 6б/2, 6, 61, 62, 63, 64, 65, 66, 67, 68, 69, 7, 70, 71, 72, 74, 75, 76, 77, 78, 79, 8, 81, 82, 82а, 84а, 84а/1, 84, 85, 86/1, 86/2, 87, 88, 89, 91, 9, 93/1, 95, 97а, 97; участок – 29; участок – 4; участок – 41; улица Коянды – 1, 11, 12, 13, 14/1, 14/2, 15, 16, 17, 17/2, 18, 19, 21, 21, 22, 23, 24, 25, 26, 27, 28, 29, 31, 32/1, 32/2, 33/1, 33/1, 33/2, 34, 35, 36, 37/1, 37, 38, 39, 4, 40, 41а, 41б, 41в, 41, 43, 45, 46, 47, 48, 49, 50, 5, 50/1, 53, 54/1, 54/2, 56, 57, 58, 59, 6, 6, 61, 62, 63, 64, 65, 66, 67, 68а, 68, 69, 7, 70, 71, 72, 73, 775, 76, 77, 78, 79, 80, 80, 81, 82, 83, 84, 86, 85, 87, 87б, 88, 89а, 9, 90, 93; участок – 2а; улица Кенесары – 1а, 1, 10, 11, 12, 13, 14, 15, 16, 16/2, 17, 20, 21, 22, 23, 24, 25, 27, 28, 29, 3, 30, 31, 32, 33, 34, 65, 36, 37, 38, 39, 41, 40, 42, 44, 44/1, 46, 47, 48, 49, 5, 50, 51, 52, 54, 55, 55/2, 56, 57, 58/1, 58/2, 59, 6, 60, 61, 62, 63, 65, 66, 67/1, 67/2, 68, 69, 7, 70, 71, 7, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84/1, 84/2, 84/3, 85, 86, 87, 87а, 88, 89, 9, 90, 91, 92, 94а, 94б, 94; улица Кабанбай батыра – 1, 10, 10/2, 11, 12, 13, 15, 16, 17, 18, 19, 2, 20, 21, 23, 24, 26/1, 26/2, 27, 28, 3д, 30, 31, 31а, 33, 34, 36, 35, 37, 38, 39, 4, 40, 41, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 5/1, 5/2, 50/1, 50/2, 51, 52, 53, 55, 56, 57, 59, 60, 62/1, 62/2, 64, 68, 7, 70, 74, 76, 78, 80/1, 80/2, 82, 9; участок – 4; участок – 1а, 1а/1, 10б, 13а, 14а/1, 14а/2, 14а/3, 14а/4, 14а, 14а, 15а/1, 15а/2, 15а/3, 15а, 15а, 1а, 2а/1, 2а/2, 26, 32, 8а/1, 8а/2, 8а, 9б, 9а, 11а, 11/а, 115, 12/а, 13/а, 154, 169, 4, 4а, 5/1а, 5/5, 54/1а ,6а; улица Женис – 1, 11б, 13, 1, 1а/1, 1а/2, 3, 5, 6б, 7, 7/1, 7б, 9, 9а, 9а/2, 9б; улица Малика Габдуллина – 3, 12, 14, 16, 17, 19, 1, 2/1, 24, 26, 3, 34, 35, 39, 4, 41, 43, 45, 5, 6, 8, 81, 97; участок – 126; участок – 13; участок – 17; участок – 85; улица Аль Фараби – 13, 19, 25, 236, 11, 1, 15, 23, 3; улица Ыбырая Алтынсарина – 14, 18, 19, 219, 24а, 24, 25, 26, 29, 31, 32, 33, 34, 37, 39, 42, 6; улица Казахстан – 12, 16, 19, 20, 22, 25, 28, 28а, 33, 35, 38, 40, 4а, 5, 37; улица Токтара Аубакирова – 15, 5, 9; улица Тауелсиздик – 10, 11, 12, 13, 14, 15, 17, 18а, 19, 20, 24а, 25, 27, 29, 33, 35, 4, 7, 8а, 8г; участок – 3; участок – 31; участок – 33; улица Болашак – 1, 10, 11, 12, 13, 17, 18, 1а, 2, 21, 26, 27, 28а, 29, 30, 33, 36, 37, 3б, 4, 40, 42, 44, 44/1, 49, 50, 56, 68, 8б, 8в; участок – 13; участок – 20; участок – 3; участок – 35; участок – 5/1; участок – 5/2; улица Динмухамеда Конаева – 10, 12, 18, 2, 21, 21, 23, 24, 25, 28, 3, 32, 34, 38, 40, 44, 5/1, 5/2, 56, 6, 8, 9; участок – 11; участок – 41; улица Каныша Сатпаева – 10, 13, 14, 18, 2, 20, 21, 3, 31, 314, 32, 32а, 34б, 34, 34/1, 37а, 37б, 39, 4, 43, 47, 5, 6, 7, 9; участок – 209; участок – 33; улица Кажымукана Мунайтпасова – 1а, 1, 10, 11, 11а, 12, 13а, 13, 15а, 15, 16, 19, 23, 24, 25а, 25, 27, 30, 4, 5, 6, 7, 8, 9; участок – 65; участок – 90; участок – 1; улица Сагадата Нурмагамбетова – 10, 11, 12, 13, 14, 15, 16, 17, 22, 25, 26, 28, 30, 31а, 32, 33, 34а, 38, 40, 42, 46, 48, 54, 6, 60, 7, 72, 8, 9; участок– 120; участок – 134; участок – 180; участок – 182; улица Шокана Уалиханова – 1, 13, 23, 3, 37, 39, 45, 47а, 49, 51, 53, 54, 58, 60а, 61, 7, 75, 75/1, участок – 148; участок – 152; участок – 181; 49а, 55а, 85; улица Бауыржана Момышулы – 1, 10, 12/1, 12/2, 13, 17, 19, 20, 22, 23/1, 25, 27, 29, 30, 39, 4, 5, 6, 7, 8, 9; участок – 2; улица Аманкельды Иманова – 10, 14, 16, 17, 19, 21, 24, 26, 27, 28, 30, 34, 6а, 6; участок – 11; участок – 19; участок – 40; улица Ракымжана Кошкарбаева – 10, 13, 16, 2, 9,участок – 12; улица Танатар – 1, 2, 3, 4, 5, 7, 9, 10; улица Енбек – 1, 2, 4, 5, 8, 10, 12, 14, 16, 18, 20, 22, 24; улица Мереке 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 24, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; улица Байконыр – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28; улица Кокпар – 5, 7, 9, 11, 13, 15, 17, 19, 21, 8, 10, 12, 14, 16, 18, 20, 22; микрорайон 3 а – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 82; улица Абая Кунанбаева – 1, 1б, 14а, 33а, 33б, 33в, 33, 5, 5д, 6а, 6б, 3д, 10, 12, 13, 15, 16, 17, 19, 22, 23, 25, 28, 32/1, 32/2, 34, 35, 37, 39, 40, 41, 42, 43, 44, 45, 49, 55, 60, 7, 81; участок – 93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6131,51 +6471,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местонахождение: Акмолинская область, Целиноградский район, село Талапкер, улица Мухтара Ауезова, 23, здание коммунального государственного учреждения "Общеобразовательная школа села Талапкер отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Границы: улица Кабанбай батыра – 1, 3, 5, 7, 8, 9, 10, 11А, 12, 15, 16, 17, 18, 19, 20, 21, 23, 25, 29, 30, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 82, 85, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98; улица Абая Кунанбаева – 1, 2, 3, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 48, 50, 52, 54, 56, 57, 58, 62, 66, 68А, 70, 72, 74, 76, 78, 79, 80, 81, 82, 84, 85, 86, 88, 89, 90, 92, 94, 96, 98; улица Султана Бейбарыса – 1, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 43, 45, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123; улица 31 – 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; улица 32 – 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица 8 – 54, 55, 58, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85; улица 37 – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица 38 – 9, 10, 11, 12; улица Шокана Уалиханова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 35, 37; улица Ыбырая Алтынсарина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29, 30, 34, 36; улица Кенесары – 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 33, 34; улица Малика Габдуллина – 2, 4, 6, 12, 14, 16, 19, 20, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 979; улица Богенбай батыра – 1, 3, 5, 7, 9, 11, 13, 15, 17, 21, 23, 25, 27, 29, 43, 43/1, 47, 49, 51, 53, 55, 57, 63, 65, 67, 67/1, 71, 71/1, 73, 81, 85, 85/1, 89, 91, 93, 95, 97, 99, 101, 103, 107, 109; улица Достык – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 18, 19, 20, 21, 23, 24, 25, 27, 29, 31, 34/1, 37, 40, 42, 44, 46, 48, 50, 52, 53, 54, 55, 56, 57, 58, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71/1, 72, 73, 74, 75, 76, 77, 80, 81, 82, 84, 85, 86, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98, 99, 100, 102, 103, 105; улица Бауыржана Момышулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 15А, 16, 17, 18, 19, 19А, 20, 21, 22, 23, 23А, 24, 25, 25А, 26, 27, 27А, 28, 29, 29А, 30, 31, 31А, 32, 33, 33А, 34, 35, 35/1, 36, 37, 37А, 38, 39, 39А, 40, 41, 42, 43, 44, 45, 46, 47, 48, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 84, 85, 86, 87, 88, 90, 92, 94, 96, 97, 98, 100, 102, 103, 104, 105, 106, 107, 108; улица Аль Фараби – 17, 19, 21, 23, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 57, 58, 60, 62, 63, 64, 65, 66, 67, 69, 70, 71, 76, 77, 78, 79, 80, 82, 84, 86; улица Маншука Маметовой – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37А, 38, 39А, 40, 42, 43, 45, 47, 48, 50, 51, 52, 53, 54, 54А, 55, 57, 59, 67, 69, 71, 73, 75, 77, 79, 80, 81, 85, 89, 91, 93, 95; улица Наурызбай батыра – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 11, 11А, 12, 13А, 14, 15/1, 17, 18А, 19, 20, 21, 22, 24, 26, 27А, 28, 30, 32, 35, 36, 37, 39, 41, 43, 45, 47, 49, 53, 55, 56, 57, 58, 59, 60, 62, 64, 66, 68, 70, 72, 73, 74, 75, 76, 77, 78, 79, 81, 82, 84, 86, 88, 90, 92, 94; улица Кажымукан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20А, 21, 22, 23, 24, 25, 26, 26А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 41, 43, 43А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 54, 56, 57, 59, 61, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 81, 83, 85, 87; улица Мадениет – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 14Б, 15, 16, 17, 18, 19, 20, 22, 23, 23А, 25, 26, 27, 30, 30А, 32, 34, 36, 37, 38, 39, 41, 42, 44, 45, 46, 48; улица Баршын – 2, 3, 4, 5, 6, 8, 9, 10, 12, 12Б, 12В, 13, 14, 15, 19, 20, 21, 22, 24, 25, 26, 27, 28, 28А, 30, 31, 32, 33, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 47, 52, 53, 54, 55, 55А, 56, 57, 57А, 58, 59, 60, 61, 61А, 62, 63, 63А, 64, 65, 65А, 66, 67, 68, 69, 69А, 70, 71, 71А, 72, 73, 74, 76, 78, 80, 82, 84, 86; улица Кахарман – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 28, 30, 32; улица Тауелсиздик – 1, 2, 4, 6, 8, 12, 14, 16, 20, 22, 23, 26, 27, 28, 29, 30, 33, 35, 36, 38, 39, 40, 40А, 41, 42, 44, 45, 46, 47, 48, 49, 50, 52, 55, 56, 58, 59, 60, 61, 62, 64; улица Ыргыз – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 17, 18, 19, 21, 22, 24, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 37, 42, 45, 46, 47, 48, 50, 51, 52, 53, 54, 55, 57, 58, 59, 60, 63, 65; улица Динмухамеда Кунаева – 1, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 30, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 52, 53, 54, 55, 56, 57, 58, 60; улица Шамши Калдаякова – 1, 4, 5, 6, 7, 8, 10, 11, 13, 14, 15, 17, 19, 20, 22, 23, 28, 29, 31, 32, 33, 34, 35, 36, 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Сакена Сейфуллина – 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 19, 20, 21, 22, 23, 24, 28, 30, 32, 34, 35, 47А, 50, 52, 53, 55, 57; улица Шакена Айманова – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24Б, 26, 27, 28/1, 29/1, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44/1, 45, 46, 47, 48, 49, 50, 51, 52, 53, 55, 57; улица Ардагерлер – 1, 1А, 2, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11/1, 12, 13, 14, 15, 16, 17, 18, 19, 20, 23, 24, 25, 26, 27/2, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 53; квартал 4 – 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 36, 37, 39, 44; улица Курмангазы – 1, 1/1, 2, 3, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 27, 28, 29, 31, 33, 34, 35, 36, 37, 38, 40, 42; улица Акан сери – 3, 6, 7, 9, 10, 11, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 26, 28, 29, 30, 31, 32, 33, 35, 36; улица Алии Молдагуловой – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 20, 21, 22, 24, 27, 31; улица Жамбыла Жабаева – 1, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 29.</w:t>
+Границы: улица Богенбай батыра – 1, 3, 5, 7, 9, 11, 13, 15, 17, 21, 23, 25, 27, 29, 43, 43/1, 47, 49, 51, 53, 55, 57, 63, 65, 67, 67/1, 71, 71/1, 73, 81, 85, 85/1, 89, улица Кахарман – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 28, 30, 32; улица Тауелсиздик – 1, 2, 4, 6, 8, 12, 14, 16, 20, 22, 23, 26, 27, 28, 29, 30, 33, 35, 36, 38, 39, 40, 40А, 41, 42, 44, 45, 46, 47, 48, 49, 50, 52, 55, 56, 58, 59, 60, 61, 62, 64; улица Ыргыз – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 17, 18, 19, 21, 22, 24, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 37, 42, 45, 46, 47, 48, 50, 51, 52, 53, 54, 55, 57, 58, 59, 60, 63, 65; улица Динмухамеда Кунаева – 1, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 23, 24, 25, 30, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 52, 53, 54, 55, 56, 57, 58, 60; улица Шамши Калдаякова – 1, 4, 5, 6, 7, 8, 10, 11, 13, 14, 15, 17, 19, 20, 22, 23, 28, 29, 31, 32, 33, 34, 35, 36, 37, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Сакена Сейфуллина – 1, 2, 3, 4, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 19, 20, 21, 22, 23, 24, 28, 30, 32, 34, 35, 47А, 50, 52, 53, 55, 57; улица Шакена Айманова – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24Б, 26, 27, 28/1, 29/1, 30, 31, 32, 33, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44/1, 45, 46, 47, 48, 49, 50, 51, 52, 53, 55, 57; улица Ардагерлер – 1, 1А, 2, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 11/1, 12, 13, 14, 15, 16, 17, 18, 19, 20, 23, 24, 25, 26, 27/2, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 47, 49, 51, 53; квартал 4 – 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 36, 37, 39, 44; улица Курмангазы – 1, 1/1, 2, 3, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 23, 24, 27, 28, 29, 31, 33, 34, 35, 36, 37, 38, 40, 42; улица Акан сери – 3, 6, 7, 9, 10, 11, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 25, 26, 28, 29, 30, 31, 32, 33, 35, 36; улица Алии Молдагуловой – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 16, 20, 21, 22, 24, 27, 31; улица Жамбыла Жабаева – 1, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 29; улица Сарыарка – 1А, 2, 4, 5, 6, 7, 7/1, 8, 9, 11, 12, 15, 18, 20, 22, 23, 26, 28, 31, 33, 34, 35, 36, 38, 39, 41, 44, 45, 48, 50, 51, 52, 55, 56, 64; улица Мухтара Ауезова – 1, 2, 3, 4, 5, 6, 7, 8, 9/1, 10/2, 11, 12, 13, 13А, 14, 16, 16А, 18, 19, 20, 21, 22, 24, 26, 27, 28, 29, 30/1, 31, 32, 33, 34, 35, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62; улица Есиль – 1, 3, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19/1, 20, 21, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 37, 41, 45, 46, 46/1, 46А, 49, 50, 50А, 51, 52, 53, 54, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66А, 66Б, 69, 71; улица Бейбитшилик – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 40, 43, 44, 46, 47, 48, 50, 51, 52, 52/1, 53, 54, 55, 56, 58, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 72, 74, 75, 77; улица Женис – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30/2, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 40, 41, 43, 45, 47, 50, 50/1, 52, 53, 54, 55, 56, 57, 58, 59, 60/1, 61, 62, 63, 63/1, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72/1, 75, 77, 78, 79, 82, 84; улица Талапкер – 4, 5, 8, 9, 9/1, 11, 13, 14, 16, 17, 18/1, 19, 20/1, 21, 23, 24, 25, 27, 27А, 29, 31, 32/1, 33, 35, 36, 40/1, 46, 46/1, 48, 50, 50В, 54, 56, 58, 60, 62, 64, 66, 68, 68А, 70, 70/1, 72, 72/1, 74, 74/1, 76, 76/1, 78/1, 80; улица Молдахмета Досаева – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 25, 25/1, 25А, 25Б, 25В, 27, 27Б, 29/5, 31, 37, 38, 40, 41, 42, 43, 44, 45, 45/1, 46, 54, 56, 61, 61А, 65, 66, 67, 67Б, 68А, 69, 69А, 70, 73, 74, 74А, 75, 76, 80А; улица 60 – 2, 3, 5, 6, 7, 15, 16; улица 10 – 14/1, 15, 16А, 17А, 18А, 19А, 20А, 21/1, 22А, 23/1, 24, 25/1, 26/1, 27/1, 28/1, 29, 332, 333, 333А, 334, 334А, 335, 335/1, 336, 336А, 337А, 338, 338А, 339, 339А, 340, 341, 341А, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364; улица 11 – 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 365, 366, 367, 368, 369, 370, 371, 372, 373, 374, 375, 376, 377, 378, 379, 380, 381, 382, 383, 384, 385, 386, 387, 388, 389, 390, 391, 392, 393, 394, 395, 396, 397, 398, 399, 402, 403, 404, 405, 406, 407, 408, 409, 971, 984, 985, 986; улица 12 – 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 410, 411, 412, 413, 414, 415, 416, 417, 418, 419, 420, 421, 422, 423, 424, 425, 426, 427, 428, 429, 430, 431, 432, 433, 434, 435, 436, 437, 438, 439, 440, 441, 442, 443, 444, 445, 446, 447, 448, 449, 450, 451, 452, 453, 973, 974, 976; улица 13 – 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 459, 460, 461, 462, 463, 464, 465, 466, 467, 468, 469, 470, 471, 472, 473, 474, 475, 974, 977, 979, 981, 983А; улица 65 – 66, 70, 74, 78, 82, 86, 90, 94, 98, 98/1, 99, 107, 107/1, 107/2, 107/3; улица 66 – 31, 34, 35, 36, 37, 67, 68, 71, 72, 75, 75/1, 76, 79, 80, 83, 84, 87, 88, 91, 92, 95, 96, 99, 100, 103, 105, 105/1, 105/2, 105/3; 106, 106/1, 106/2, 106/3; улица 67 – 2, 6, 10, 14, 18, 22, 26, 30, 32, 33, 34, 38, 42, 46, 50, 54, 58, 62, 69, 73, 77, 81, 85, 89, 93, 97, 101, 104, 104/1, 104/2, 104/3, 111А; улица 68 – 3, 4, 7, 8, 11, 12, 15, 16, 19, 20, 23, 24, 27, 28, 31, 32, 35, 35А, 36, 39, 39А, 40, 40А, 41, 42, 43, 43А, 44, 44А, 45, 46, 47, 47А, 48, 48А, 49, 50, 51, 51А, 52А, 53, 55, 56, 56А, 57, 58, 59, 59А, 60, 63, 64; улица 69 – 1, 2, 3, 4/1, 5, 7, 8, 9, 10, 13, 17, 18, 19, 20, 21, 25, 29, 33, 37, 45, 49, 53, 57, 60, 61, 61А, 62, 63, 64, 65, 65А, 66, 67, 69, 70, 71, 72, 73, 74, 75, 76, 103, 107, 108, 109, 110, 111, 112, 113, 115, 116, 117, 118, 119, 120; улица 71 – 77, 78, 79, 80, 81, 82, 83, 84, 85, 85А, 86, 87, 88, 89, 90, 91, 92, 93, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 176, 177, 178, 179, 180, 181, 182, 183, 261, 262, 263, 264, 265, 268, 269, 270, 280, 281; улица 72 – 28, 29, 30, 94, 95, 96, 97, 98, 99, 100, 101, 150, 151, 152, 153, 154, 155А, 184, 185, 186, 187, 188, 189, 190, 284, 285, 286, 287, 288; улица 9 – 1, 2, 3, 4, 5Б, 6А, 7А, 8А, 9А, 10А, 11А, 12А, 13Б; улица 14 – 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; улица 15 – 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129; улица 16 – 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148; улица 17 – 150, 151, 152, 153, 154, 155, 156, 156А, 157, 157А, 158, 158А, 159, 160, 161/1, 162/1, 163/1, 164/1, 165/1, 166, 167, 170, 171, 172, 173, 174, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209; улица 18 – 159, 160, 161, 162, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175/1, 176/1, 177/1, 179/1, 180, 181, 182/1, 183/1, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 221/1; улица 19 – 28, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 194, 195, 196, 197, 198, 199, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 233А, 240, 247, 254, 268; улица 20 – 222, 223, 224, 225, 226, 227, 228, 229, 230.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6903,70 +7243,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 733</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-Границы: микрорайон Бахыт – 1, 2, 3, 4, 5, 7, 8, 10, 11, 12, 13; улица Миржакып Дулатулы – 2, 3, 4, 5, 6, 7, 8; улица Сакена Сейфуллина – 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; улица Ильяса Жансугурова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; улица Наурыз – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; улица Малика Габдуллина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22, 24, 27, 28, 29, 30, 31, 32; улица Сабита Муканова – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 31; улица Людмилы Руслановой – 3, 5, 7, 9, 11,13, 15, 17, 19, 27, 29; улица Ильяса Есенберлина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 22; улица Шокана Уалиханова – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20; улица Беимбета Майлина – 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24; улица Капана Мухамеджанова – 1, 3, 5, 7, 9, 11, 13, 15, 17, 19; улица Жети жаргы – 18; улица Коргалжын – 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25; улица Магжана Жумабаева – 4, 6, 8, 10, 12, 18, 20, 22, 24, 26; улица Толе би – 42, 51, 76, 78, 80, 82; улица Ыбырая Алтынсарина – 1, 2, 19, 23, 27, 28, 29, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 41, 47, 80, 81, 82, 83; улица Мухтара Ауэзова – 25, 27, 29, 31, 32, 34, 36, 38, 40, 43, 45, 46, 47, 48, 49, 50; улица Айтеке би – 38, 40, 41, 42, 44, 87, 89, 91, 93, 98, 100, 102, 104, 106; улица Казыбек би – 26, 28, 30, 32, 37, 39, 41/1, 43, 45, 99, 101, 103, 105, 107, 110, 112, 114, 116; улица Мухтара Ауэзова – 51, 53, 55, 57, 59, 61; улица Курмангазы – 3, 5, 7, 9, 61, 63, 130, 132, 134, 135; улица Сагадата Нурмагамбетова – 4, 6, 8, 10, 10/1, 11, 11/1, 13, 15, 17; улица Амире Кашаубаева – 120, 122, 124, 124/1, 126, 127, 129, 129/1, 131, 133; улица Рахымжана Кошкарбаева – 31, 35, 37, 39, 47, 49, 63, 65, 67, 69, 71, 73, 85, 87, 89, 111, 113, 115, 117, 119, 121; улица Кенесары – 42, 44, 46, 60, 62, 64, 66, 70, 72, 74, 76, 77, 79, 81, 81/1, 83, 84, 85, 90, 92, 94, 108, 109, 118, 125, 128, 136; улица Курмангазы 61,63; улица Мухтара Ауэзова 3, 5, 7, 9, 13, 14, 15, 16, 17, 19, 21, 23; улица Фаризы Онгарсыновой – 91/1, 96; улица Розы Баглановой – 67, 69, 71; улица Дины Нурпеисовой – 33, 34, 36, 38, 77, 75, 79.</w:t>
+              <w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Акмол, 4-й микрорайон, 1604, здание коммунального государственного учреждения "Школа-гимназия села Акмол отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Границы: микрорайон Бахыт – 1, 2, 3, 4, 5, 7, 8, 10, 11, 12, 13,14, 15, 16; улица Коргалжын – 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25; улица Магжана Жумабаева – 4, 6, 8, 10, 12, 18, 20, 22, 24, 26; улица Толе би – 42, 51, 76, 78, 80, 82; улица Ыбырая Алтынсарина – 1, 2, 19, 23, 27, 28, 29, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 41, 47, 80, 81, 82, 83; улица Мухтара Ауэзова – 25, 27, 29, 31, 32, 34, 36, 38, 40, 43, 45, 46, 47, 48, 49, 50; улица Айтеке би – 38, 40, 41, 42, 44, 87, 89, 91, 93, 98, 100, 102, 104, 106; улица Казыбек би – 26, 28, 30, 32, 37, 39, 41/1, 43, 45, 99, 101, 103, 105, 107, 110, 112, 114, 116; улица Мухтара Ауэзова – 51, 53, 55, 57, 59, 61; улица Курмангазы – 3, 5, 7, 9, 61, 63, 130, 132, 134, 135; улица Сагадата Нурмагамбетова – 4, 6, 8, 10, 10/1, 11, 11/1, 13, 15, 17; улица Амире Кашаубаева – 120, 122, 124, 124/1, 126, 127, 129, 129/1, 131, 133; улица Рахымжана Кошкарбаева – 31, 35, 37, 39, 47, 49, 63, 65, 67, 69, 71, 73, 85, 87, 89, 111, 113, 115, 117, 119, 121; улица Кенесары – 42, 44, 46, 60, 62, 64, 66, 70, 72, 74, 76, 77, 79, 81, 81/1, 83, 84, 85, 90, 92, 94, 108, 109, 118, 125, 128, 136; улица Курмангазы 61, 63; улица Мухтара Ауэзова 3, 5, 7, 9, 13, 14, 15, 16, 17, 19, 21, 23; улица Фаризы Онгарсыновой – 91/1, 96; улица Розы Баглановой – 67, 69, 71; улица Дины Нурпеисовой – 33, 34, 36, 38, 77, 75, 79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7324,51 +7664,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 737</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местонахождение: Акмолинская область, Целиноградский район, село Караоткель, улица Қожа Ахмет Йассауи, 9Б, здание коммунального государственного учреждения "Общеобразовательная школа № 1 села Караоткель отдела образования по Целиноградскому району управления образования Акмолинской области". Границы: улица Жұмабек Тәшенев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68; улица Мұқағали Мақатаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Мукагали Макатаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; улица Султанмахмут Бейбарыс – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Қожа Ахмет Йассауи – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; улица күйші Дәулеткерей – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54; улица Акан сери – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45; улица Даулеткерей Шигайулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; улица Жагалау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88; улица Куляш Байсейтова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; улица Курмангазы Сагирбайулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; улица Естай – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; улица Айша биби – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43; улица Атан батыр – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Маншук Маметова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Тауелсиздик – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Бауыржан Момышулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Амре Кашаубаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11; улица Дина Нурпеисова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13; улица Каныш Сатпаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; улица Алиби Жангелдин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34; улица Абилхан Кастеев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36.</w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Караоткель, улица Кенесары хана, 2 Д, здание коммунального государственного учреждения "Общеобразовательная школа № 2 села Караоткель отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: улица Наурызбай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; улица Карасай батыра – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26; улица Амир Темира – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Козыкош – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23; улица Бузыкты – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31; улица Льва Гумилева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; Алихана Бокейханова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; улица Ахмета Байтурсынова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24; улица Шокана Уалиханова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица күйші Дәулеткерей – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54; Рыскулова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Габита Мусрепова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53; улица Жамбыла Жабаева – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 67, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Шамши Калдаякова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; улица Домалак ана – 1, 2, 3, 4, 5, 6; улица Амангельды Иманова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62; улица Бошан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38; улица Ибрая Алтынсарина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14; улица Малика Габдулина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Сабита Муканова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Мухтара Ауезова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Сакена Сейфуллина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Айтеке би – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; улица Толе би – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21; улица Казыбек би – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46; улица Абылай хана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Маншук Маметова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22; улица Кажымукана Мунайтпасова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25; улица Мукагали Макатаев – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7534,51 +7892,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местонахождение: Акмолинская область, Целиноградский район, село Коянды, улица Жибек жолы 167, здание коммунального государственного учреждения "Общеобразовательная школа № 2 села Коянды отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Границы: улица Богенбая батыра – 1, 1/1, 1/2, 1/3, 1/4, 10, 11, 12, 14, 15, 16/1, 16/2, 17, 18/1, 18/2, 1а, 2, 20, 22, 23а, 23, 24, 25/1, 25/2, 26, 28, 29, 2а, 3, 30, 34, 35, 36, 37, 38, 39, 39а, 4, 42, 43, 44/2, 45, 48, 5, 5/1, 50, 52, 54, 56, 58, 6, 60, 64, 66, 66/2, 68, 7, 72, 74, 76, 8, 9; улица Сакена Сейфуллина – 1, 1/а, 10, 11, 12, 13, 14, 15, 18, 19/2, 20, 23, 24, 25, 26, 27, 28/1, 28/2, 29, 3/1, 30, 31, 32, 35, 36, 37, 38, 4, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 5, 50, 50а, 51, 53, 54, 55, 56, 57, 58, 59/1, 59/2, 6, 60, 61, 62, 64, 65, 67, 68, 69, 7, 70, 70/1в, 70а, 70б, 70в, 71, 72а, 72б, 8, 87, 9, 9б; участок – 11; участок – 14; участок – 2; участок – 3; участок – 7а; улица Сарыарка – 1, 11, 13, 15а, 17, 21, 23, 23а, 25, 29, 3, 31, 33, 35, 37, 39, 41, 45, 47, 49, 5, 5/1, 51, 53, 55, 57, 61, 63, 69, 7, 71, 75, 77, 81, 83, 9; участок – 27; участок – 9; улица Ынтымак – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок – 8; улица Наурыз – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; улица Атамура – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35; улица Атаконыс – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; улица Дулыга – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Атамекен – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Бирлик – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84; улица Хан танири – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192; улица Алатау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164; улица Мангилик ел – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Егемен – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40; улица Ерейментау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; улица Жети жаргы – 1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; улица Астана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Казыгурт – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Отырар – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Жетиген – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; улица Гакку – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; улица Алаш – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица Туркестан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 29, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250; улица Силети – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Кулагер – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92; улица Есиль – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; улица Ардагер – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Баянауыл – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; улица Береке – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Жибек жолы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236; улица Алматы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; улица Байтерек – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154,155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272; улица Арай – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; улица Бурабай – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14,15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Култегин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114; улица Козы кош – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Коксенгир – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69; улица Желтоксан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; улица Аламан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Жеруйык – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Бостандык – 1, 3; улица Жамбыла Жабаева – 1, 1/1, 11, 12, 15, 15/1, 16, 19, 22а, 21, 23, 3, 30, 32, 39, 4, 41, 5, 51/1, 52, 6, 65, 7, 70а, 8, 9; участок – 52; участок – 57; улица Ораза Жандосова – 11, 13, 15, 19, 1а, 2, 21, 23, 24/1, 26, 29, 3, 30, 31, 32, 34, 36, 38, 38/1, 5, 7, 9; участок – 1011; участок – 27; улица Турара Рыскулова – 13, 16, 35, 8, 9, 10; участок – 36; участок – 43; улица Ынтымак – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок – 8; улица Достык – 9, 10, 18, 2, 22, 24, 28, 4, 6, 7, 8; участок – 15; микрорайон 14 – участок – 101; участок – 103; участок – 104; участок – 22; участок – 23; участок – 29; участок – 52; участок – 54; участок – 89; участок – 92; участок – 93.</w:t>
+Границы: улица Богенбая батыра – 1, 1/1, 1/2, 1/3, 1/4, 10, 11, 12, 14, 15, 16/1, 16/2, 17, 18/1, 18/2, 1а, 2, 20, 22, 23а, 23, 24, 25/1, 25/2, 26, 28, 29, 2а, 3, 30, 34, 35, 36, 37, 38, 39, 39а, 4, 42, 43, 44/2, 45, 48, 5, 5/1, 50, 52, 54, 56, 58, 6, 60, 64, 66, 66/2, 68, 7, 72, 74, 76, 8, 9; улица Сакена Сейфуллина – 1, 1/а, 10, 11, 12, 13, 14, 15, 18, 19/2, 20, 23, 24, 25, 26, 27, 28/1, 28/2, 29, 3/1, 30, 31, 32, 35, 36, 37, 38, 4, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 5, 50, 50а, 51, 53, 54, 55, 56, 57, 58, 59/1, 59/2, 6, 60, 61, 62, 64, 65, 67, 68, 69, 7, 70, 70/1в, 70а, 70б, 70в, 71, 72а, 72б, 8, 87, 9, 9б; участок – 11; участок – 14; участок – 2; участок – 3; участок – 7а; улица Сарыарка –29, 31, 33, 35, 37, 39, 41, 45, 47, 49, 51, 53, 55, 57, 61, 63, 69, 71, 75, 77, 81, 83,; участок – 27; участок – 9; улица Ынтымак – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок – 8; улица Наурыз –42, 43, 44, 45, 46, 47, 48; улица Атамекен – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; улица Бирлик – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84; улица Хан танири – 1, 2, 63, 65, 67, 69, 71, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192; улица Алатау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164; улица Туркестан 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250; улица Силети – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Кулагер – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92; улица Есиль – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; улица Ардагер – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56; улица Баянауыл – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; улица Береке – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Жибек жолы 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236; улица Алматы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63; улица Байтерек –143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154,155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 179, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272; улица Арай – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48; улица Козы кош – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица Коксенгир – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69; улица Желтоксан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50; улица Жеруйык – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Жамбыла Жабаева – 1, 1/1, 11, 12, 15, 15/1, 16, 19, 22а, 21, 23, 3, 30, 32, 39, 4, 41, 5, 51/1, 52, 6, 65, 7, 70а, 8, 9; участок – 52; участок – 57; улица Ораза Жандосова – 11, 13, 15, 19, 1а, 2, 21, 23, 24/1, 26, 29, 3, 30, 31, 32, 34, 36, 38, 38/1, 5, 7, 9; участок – 1011; участок – 27; улица Турара Рыскулова – 13, 16, 35, 8, 9, 10; участок – 36; участок – 43; улица Ынтымак – 12, 14, 16, 16а, 34, 6а, 7, 7а, 9а; участок – 8; улица Достык – 9, 10, 18, 2, 22, 24, 28, 4, 6, 7, 8; участок – 15; микрорайон 14 – участок – 101; участок – 103; участок – 104; участок – 22; участок – 23; участок – 29; участок – 52; участок – 54; участок – 89; участок – 92; участок – 93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7629,69 +7987,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Избирательный участок № 768</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Местонахождение: Акмолинская область, Целиноградский район, село Талапкер, улица Мухтара Ауезова, 23, здание коммунального государственного учреждения "Общеобразовательная школа села Талапкер отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
-[...17 lines deleted...]
-Границы: улица Сарыарка – 1А, 2, 4, 5, 6, 7, 7/1, 8, 9, 11, 12, 15, 18, 20, 22, 23, 26, 28, 31, 33, 34, 35, 36, 38, 39, 41, 44, 45, 48, 50, 51, 52, 55, 56, 64; улица Мухтара Ауезова – 1, 2, 3, 4, 5, 6, 7, 8, 9/1, 10/2, 11, 12, 13, 13А, 14, 16, 16А, 18, 19, 20, 21, 22, 24, 26, 27, 28, 29, 30/1, 31, 32, 33, 34, 35, 37, 38, 39, 40, 41, 42, 43, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62; улица Есиль – 1, 3, 5, 6, 7, 8, 9, 10, 11, 13, 14, 15, 16, 17, 18, 19/1, 20, 21, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 37, 41, 45, 46, 46/1, 46А, 49, 50, 50А, 51, 52, 53, 54, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66А, 66Б, 69, 71; улица Бейбитшилик – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 26, 27, 28, 29, 30, 31, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 40, 43, 44, 46, 47, 48, 50, 51, 52, 52/1, 53, 54, 55, 56, 58, 60, 62, 63, 64, 65, 66, 67, 68, 69, 71, 72, 74, 75, 77; улица Женис – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 30/2, 31, 32, 32/1, 33, 34, 35, 36, 37, 39, 40, 41, 43, 45, 47, 50, 50/1, 52, 53, 54, 55, 56, 57, 58, 59, 60/1, 61, 62, 63, 63/1, 64, 65, 66, 67, 68, 69, 70, 71, 72, 72/1, 75, 77, 78, 79, 82, 84; улица Талапкер – 4, 5, 8, 9, 9/1, 11, 13, 14, 16, 17, 18/1, 19, 20/1, 21, 23, 24, 25, 27, 27А, 29, 31, 32/1, 33, 35, 36, 40/1, 46, 46/1, 48, 50, 50В, 54, 56, 58, 60, 62, 64, 66, 68, 68А, 70, 70/1, 72, 72/1, 74, 74/1, 76, 76/1, 78/1, 80; улица Молдахмета Досаева – 2, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 25, 25/1, 25А, 25Б, 25В, 27, 27Б, 29/5, 31, 37, 38, 40, 41, 42, 43, 44, 45, 45/1, 46, 54, 56, 61, 61А, 65, 66, 67, 67Б, 68А, 69, 69А, 70, 73, 74, 74А, 75, 76, 80А; улица 60 – 2, 3, 5, 6, 7, 15, 16; улица 10 – 14/1, 15, 16А, 17А, 18А, 19А, 20А, 21/1, 22А, 23/1, 24, 25/1, 26/1, 27/1, 28/1, 29, 332, 333, 333А, 334, 334А, 335, 335/1, 336, 336А, 337А, 338, 338А, 339, 339А, 340, 341, 341А, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364; улица 11 – 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 365, 366, 367, 368, 369, 370, 371, 372, 373, 374, 375, 376, 377, 378, 379, 380, 381, 382, 383, 384, 385, 386, 387, 388, 389, 390, 391, 392, 393, 394, 395, 396, 397, 398, 399, 402, 403, 404, 405, 406, 407, 408, 409, 971, 984, 985, 986; улица 12 – 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 410, 411, 412, 413, 414, 415, 416, 417, 418, 419, 420, 421, 422, 423, 424, 425, 426, 427, 428, 429, 430, 431, 432, 433, 434, 435, 436, 437, 438, 439, 440, 441, 442, 443, 444, 445, 446, 447, 448, 449, 450, 451, 452, 453, 973, 974, 976; улица 13 – 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 459, 460, 461, 462, 463, 464, 465, 466, 467, 468, 469, 470, 471, 472, 473, 474, 475, 974, 977, 979, 981, 983А; улица 65 – 66, 70, 74, 78, 82, 86, 90, 94, 98, 98/1, 99, 107, 107/1, 107/2, 107/3; улица 66 – 31, 34, 35, 36, 37, 67, 68, 71, 72, 75, 75/1, 76, 79, 80, 83, 84, 87, 88, 91, 92, 95, 96, 99, 100, 103, 105, 105/1, 105/2, 105/3; 106, 106/1, 106/2, 106/3; улица 67 – 2, 6, 10, 14, 18, 22, 26, 30, 32, 33, 34, 38, 42, 46, 50, 54, 58, 62, 69, 73, 77, 81, 85, 89, 93, 97, 101, 104, 104/1, 104/2, 104/3, 111А; улица 68 – 3, 4, 7, 8, 11, 12, 15, 16, 19, 20, 23, 24, 27, 28, 31, 32, 35, 35А, 36, 39, 39А, 40, 40А, 41, 42, 43, 43А, 44, 44А, 45, 46, 47, 47А, 48, 48А, 49, 50, 51, 51А, 52А, 53, 55, 56, 56А, 57, 58, 59, 59А, 60, 63, 64; улица 69 – 1, 2, 3, 4/1, 5, 7, 8, 9, 10, 13, 17, 18, 19, 20, 21, 25, 29, 33, 37, 45, 49, 53, 57, 60, 61, 61А, 62, 63, 64, 65, 65А, 66, 67, 69, 70, 71, 72, 73, 74, 75, 76, 103, 107, 108, 109, 110, 111, 112, 113, 115, 116, 117, 118, 119, 120; улица 71 – 77, 78, 79, 80, 81, 82, 83, 84, 85, 85А, 86, 87, 88, 89, 90, 91, 92, 93, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 176, 177, 178, 179, 180, 181, 182, 183, 261, 262, 263, 264, 265, 268, 269, 270, 280, 281; улица 72 – 28, 29, 30, 94, 95, 96, 97, 98, 99, 100, 101, 150, 151, 152, 153, 154, 155А, 184, 185, 186, 187, 188, 189, 190, 284, 285, 286, 287, 288; улица 9 – 1, 2, 3, 4, 5Б, 6А, 7А, 8А, 9А, 10А, 11А, 12А, 13Б; улица 14 – 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109; улица 15 – 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129; улица 16 – 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148; улица 17 – 150, 151, 152, 153, 154, 155, 156, 156А, 157, 157А, 158, 158А, 159, 160, 161/1, 162/1, 163/1, 164/1, 165/1, 166, 167, 170, 171, 172, 173, 174, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209; улица 18 – 159, 160, 161, 162, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175/1, 176/1, 177/1, 179/1, 180, 181, 182/1, 183/1, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 221/1; улица 19 – 28, 183, 184, 185, 186, 187, 188, 189, 190, 191, 193, 194, 195, 196, 197, 198, 199, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 233А, 240, 247, 254, 268; улица 20 – 222, 223, 224, 225, 226, 227, 228, 229, 230</w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Талапкер, улица Бауыржана Момышулы, 110, здание коммунального государственного учреждения "IT-лицей села Талапкер отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: улица Кабанбай батыра – 1, 3, 5, 7, 8, 9, 10, 11А, 12, 15, 16, 17, 18, 19, 20, 21, 23, 25, 29, 30, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 58, 59, 60, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 79, 82, 85, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98; улица Абая Кунанбаева – 1, 2, 3, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 11А, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 42, 44, 48, 50, 52, 54, 56, 57, 58, 62, 66, 68А, 70, 72, 74, 76, 78, 79, 80, 81, 82, 84, 85, 86, 88, 89, 90, 92, 94, 96, 98; улица Султана Бейбарыса – 1, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 29, 30, 31, 32, 33, 34, 35, 36, 38, 40, 43, 45, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123; улица 31 – 1, 2, 3, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15; улица 32 – 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица 8 – 54, 55, 58, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85; улица 37 – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19; улица 38 – 9, 10, 11, 12; улица Шокана Уалиханова – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 20, 21, 22, 23, 24, 25, 26, 28, 29, 30, 31, 32, 33, 35, 37; улица Ыбырая Алтынсарина – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 27, 29, 30, 34, 36; улица Кенесары – 1, 2, 3, 4, 5, 6, 7, 8, 9, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 33, 34; улица Малика Габдуллина – 2, 4, 6, 12, 14, 16, 19, 20, 22, 23, 24, 25, 26, 27, 28, 30, 31, 32, 33, 34, 979; улица Богенбай Батыра 91, 93, 95, 97, 99, 101, 103, 107, 109; улица Достык – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 15, 18, 19, 20, 21, 23, 24, 25, 27, 29, 31, 34/1, 37, 40, 42, 44, 46, 48, 50, 52, 53, 54, 55, 56, 57, 58, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71/1, 72, 73, 74, 75, 76, 77, 80, 81, 82, 84, 85, 86, 87, 88, 89, 91, 92, 93, 94, 95, 96, 98, 99, 100, 102, 103, 105; улица Бауыржана Момышулы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13А, 14, 15, 15А, 16, 17, 18, 19, 19А, 20, 21, 22, 23, 23А, 24, 25, 25А, 26, 27, 27А, 28, 29, 29А, 30, 31, 31А, 32, 33, 33А, 34, 35, 35/1, 36, 37, 37А, 38, 39, 39А, 40, 41, 42, 43, 44, 45, 46, 47, 48, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 84, 85, 86, 87, 88, 90, 92, 94, 96, 97, 98, 100, 102, 103, 104, 105, 106, 107, 108; улица Аль Фараби – 17, 19, 21, 23, 25, 26, 27, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 57, 58, 60, 62, 63, 64, 65, 66, 67, 69, 70, 71, 76, 77, 78, 79, 80, 82, 84, 86; улица Маншука Маметовой – 1, 1А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37А, 38, 39А, 40, 42, 43, 45, 47, 48, 50, 51, 52, 53, 54, 54А, 55, 57, 59, 67, 69, 71, 73, 75, 77, 79, 80, 81, 85, 89, 91, 93, 95; улица Наурызбай батыра – 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 9А, 10, 11, 11А, 12, 13А, 14, 15/1, 17, 18А, 19, 20, 21, 22, 24, 26, 27А, 28, 30, 32, 35, 36, 37, 39, 41, 43, 45, 47, 49, 53, 55, 56, 57, 58, 59, 60, 62, 64, 66, 68, 70, 72, 73, 74, 75, 76, 77, 78, 79, 81, 82, 84, 86, 88, 90, 92, 94; улица Кажымукан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 15, 16, 17, 18, 19, 20А, 21, 22, 23, 24, 25, 26, 26А, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 41, 43, 43А, 44, 45, 46, 47, 48, 49, 50, 51, 52, 54, 56, 57, 59, 61, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 76, 77, 78, 79, 81, 83, 85, 87; улица Мадениет – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 14, 14Б, 15, 16, 17, 18, 19, 20, 22, 23, 23А, 25, 26, 27, 30, 30А, 32, 34, 36, 37, 38, 39, 41, 42, 44, 45, 46, 48; улица Баршын – 2, 3, 4, 5, 6, 8, 9, 10, 12, 12Б, 12В, 13, 14, 15, 19, 20, 21, 22, 24, 25, 26, 27, 28, 28А, 30, 31, 32, 33, 35, 36, 37, 38, 40, 41, 42, 43, 44, 45, 47, 52, 53, 54, 55, 55А, 56, 57, 57А, 58, 59, 60, 61, 61А, 62, 63, 63А, 64, 65, 65А, 66, 67, 68, 69, 69А, 70, 71, 71А, 72, 73, 74, 76, 78, 80, 82, 84, 86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7874,50 +8232,276 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Местонахождение: Акмолинская область, Целиноградский район, село Акмол, учетный квартал 019, 606, здание республиканского государственного учреждения "Войсковая часть 44813" Министерства обороны Республики Казахстан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Границы: село Акмол, учетный квартал 019, 606.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+64. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок № 801</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Местонахождение: Акмолинская область, Целиноградский район, Кызылсуатский сельский округ, село Нұрлы, улица 5, строение 9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: село Нұрлы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+65. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Избирательный участок № 802</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Местонахождение: Акмолинская область, Целиноградский район, село Коянды, улица Мәңгілік ел 71/60, здание коммунального государственного учреждения "Школа лицей села Коянды отдела образования по Целиноградскому району управления образования Акмолинской области".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Границы: улица Дулыга – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Атаконыс – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; улица Атамура – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35; улица Наурыз - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 181, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41; улица Сарыарқа 1, 11, 13, 15а, 17, 21, 23, 23а, 25, 3, 5, 5/1, 7, 9; улица Бостандык – 1, микрорайон 12 – участок – 113; участок – 115; участок – 117; участок – 119; участок – 109; участок – 33; участок – 31; улица Алии Молдагуловой – 1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 13, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 40, 41; улица Мухамедрахима Джунусова - 001, 1, 10, 11, 12, 13, 14, 15, 101, 105, 16, 17а, 17, 18, 19, 2/3, 2, 2/1, 2/2, 2/3, 2/4, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 3, 3/1,31, 32, 33, 34, 35, 36, 37, 38, 39/1, 39/2, 4/1, 103, 103/1, 41, 43, 43а, 45, 47, 49, 5, 51/1, 51/2, 53, 55, 57/1, 61/3, 61/2, 63а, 63/1, 65, 65б, 65г, 69, 7, 71, 73, 73/1, 73а, 73а/1, 75, 77, 77/1, 77/2, 79/1, 81/1, 81/2, 83а, 85, 87/1, 87/2, 89, 9, 93,, 95, 97, 99, участок – 1б; участок – 7; улица Мангилик ел – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Егемен – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40; улица Ерейментау – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30; улица Жети жаргы – 1,2,3,4,5,6,7,8,9,10,11,12,13,14,15,16,17,18,19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32; улица Астана – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Казыгурт – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66; улица Отырар – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Жетиген – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58; улица Гакку – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42; улица Алаш – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29; улица Аламан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28; улица Хан танири – 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65, 67, 69, 71, 73; улица Туркестан – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 29, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141; улица Жибек жолы – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110; улица Байтерек - 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142; улица Бурабай – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14,15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36; улица Култегин – 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -7949,55 +8533,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>