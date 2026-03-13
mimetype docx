--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0a606d6" w14:textId="0a606d6">
+    <w:p w14:paraId="b48ff58" w14:textId="b48ff58">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -768,1790 +768,1342 @@
               </w:rPr>
               <w:t>от 29 декабря 2021 года № 407</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила возмещения части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила - в редакции приказа Министра туризма и спорта РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z73" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила возмещения части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 20-16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О туристской деятельности в Республике Казахстан" и определяют порядок возмещения части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов (далее – возмещение части затрат).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О туристской деятельности в Республике Казахстан" и определяют порядок возмещения части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов (далее – возмещение части затрат).</w:t>
+    <w:bookmarkStart w:name="z74" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используется следующее основное понятие:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      2. В настоящих Правилах используется следующее основное понятие:</w:t>
+    <w:bookmarkStart w:name="z75" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      местный исполнительный орган (акимат) (далее – МИО) – коллегиальный исполнительный орган, возглавляемый акимом области, города республиканского значения и столицы, осуществляющий в пределах своей компетенции местное государственное управление и самоуправление на соответствующей территории.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      уполномоченный орган – центральный исполнительный орган, осуществляющий функции государственного управления в области туристской деятельности.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. К оборудованию и технике для горнолыжных курортов относятся:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      3. К оборудованию и технике для горнолыжных курортов относятся:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) канатные дороги (травелаторы (ленточные подъемники), бугель (зацепной подъемник), канатно-кресельная дорога, гондольная дорога в виде кабинки, комби (комбинированная дорога (кабинка с креслом), бейби лифт (безопорный зацепной подъемник);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      1) канатные дороги (травелаторы (ленточные подъемники), бугель (зацепной подъемник), канатно-кресельная дорога, гондольная дорога в виде кабинки, комби (комбинированная дорога (кабинка с креслом), бейби лифт (безопорный зацепной подъемник);</w:t>
+    <w:bookmarkStart w:name="z78" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) система искусственного оснежения трасс (мобильные снегогенераторы (перевозные), стационарные снегогенераторы, снеговые ружья и пушки);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      2) система искусственного оснежения трасс (мобильные снегогенераторы (перевозные), стационарные снегогенераторы, снеговые ружья и пушки);</w:t>
+    <w:bookmarkStart w:name="z79" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) снегоуплотнительная техника (ратраки).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      3) снегоуплотнительная техника (ратраки).</w:t>
+    <w:bookmarkStart w:name="z80" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок возмещения части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок возмещения части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов</w:t>
+    <w:bookmarkStart w:name="z81" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для получения возмещения части затрат субъект предпринимательства направляет по месту нахождения заявленного горнолыжного курорта направляет в МИО заявку на возмещение части затрат (далее – заявка) по форме согласно приложению к настоящим Правилам в бумажной или электронной форме посредством почты либо нарочно до 1 июня соответствующего календарного года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам в бумажной или электронной форме посредством почты либо нарочно до 1 июня соответствующего календарного года.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Субъект предпринимательства к заявке, направляемой в МИО, прилагает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...77 lines deleted...]
-      5. Субъект предпринимательства к заявке, направляемой в уполномоченный орган, прилагает:</w:t>
+    <w:bookmarkStart w:name="z83" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в случае подачи заявки юридическим лицом – копии учредительных документов юридического лица, в случае подачи заявления физическим лицом – копия документа, удостоверяющего личность, копия документа, подтверждающего начало деятельности в качестве индивидуального предпринимателя, а при подаче заявки представителем субъекта предпринимательства дополнительно представляется нотариально засвидетельствованная доверенность на представление интересов субъекта предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z83" w:id="22"/>
-[...15 lines deleted...]
-      1) в случае подачи заявки юридическим лицом – копии учредительных документов юридического лица, в случае подачи заявления физическим лицом – копия документа, удостоверяющего личность, копия документа, подтверждающего начало деятельности в качестве индивидуального предпринимателя, а при подаче заявки представителем субъекта предпринимательства дополнительно представляется нотариально засвидетельствованная доверенность на представление интересов субъекта предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) копия документа, подтверждающего приобретение оборудования и техники для горнолыжных курортов (электронные счет-фактуры либо договор купли-продажи, в случае приобретения в кредит – кредитный договор).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z84" w:id="23"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="24"/>
+    <w:bookmarkStart w:name="z85" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При приобретении оборудования и техники для горнолыжных курортов у иностранного производителя или продавца, не использующего информационную систему электронных счетов-фактур, затраты по приобретению подтверждаются копией таможенной декларации на товары (из третьих стран, не являющихся членами Евразийского экономического союза) или копией заявления о ввозе товаров и уплате косвенных налогов с отметкой налогового органа в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 456 Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет";</w:t>
+        <w:t xml:space="preserve"> статьи 530 Налогового кодекса Республики Казахстан (далее – Налоговый кодекс); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z86" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия акта приема-передачи оборудования и техники для горнолыжных курортов между субъектом предпринимательства, реализующим оборудование и технику для горнолыжных курортов, и приобретающим субъектом предпринимательства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z86" w:id="25"/>
-[...15 lines deleted...]
-      3) копия акта приема-передачи оборудования и техники для горнолыжных курортов между субъектом предпринимательства, реализующим оборудование и технику для горнолыжных курортов, и приобретающим субъектом предпринимательства;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копии технических паспортов на оборудование и технику для горнолыжных курортов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z87" w:id="26"/>
-[...15 lines deleted...]
-      4) копии технических паспортов на оборудование и технику для горнолыжных курортов;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) копия документа, подтверждающего право собственности или иного законного основания владения горнолыжным курортом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z88" w:id="27"/>
-[...15 lines deleted...]
-      5) копия документа, подтверждающего право собственности или иного законного основания владения горнолыжным курортом;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) материалы фото- и видеофиксации приобретенных оборудования и техники для горнолыжных курортов, произведенных техническими средствами после их доставки на горнолыжные курорты, а также монтажа и установки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z89" w:id="28"/>
-[...15 lines deleted...]
-      6) материалы фото- и видеофиксации приобретенных оборудования и техники для горнолыжных курортов, произведенных техническими средствами после их доставки на горнолыжные курорты, а также монтажа и установки;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) выписку, подтверждающую динамику роста налога на добавленную стоимость за последние 2 (два) года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z90" w:id="29"/>
-[...15 lines deleted...]
-      7) выписку, подтверждающую динамику роста налога на добавленную стоимость за последние 2 (два) года.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение подпункта 7) настоящего пункта, не распространяется на субъекты предпринимательства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z91" w:id="30"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="31"/>
+    <w:bookmarkStart w:name="z92" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       не являющиеся плательщиками налога на добавленную стоимость в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьями 82</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)";</w:t>
+        <w:t>статьями 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z93" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляющие деятельность менее трех лет с момента их государственной регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z93" w:id="32"/>
-[...15 lines deleted...]
-      осуществляющие деятельность менее трех лет с момента их государственной регистрации.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Поступившие заявки и прилагаемые к ним документы (далее – пакет документов), указанные в пункте 5 настоящих Правил, регистрируются и рассматриваются МИО на полноту в течение двух рабочих дней со дня их поступления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkStart w:name="z95" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Представленный пакет документов возвращается МИО без рассмотрения в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z96" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) предоставления субъектом предпринимательства неполного пакета документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z97" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоблюдения сроков, установленных пунктом 4 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z98" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      МИО осуществляет возврат пакета документов субъекту предпринимательства письменным уведомлением в течение двух рабочих дней со дня их поступления с указанием причин возврата пакета документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z99" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возврата пакета документов по причине его неполноты субъекту предпринимательства в уведомлении указывается перечень недостающих документов. При устранении неполноты пакета документов согласно перечню, указанному в уведомлении, субъект предпринимательства подает заявку повторно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z100" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае возврата пакета документов по причине несоблюдения сроков подачи заявки субъект предпринимательства подает заявку повторно в сроки, установленные пунктом 4 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z101" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Для рассмотрения полного пакета документов, представленного субъектами предпринимательства, МИО создается постоянно действующая комиссия по рассмотрению заявок (далее – комиссия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z102" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия состоит из нечетного количества членов, включающего не менее 7 (семь) человек, из числа которых назначаются председатель и заместитель председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z103" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель комиссии руководит ее деятельностью, проводит заседания комиссии. Во время отсутствия председателя его функции выполняет заместитель председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z104" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подготовку протоколов заседаний комиссии осуществляет секретарь, который не является членом комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z105" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель, заместитель председателя, секретарь комиссии назначаются из числа работников МИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z106" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав комиссии также входят представители палат предпринимателей областей, городов республиканского значения и столицы, отраслевых ассоциаций и представители бизнеса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z107" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Комиссия в течение десяти рабочих дней со дня поступления пакета документов рассматривает их на соответствие пункту 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z108" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам рассмотрения пакета документов комиссия в сроки, указанные в части первой настоящего пункта, принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z109" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о возмещении части затрат субъекту предпринимательства при соответствии поступившего пакета документов пункту 5 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z110" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об отказе в возмещении части затрат субъекту предпринимательства, при несоответствии поступившего пакета документов пункту 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z111" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. При выявлении оснований для отказа в возмещении части затрат МИО уведомляет субъекта предпринимательства о предварительном решении об отказе в возмещении части затрат, а также времени и месте (способе) проведения заслушивания для возможности выразить позицию субъектом предпринимательства по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z112" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Поступившие заявки и прилагаемые к ним документы (далее – пакет документов), указанные в </w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+      Уведомление о заслушивании направляется не позднее чем за 3 (три) рабочих дня до принятия решения комиссией согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения субъектом предпринимательства уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z113" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания на основании решения комиссии МИО выдает результат о возмещении части затрат субъекту предпринимательства либо мотивированный ответ об отказе в возмещении части затрат субъекту предпринимательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z114" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Решение комиссии оформляется протоколом и в течение двух рабочих дней со дня его подписания размещается на интернет-ресурсе МИО, копия направляется в адрес субъекта предпринимательства письменным уведомлением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z115" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Возмещение части затрат субъектам предпринимательства осуществляется администратором местных бюджетных программ в пределах средств, предусмотренных в местном бюджете на соответствующий финансовый год в соответствии с действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z116" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Размер возмещения составляет двадцать пять процентов от стоимости оборудования и техники для горнолыжных курортов, указанной в документации, представленной согласно подпункту 2) пункта 5 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z117" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Возмещение части затрат производится в национальной валюте Республики Казахстан. Затраты, понесенные в иностранных валютах, подлежат перерасчету по курсам валют Национального Банка Республики Казахстан на дату приобретения оборудования и техники для горнолыжных курортов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z118" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) несоблюдения сроков, установленных </w:t>
-[...637 lines deleted...]
-      15. Возмещение части затрат производится в национальной валюте Республики Казахстан. Затраты, понесенные в иностранных валютах, подлежат перерасчету по курсам валют Национального Банка Республики Казахстан на дату приобретения оборудования и техники для горнолыжных курортов.</w:t>
+      15. Администратор местных бюджетных программ осуществляет перечисление сумм по возмещению части затрат на расчетный счет субъекта предпринимательства, открытый в банке второго уровня и указанный в заявке, в течение пятнадцати рабочих дней со дня поступления средств, в порядке, установленном бюджетным законодательством Республики Казахстан, в том числе в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 22 апреля 2025 года №185 "Об утверждении Правил составления, представления, рассмотрения бюджетного запроса". </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. При получении возмещения части затрат субъект предпринимательства принимает встречные обязательства по следующим направлениям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z78" w:id="58"/>
-[...15 lines deleted...]
-      17. При получении возмещения части затрат субъект предпринимательства принимает встречные обязательства по следующим направлениям:</w:t>
+    <w:bookmarkStart w:name="z120" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) увеличение количества работников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z95" w:id="59"/>
-[...15 lines deleted...]
-      1) увеличение количества работников;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) увеличение налога на добавленную стоимость.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z96" w:id="60"/>
-[...15 lines deleted...]
-      2) увеличение налога на добавленную стоимость.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Положение подпункта 2) настоящего пункта не распространяется на субъекты предпринимательства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z97" w:id="61"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z98" w:id="62"/>
+    <w:bookmarkStart w:name="z123" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       не являющиеся плательщиками налога на добавленную стоимость в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьями 82</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)";</w:t>
+        <w:t>статьями 99</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z124" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществляющие деятельность менее трех лет с момента их государственной регистрации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z99" w:id="63"/>
-[...15 lines deleted...]
-      осуществляющие деятельность менее трех лет с момента их государственной регистрации.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Встречные обязательства предусматриваются в соглашении, заключаемом между МИО и субъектом предпринимательства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z100" w:id="64"/>
-[...100 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2598,116 +2150,103 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам возмещения части</w:t>
+              <w:t>к Правилам возмещения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">затрат субъектов </w:t>
+              <w:t>части затрат субъектов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предпринимательства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по приобретению оборудования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">и техники для горнолыжных </w:t>
-[...12 lines deleted...]
-              <w:t>курортов</w:t>
+              <w:t>и техники для горнолыжных курортов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2740,493 +2279,516 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z62" w:id="65"/>
-[...9 lines deleted...]
-                                           кому:_______________________________</w:t>
+      <w:bookmarkStart w:name="z128" w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кому: _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование МИО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование субъекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предпринимательства)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z129" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявка на возмещение части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> Заявка на возмещение части затрат субъектов предпринимательства по приобретению оборудования и техники для горнолыжных курортов</w:t>
+      <w:bookmarkStart w:name="z130" w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прошу рассмотреть заявку на получение возмещения части затрат по приобретению</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z64" w:id="67"/>
-[...9 lines deleted...]
-      Прошу рассмотреть заявку на получение возмещения части затрат по приобретению </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оборудования и техники для горнолыжных курортов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z131" w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сведения о субъекте предпринимательства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>оборудования и техники для горнолыжных курортов.</w:t>
-[...307 lines deleted...]
-    </w:p>
+        <w:t>Для юридического лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный номер (БИН) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) руководителя ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес фактического места нахождения __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер телефона _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для физического лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер (ИИН) ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер уведомления о начале деятельности в качестве субъекта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предпринимательства ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>документ, удостоверяющий личность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кем выдано ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес места жительства ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер телефона _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z132" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сведения о технике и оборудовании для горнолыжных курортов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -3297,180 +2859,144 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование техники и оборудования для горнолыжных курортов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="68"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стоимость</w:t>
-[...18 lines deleted...]
-(тенге)</w:t>
+Стоимость (тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="69"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество</w:t>
-[...18 lines deleted...]
-(штук)</w:t>
+Количество (штук)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3553,57 +3079,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3686,57 +3216,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3799,327 +3333,403 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z67" w:id="70"/>
-[...9 lines deleted...]
-      3. Реквизиты расчетного счета субъекта предпринимательства, открытого в банке </w:t>
+      <w:bookmarkStart w:name="z133" w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Реквизиты расчетного счета субъекта предпринимательства, открытого в банке</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>второго уровня: _______________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z134" w:id="70"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Перечень документов, прилагаемых к заявке, согласно пункту 5 Правил</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>второго уровня: ______________________________________________.</w:t>
-[...126 lines deleted...]
-      </w:pPr>
+        <w:t>возмещения части затрат субъектов предпринимательства по приобретению</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оборудования и техники для горнолыжных курортов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации, в том числе, что</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не являюсь банкротом, не подлежу процедуре банкротства или ликвидации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О реабилитации и банкротстве" и даю согласие на сбор, </w:t>
-[...101 lines deleted...]
-        <w:t xml:space="preserve">       Дата подачи заявки: "____" __________ 20___ года </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О реабилитации и банкротстве"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и даю согласие на сбор, обработку, хранение, выгрузку и использование</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>персональных данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись руководителя (представителя)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">субъекта предпринимательства) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место для печати (при ее наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата подачи заявки: "____" __________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>