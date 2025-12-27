--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aea37f7" w14:textId="aea37f7">
+    <w:p w14:paraId="842e7e6" w14:textId="842e7e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,70 +86,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в постановление Правления Национального Банка Республики Казахстан от 28 ноября 2019 года № 222 "Об утверждении перечня, форм, сроков представления отчетности организацией, осуществляющей микрофинансовую деятельность, и Правил ее представления"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 20 декабря 2021 года № 112. Зарегистрировано в Министерстве юстиции Республики Казахстан 27 декабря 2021 года № 26133.</w:t>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 20 декабря 2021 года № 112. Зарегистрировано в Министерстве юстиции Республики Казахстан 27 декабря 2021 года № 26133. Утратило силу постановлением Правления Национального Банка Республики Казахстан от 24 ноября 2025 года № 80.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением Правления Национального Банка РК от 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 80</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1665,62 +1743,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1769,51 +1848,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -3057,140 +3136,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3126"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="831"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -3264,12415 +3344,12415 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основной долг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт, премия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начисленное вознаграждение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="830" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты юридических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты, выданные юридическим лицам, по которым отсутствует просроченная задолженность по основному долгу и (или) начисленному вознаграждению:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 без обеспечения исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 с обеспечением исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты, выданные юридическим лицам, по которым имеется просроченная задолженность по основному долгу и (или) начисленному вознаграждению:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выданные без обеспечения исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выданные с обеспечением исполнения обязательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты физических лиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты физическим лицам, по которым отсутствует просроченная задолженность по основному долгу и (или) начисленному вознаграждению, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выданные без обеспечения исполнения обязательства, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на потребительские цели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на прочие цели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выданные с обеспечением исполнения обязательства, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на потребительские цели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на прочие цели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты физическим лицам, по которым имеется просроченная задолженность по основному долгу и (или) начисленному вознаграждению, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выданные без обеспечения исполнения обязательства, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них микрокредиты, выданные индивидуальным предпринимателям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на потребительские цели, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них микрокредиты, выданные индивидуальным предпринимателям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на прочие цели, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.1.2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них микрокредиты, выданные индивидуальным предпринимателям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 выданные с обеспечением исполнения обязательства, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них микрокредиты, выданные индивидуальным предпринимателям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на потребительские цели, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.1.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них микрокредиты, выданные индивидуальным предпринимателям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на прочие цели, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.2.2.4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них микрокредиты, выданные индивидуальным предпринимателям, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Операции обратное репо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Итого кредитный портфель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Займы, по которым отсутствует просроченная задолженность по основному долгу и (или) начисленному вознаграждению </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма займов, по которым просроченная задолженность составляет от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма займов, по которым просроченная задолженность составляет от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма займов, по которым просроченная задолженность составляет от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3126" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5623" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1060" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15693,56 +15773,57 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2479"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5889"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -15785,449 +15866,449 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стоимость обеспечения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2479" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Положительная или отрицательная корректировка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2334" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резервы (провизии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5889" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 из них стоимость обеспечения, включаемая при расчете резервов (провизий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2479" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2334" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1598" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5889" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2479" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2334" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="5889" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -17444,140 +17525,141 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2385"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="898"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -17651,5883 +17733,5883 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основной долг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дисконт, премия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Начисленное вознаграждение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="897" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты, по которым просроченная задолженность отсутствует, в том числе под залог:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ювелирных изделий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аудио, видео и бытовой техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 иное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты, по которым имеется просроченная задолженность по основному долгу и (или) начисленному вознаграждению, в том числе по залог:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 транспортных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ювелирных изделий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 аудио, видео и бытовой техники</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.3.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 иное</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 1 до 30 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 31 до 60 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 от 61 до 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.4.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 более 90 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2385" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6077" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="898" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -23548,216 +23630,217 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3430"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3432"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество договоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3432" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество заемщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3430" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Положительная или отрицательная корректировка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3228" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23780,300 +23863,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3430" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3228" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2210" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3432" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3430" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3228" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="3432" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -25349,1701 +25432,1702 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2214"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1884"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование показателей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитный портфель на начало периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиты выданные в отчетном периоде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение кредитного портфеля в отчетном периоде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредитный портфель на конец периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего микрокредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Микрокредиты юридическим лицам, из них</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 субъектам среднего предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 субъектам малого предпринимательства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Микрокредиты физическим лицам, из них </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2214" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2219" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 индивидуальным предпринимателям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1882" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1884" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -28208,101 +28292,102 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3370"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3380"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2171" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -28363,651 +28448,651 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кредиты выданные в отчетном периоде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Средневзвешенная ставка, в процентах</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2171" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2171" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2171" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3370" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2171" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3379" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="3380" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -29028,50 +29113,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
@@ -29603,102 +29689,103 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (в тысячах тенге)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2864"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1847"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -29759,819 +29846,819 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3898" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма основного долга на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество договоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество заемщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3898" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1846" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1845" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2864" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1845" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Всего:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3898" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -30592,58 +30679,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2785"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2047"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -30686,657 +30774,657 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе, физические лица - индивидуальные предприниматели</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма основного долга на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество договоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество заемщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма основного долга на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество договоров</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество заемщиков</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2785" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 …</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1318" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -32500,63 +32588,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -32878,35 +32988,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>