--- v0 (2025-10-02)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3c1e2b9" w14:textId="3c1e2b9">
+    <w:p w14:paraId="97b03fd" w14:textId="97b03fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -763,987 +763,867 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила субсидирования затрат туроператоров в сфере въездного туризма за каждого иностранного туриста</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила - в редакции приказа Министра культуры и спорта РК от 17.05.2023 </w:t>
+      Сноска. Правила - в редакции приказа Министра туризма и спорта РК от 30.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 127</w:t>
+        <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила субсидирования затрат туроператоров в сфере въездного туризма за каждого иностранного туриста (далее - Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 20-14)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О туристской деятельности в Республике Казахстан" и определяют порядок субсидирования затрат туроператоров в сфере въездного туризма за каждого иностранного туриста.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) места размещения туристов - гостиницы, мотели, кемпинги, туристские базы, гостевые дома, дома отдыха, пансионаты, другие здания и сооружения, используемые для проживания туристов и их обслуживания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) туристский оператор (далее - туроператор) - физическое или юридическое лицо, осуществляющее туристскую операторскую деятельность, туристскую операторскую деятельность в сфере внутреннего, въездного или выездного туризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) туристская операторская деятельность (далее - туроператорская деятельность) - предпринимательская деятельность физических или юридических лиц, имеющих лицензию на данный вид деятельности, по формированию, продвижению и реализации туристского продукта в сфере выездного туризма через турагентов и туристского продукта в сфере въездного и внутреннего туризма туристам, в том числе через турагентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) туристский продукт - комплекс всех необходимых туристских услуг, достаточных для удовлетворения потребностей туриста во время путешествия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) местный исполнительный орган (акимат) (далее – МИО) – коллегиальный исполнительный орган, возглавляемый акимом области, города республиканского значения и столицы, осуществляющий в пределах своей компетенции местное государственное управление и самоуправление на соответствующей территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок субсидирования затрат туроператоров в сфере въездного туризма за каждого иностранного туриста</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для получения субсидии туроператор в сфере въездного туризма в течение текущего года по месту нахождения места размещения туристов, в котором проживал иностранный турист направляет в МИО заявку на субсидирование затрат туроператоров в сфере въездного туризма за каждого иностранного туриста (далее - заявка) в бумажной или электронной форме посредством почты либо нарочно с первого рабочего дня и до 1 декабря соответствующего календарного года по форме согласно приложению к настоящим Правилам за оказанные услуги реализованного туристского продукта в текущем году до момента подачи заявки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К заявке прилагаются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в случае подачи заявки юридическим лицом - копии учредительных документов юридического лица, в случае подачи заявления физическим лицом - копия документа, удостоверяющего личность, копия документа, подтверждающего начало деятельности в качестве индивидуального предпринимателя, а при подаче заявки представителем туроператора дополнительно представляется нотариально засвидетельствованная доверенность на представление интересов субъекта предпринимательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения об отсутствии (наличии) задолженностей, учет по которым ведется в органах государственных доходов, полученные на первое число месяца, предшествующего месяцу, в котором планируется подача заявки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) копия партнерского договора на туристское обслуживание с туроператором-нерезидентом (далее - Договор) с приложением списка иностранных туристов, заверенного печатью туроператора отправляющей стороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) копия лицензии на осуществление туроператорской деятельности в сфере въездного и внутреннего туризма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) банковский документ либо фискальный чек об оплате туристского продукта по Договору;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) руминг-лист с печатью места размещения туристов, в котором проживал иностранный турист.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Для рассмотрения поступивших заявок от туроператора МИО создается постоянно действующая комиссия по рассмотрению заявок (далее - комиссия).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия состоит из нечетного количества членов, не менее 7 (семи) человек из числа которых назначаются председатель и заместитель председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель комиссии руководит ее деятельностью, проводит заседания комиссии. Во время отсутствия председателя его функции выполняет заместитель председателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подготовку протоколов заседаний комиссии осуществляет секретарь, который не является членом комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель, заместитель председателя, секретарь комиссии назначаются из числа работников МИО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав комиссии также входят представители палат предпринимателей областей, городов республиканского значения и столицы, отраслевых ассоциаций, представители бизнеса и организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия проводит заседания по мере поступления заявок.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Поступившие заявки и прилагаемые к ним документы (далее - пакет документов), установленные пунктом 3 настоящих Правил, регистрируются и рассматриваются МИО на полноту в течение двух рабочих дней со дня их поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае поступления неполного пакета документов МИО возвращает их туроператору в сфере въездного туризма в сроки, указанные в части первой настоящего пункта, с указанием перечня недостающих документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При устранении неполноты пакета документов туроператор в сфере въездного туризма подает пакет документов повторно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Представленный пакет документов возвращается МИО без рассмотрения в случае несоблюдения сроков, установленных пунктом 3 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае полноты пакета документов, установленных пунктом 3 настоящих Правил, комиссия в течение десяти рабочих дней со дня их поступления рассматривает пакет документов и принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) о выплате субсидии туроператору в сфере въездного туризма в случаях не истечения сроков действия документов, соответствия их пункту 3 настоящих Правил, при подтверждении проживания иностранного туриста в местах размещения туристов не менее четырех дней и трех ночей, регистрации иностранного туриста через информационную систему "е-Hotel" ("е-Qonaq") в местах размещения туристов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об отказе в выплате субсидии туроператору в сфере въездного туризма, в случае несоответствия подпункту 1) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При выявлении оснований для отказа в выплате субсидии туроператору в сфере въездного туризма МИО уведомляет туроператора в сфере въездного туризма о предварительном решении об отказе в выплате субсидии туроператору в сфере въездного туризма, а также времени и месте (способе) проведения заслушивания для возможности выразить позицию туроператором в сфере въездного туризма по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила субсидирования затрат туроператоров в сфере въездного туризма за каждого иностранного туриста (далее – Правила) разработаны в соответствии с </w:t>
-[...697 lines deleted...]
-      6-1. При выявлении оснований для отказа в выплате субсидии туроператору в сфере въездного туризма уполномоченный орган уведомляет туроператора в сфере въездного туризма о предварительном решении об отказе в выплате субсидии туроператору в сфере въездного туризма, а также времени и месте (способе) проведения заслушивания для возможности выразить позицию туроператором в сфере въездного туризма по предварительному решению.</w:t>
+      Уведомление о заслушивании направляется не позднее чем за 3 (три) рабочих дня до принятия решения комиссией согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня получения туроператором уведомления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p>
-[...133 lines deleted...]
-      7. Принятое решение комиссии оформляется протоколом и размещается на интернет-ресурсе уполномоченного органа в течение двух рабочих дней со дня принятия решения.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания на основании решения комиссии МИО выдает результат о выплате субсидии туроператору в сфере въездного туризма либо мотивированный ответ об отказе в выплате субсидии туроператору в сфере въездного туризма.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
-[...15 lines deleted...]
-      8. На основании решения комиссии о выплате субсидии туроператору в сфере въездного туризма уполномоченный орган в течение сорока рабочих дней осуществляет перечисление суммы субсидии в размере 15 000 (пятнадцать тысяч) тенге за каждого иностранного туриста, прибывшего в Республику Казахстан, по приобретенному туристскому продукту у туроператора, осуществляющего деятельность в сфере въездного туризма, на его расчетный счет, открытый в банке второго уровня, указанный в заявке.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Решение комиссии оформляется протоколом и в течение 2 (двух) рабочих дней со дня его подписания, в сроки, установленные пунктом 7 настоящих Правил, размещается на интернет-ресурсе МИО, копия направляется в адрес туроператора в сфере въездного туризма письменным уведомлением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
-[...15 lines deleted...]
-      9. Контроль, мониторинг и реализация субсидии осуществляются в соответствии с бюджетным законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. На основании решения комиссии о выплате субсидии туроператору в сфере въездного туризма МИО в течение сорока рабочих дней осуществляет перечисление суммы субсидии в размере 15 000 (пятнадцать тысяч) тенге за каждого иностранного туриста, прибывшего в Республику Казахстан, по приобретенному туристскому продукту у туроператора, осуществляющего деятельность в сфере въездного туризма, на его расчетный счет, открытый в банке второго уровня, указанный в заявке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Контроль, мониторинг и реализация субсидии осуществляются в соответствии с бюджетным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1899,695 +1779,682 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...167 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z60" w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кому: _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование МИО,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>принимающего заявку)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование юридического</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на субсидирование затрат туроператоров в сфере въездного туризма за каждого иностранного туриста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z62" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу рассмотреть заявку на субсидирование затрат туроператоров в сфере</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>въездного туризма за каждого иностранного туриста (далее – субсидия).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z57" w:id="48"/>
-[...163 lines deleted...]
-        <w:t>Индивидуальный идентификационный номер (ИИН) _________________</w:t>
+      <w:bookmarkStart w:name="z63" w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Сведения о туроператоре.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для юридического лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бизнес-идентификационный номер (БИН) _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии) руководителя _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фактическое место нахождения юридического лица _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер телефона ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Для физического лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Индивидуальный идентификационный номер (ИИН) ____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>документ, удостоверяющий личность:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>номер _________________________________________________________</w:t>
-[...76 lines deleted...]
-      <w:bookmarkStart w:name="z58" w:id="49"/>
+        <w:t>номер ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кем выдано _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дата выдачи _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адрес места жительства _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер телефона ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z64" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения о туроператорской деятельности туроператора:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-[...74 lines deleted...]
-      <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лицензия № _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подвид ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата получения лицензии ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z65" w:id="52"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Наименование банка второго уровня, расчетный счет, открытый в банке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>второго уровня _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Общие сведения об иностранном (ых) туристе (ах):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2999,201 +2866,201 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z61" w:id="52"/>
-[...36 lines deleted...]
-      <w:bookmarkStart w:name="z62" w:id="53"/>
+      <w:bookmarkStart w:name="z67" w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Предварительный расчет причитающихся субсидии ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(________________________________________________________) тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z68" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Перечень документов, прилагаемых к заявке, согласно пункту 3 Правил</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>субсидирования затрат туроператоров в сфере въездного туризма за каждого</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>иностранного туриста:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1) ____________________________________________________________</w:t>
-[...50 lines deleted...]
-        <w:t>что не являюсь банкротом, не подлежу процедуре банкротства или ликвидации</w:t>
+        <w:t>1) __________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подтверждаю достоверность представленной информации, в том числе, что</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не являюсь банкротом, не подлежу процедуре банкротства или ликвидации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -3220,136 +3087,195 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и даю согласие на использование сведений, составляющих охраняемую законом</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>тайну, а также на сбор, обработку, хранение, выгрузку и использование</w:t>
-[...50 lines deleted...]
-        <w:t>подпись физического лица или наименование юридического лица)</w:t>
+        <w:t>тайну, а также на сбор, обработку, хранение, выгрузку и использование персональных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>данных.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(подпись физического лица или</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование юридического лица)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место для печати (при ее наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата подачи заявки "____" __________ 20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>