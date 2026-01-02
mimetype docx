--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="19f8e4b" w14:textId="19f8e4b">
+    <w:p w14:paraId="15aff7b" w14:textId="15aff7b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1160,87 +1160,105 @@
         <w:t>
       1) утечка – воздействие на выбросы или поглощение парниковых газов вне места реализации проекта, обусловленное деятельностью по проекту, но не включенное в его границы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) базовый сценарий – сценарий, отражающий уровень выбросов парниковых газов и (или) уровень поглощения парниковых газов в случае отсутствия предлагаемого углеродного офсета, в сравнении с которым оценивается достигнутый объем сокращения выбросов или поглощения парниковых газов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-1) дополнительность – критерий, который подтверждает, что снижение антропогенных выбросов парниковых газов, достигнутое в рамках проекта, является результатом конкретных действий, осуществленных в рамках данного проекта, и не произошло бы в отсутствие данной деятельности;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проектный период – период, в течение которого планируемая деятельность по реализации углеродного офсета обеспечивает сокращение выбросов парниковых газов и (или) увеличение поглощения парниковых газов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) заявитель проекта – физическое лицо, юридическое лицо или группа юридических лиц, представляющие проект углеродного офсета на рассмотрение и одобрение уполномоченному органу;</w:t>
+      4) заявитель проекта – физическое лицо, юридическое лицо или группа юридических лиц, зарегистрированные на территории Республики Казахстан, представляющие проект углеродного офсета на рассмотрение и одобрение уполномоченному органу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оператор системы торговли углеродными единицами – подведомственная организация по регулированию выбросов парниковых газов уполномоченного органа в области охраны окружающей среды, обеспечивающая техническое и экспертное сопровождение государственного регулирования и международного сотрудничества в сфере выбросов и поглощения парниковых газов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
@@ -1280,50 +1298,68 @@
         <w:t>
       7) углеродный офсет – сокращение выбросов парниковых газов и (или) увеличение поглощения парниковых газов, достигнутые в результате осуществления деятельности или видов деятельности в любых секторах экономики в Республике Казахстан, направленных на сокращение выбросов парниковых газов и (или) увеличение поглощения парниковых газов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проект углеродного офсета (проект) – планируемая деятельность по реализации углеродного офсета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) проект углеродного офсета, реализуемый на землях государственного лесного фонда – планируемая деятельность по реализации углеродного офсета на землях государственного лесного фонда на основании договора на реализацию проектов углеродных офсетов на участках государственного лесного фонда в соответствии с лесным законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уровень существенности – количественное пороговое значение, которое используется для подготовки заключения о верификации отчета о реализации углеродного офсета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1440,269 +1476,1687 @@
         <w:t>
       15) базовый уровень выбросов парниковых газов – выраженная в тоннах эквивалента диоксида углерода величина выбросов парниковых газов, произведенных объектом выбросов этих газов за определенный период при условии использования, существующих на данном объекте технологий, оборудования и при других наиболее вероятных условиях, которые могут иметь место без реализации углеродного офсета, направленного на сокращение выбросов парниковых газов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) уполномоченный орган – уполномоченный орган в области охраны окружающей среды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-1) уполномоченный орган в области лесного хозяйства – государственный орган, осуществляющий функции управления, контроля и надзора в области охраны, защиты, пользования лесным фондом, воспроизводства лесов и лесоразведения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17) маломасштабный проект – проект, связанный с возобновляемыми источниками энергии мощностью до 15 мегаватт.</w:t>
+      17) маломасштабный проект – проект, связанный с возобновляемыми источниками энергии мощностью до 15 мегаватт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) лесоразведение – создание и выращивание искусственных лесных насаждений на территориях, не находившихся ранее под лесом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) воспроизводство леса – создание лесных культур или проведение мер содействия естественному возобновлению на площадях, ранее занимаемых лесом, включая меры по уходу за лесом и его оздоровлению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) лесовладельцы – государственные организации, которым участки государственного лесного фонда предоставлены на праве постоянного землепользования, а также граждане Республики Казахстан и негосударственные юридические лица Республики Казахстан без иностранного участия, в чьей собственности находятся участки частного лесного фонда в соответствии с Лесным Кодексом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) государственная лесоустроительная организация – республиканское государственное казенное предприятие, созданное по решению Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Реализация деятельности в Республике Казахстан на основе углеродных офсетов осуществляется их участниками на добровольной основе и не является основанием для ее финансирования из государственного бюджета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Проекты углеродного офсета по своему типу подразделяются на обычные проекты, маломасштабные проекты и проекты, направленные на увеличение поглощения парниковых газов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z195" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Углеродные офсеты на территории государственного лесного фонда реализуются следующими способами:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) воспроизводство лесов (за исключением проведения мер содействия естественному возобновлению включая меры по уходу за лесом и его оздоровлению);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) лесоразведение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 4-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z196" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2. Работы на территории государственного лесного фонда ведутся согласно требованиям лесного законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 4-2 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z197" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4-3. Мероприятия по охране и защите созданных насаждений на землях государственного лесного фонда осуществляются лесовладельцем в рамках договора на реализацию проектов углеродных офсетов на участках государственного лесного фонда, типовая форма которого установлена в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложении 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 4-3 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-4. Работы по посадке лесных насаждений и уходу за ними производятся с привлечением лесовладельца в рамках договора, указанного в пункте 4-3 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 4-4 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В целях исключения двойного учета сокращений выбросов парниковых газов или увеличения поглощения парниковых газов по каждой отдельной установке, не осуществляется одновременно более одного углеродного офсета, направленного на снижение выбросов парниковых газов и (или) увеличение поглощения парниковых газов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z199" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Проекты по сокращению выбросов парниковых газов и (или) увеличению поглощения парниковых газов, реализованные до получения экспертного заключения оператора системы торговли углеродными единицами, не подлежат рассмотрению на предмет одобрения углеродных офсетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 1 дополнена пунктом 5-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок рассмотрения, одобрения и учета углеродных офсетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Для принятия решения о возможности реализации углеродного офсета заявитель проекта представляет в уполномоченный орган последовательно следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) концепцию проекта (проектную идею), кроме случая, предусмотренного пунктом 15 Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проектную документацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) план мониторинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z200" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6-1. Для определения места реализации углеродного офсета, направленного на поглощение парниковых газов на землях государственного лесного фонда, заявитель проекта проводит предварительный анализ земель государственного лесного фонда на предмет их пригодности для лесоразведения в соответствии с требованиями лесного законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 6-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Концепция проекта (проектная идея) (далее – концепция проекта) представляется в уполномоченный орган по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z201" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. В рамках подготовки концепции проекта, заявителем осуществляется предварительная оценка на предмет определения базового сценария и базового уровня поглощения парниковых газов проектной идеи углеродного офсета, в том числе для проектов, реализуемых на землях государственного лесного фонда, включающая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) анализ типа почв, климатических условий и уровня деградации земель;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обоснование выбора древесных и кустарниковых пород, расчет биомассы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) прогноз объемов поглощения углерода на 30 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z202" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2. Срок реализации углеродного офсета, реализуемого на землях государственного лесного фонда составляет не более 30 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-2 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-3. Для реализации углеродного офсета на землях государственного лесного фонда заявитель проекта направляет на согласование уполномоченному органу в области лесного хозяйства:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) концепцию проекта (проектную идею);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) абрис участка и его геопривязка (координаты в системе WGS-84, QazTRF-23);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) перечень древесных и кустарниковых пород, которые будут использованы для реализации проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) план ухода и мониторинга за посадками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) меры по предотвращению пожаров и других рисков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-3 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-4. Уполномоченный орган в области лесного хозяйства в течение двух рабочих дней направляет на экспертизу государственной лесоустроительной организации представленную концепцию проекта углеродного офсета, реализуемого на землях государственного лесного фонда и документы, согласно пункту 7-3 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-4 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-5. Государственная лесоустроительная организация в течение десяти рабочих дней с момента получения рассматривает концепцию проекта углеродного офсета, реализуемого на землях государственного лесного фонда и документы, указанные в пункте 7-3 настоящих Правил и выдает заключение на предмет соответствия типам местопроизрастания, земельных участков, материалам лесоустройства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-5 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-6. Решение о согласовании концепции проекта углеродного офсета, реализуемого на землях государственного лесного фонда принимается уполномоченным органом в области лесного хозяйства в течение 20 рабочих дней, на основании заключения государственной лесоустроительной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-6 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-7. Для получения одобрения концепции проекта углеродного офсета, реализуемого на землях государственного лесного фонда, заявитель направляет в уполномоченный орган согласованную концепцию проекта, в соответствии с пунктом 7-6 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 7-7 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Проектная документация для углеродного офсета по сокращению выбросов парниковых газов и (или) по увеличению поглощения парниковых газов представляется в уполномоченный орган по соответствующим формам согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1717,52 +3171,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z49" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Проектная документация и план мониторинга проекта разрабатываются на основе Методик по расчету выбросов и поглощения парниковых газов, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1797,51 +3251,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О ратификации Парижского соглашения" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О ратификации Киотского протокола к Рамочной конвенции Организации Объединенных Наций об изменении климата;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1860,690 +3314,990 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Заявитель проекта разрабатывает процедуры количественного определения сокращения выбросов парниковых газов и (или) увеличения их поглощения по отношению к базовому сценарию проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z51" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Оценка базового сценария углеродного офсета в проектной документации осуществляется на основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z52" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведений о фактических выбросах парниковых газов из источников и (или) их абсорбции поглотителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z53" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) учета возможных неопределенностей параметров и допущений в отношении условий реализации углеродного офсета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z54" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) учета стратегических планов, программ и действия регулирующих норм по соответствующим видам экономической деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z55" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) одной из международных или утвержденных национальных методик.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z56" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае использования в одном углеродном офсете нескольких однотипных источников и единых технологий допускается разработка базового сценария для одного источника и распространение этих исходных условий на другие источники.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z57" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Описание разработанных или использованных заявителем проекта процедур количественного определения сокращения выбросов парниковых газов и (или) увеличения их поглощения по отношению к базовому сценарию проекта и мониторинга включается в план мониторинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z58" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. План мониторинга представляется в уполномоченный орган по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z59" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Рассмотрение и одобрение углеродных офсетов проводится уполномоченным органом в одну или две стадии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z60" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Одностадийная процедура рассмотрения применяется к следующим маломасштабным проектам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z61" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проекты по использованию ветровой энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z62" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проекты по использованию солнечной энергии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z63" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) восстановление и строительство малых гидроэлектростанций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z64" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проекты по использованию биогаза;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z65" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При одностадийной процедуре рассмотрения проекта, представления концепции проекта для принятия решения об одобрении проекта не требуется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z66" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. При двух стадийной процедуре рассмотрения проекта, заявитель проекта разрабатывает концепцию проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z67" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Уполномоченный орган отправляет предоставленную заявителем концепцию проекта на экспертизу оператору системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z68" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Экспертиза одобрения углеродных офсетов осуществляется оператором системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z69" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Решение об одобрении концепции проекта принимается уполномоченным органом на основании экспертного заключения оператора системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z70" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Решение по представленной на рассмотрение концепции проекта принимается уполномоченным органом в течение двадцати календарных дней с даты ее получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z71" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В случае одобрения концепции проекта, заявитель проекта разрабатывает проектную документацию и план мониторинга для их последующей подачи на рассмотрение уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z208" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22-1. После получения одобрения концепции проекта углеродного офсета, реализуемого на землях государственного лесного фонда, заявитель в течение пятнадцати рабочих дней заключает договор на реализацию проектов углеродных офсетов на участках государственного лесного фонда с лесовладельцем по установленной типовой форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и разрабатывает рабочий проект по лесоразведению с учетом конкретных характеристик каждого участка в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> воспроизводства лесов и лесоразведения и контроля за их качеством, утвержденных приказом Министра сельского хозяйства Республики Казахстан от 22 декабря 2014 года № 18-02/681 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10119), для их последующей подачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 22-1 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z209" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-2. После заключения договора, указанного в пункте 22-1 настоящих Правил заявитель разрабатывает проектную документацию и план мониторинга, которые подлежат валидации аккредитованным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 22-2 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-3. После завершения валидации проектной документации и плана мониторинга, заявитель направляет заключенный договор, валидированную проектную документацию и план мониторинга в уполномоченный орган для получения одобрения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 2 дополнена пунктом 22-3 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Решение по представленным на рассмотрение проектной документации и плану мониторинга принимается уполномоченным органом в течение тридцати календарных дней с даты их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z73" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Не позднее чем за двадцать календарных дней до подачи проектной документации и плана мониторинга на рассмотрение уполномоченного органа, заявитель проекта обеспечивает общественный доступ к проектной документации, а также к плану мониторинга с целью предоставления возможностей обсуждения проекта заинтересованными сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z74" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Результаты общественного обсуждения углеродного офсета отражаются в проектной документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z75" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Проектная документация и план мониторинга представляются в уполномоченный орган после валидации аккредитованным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z76" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Решение об одобрении углеродного офсета принимается уполномоченным органом на основании экспертного заключения оператора системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z77" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Отрицательное решение по проекту принимается уполномоченным органом в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z78" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) представленные заявителем проекта документы, не соответствуют требованиям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Экологического</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан (далее – Кодекс) и (или) настоящих Правил либо содержат недостоверные сведения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z79" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие возможностей для реализации углеродного офсета по месту расположения, указанному в проектной документации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2562,608 +4316,670 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Одобрение углеродного офсета уполномоченным органом является основанием для последующей реализации проекта и получения офсетных единиц в установленном настоящими Правилами порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z81" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Учет офсетных единиц осуществляется путем введения в обращение офсетных единиц оператором системы торговли углеродными единицами посредством их зачисления на счет заявителя проекта в государственном реестре углеродных единиц, в объеме сокращения выбросов парниковых газов и (или) увеличения поглощения согласно отчету о реализации углеродного офсета, утвержденному уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 30 – редакции приказа Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Информация об одобренных углеродных офсетах размещается на интернет-ресурсе уполномоченного органа с указанием следующих сведений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z83" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наименование углеродного офсета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z84" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения о заявителе проекта;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z85" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) место расположения, на котором предполагается реализация углеродного офсета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z86" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заявленный по проекту объем сокращения выбросов и (или) увеличения поглощения парниковых газов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z87" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) количество офсетных единиц, предоставленных на основании отчетов о реализации углеродного офсета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z88" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок предоставления офсетных единиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z89" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Основанием для предоставления заявителю проекта офсетных единиц по одобренным углеродным офсетам в течение периода их реализации является отчет о реализации углеродного офсета, утвержденный уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z90" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Для подготовки отчета о реализации углеродного офсета, заявителем проекта проводится мониторинг сокращения выбросов парниковых газов и (или) увеличения поглощения парниковых газов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z91" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Мониторинг сокращения выбросов парниковых газов и (или) увеличения их поглощения проводится в течение всего периода предоставления офсетных единиц по проекту на основе плана мониторинга, одобренного уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z92" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. В рамках проведения мониторинга проводится количественная оценка по каждому из парниковых газов, на сокращение выбросов или увеличение поглощения, которых направлен проект, с последующим их пересчетом в эквивалент тонны диоксида углерода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z93" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. При использовании измерительного оборудования и оборудования для проведения мониторинга заявитель проекта обеспечивает калибровку данного измерительного оборудования в соответствии с законодательством Республики Казахстан об обеспечении единства измерений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z94" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Подготовка и представление в уполномоченный орган отчета о реализации углеродного офсета осуществляются заявителем проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z95" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Отчет о реализации углеродного офсета предоставляется в уполномоченный орган по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z96" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Подача отчетов о реализации углеродного офсета является добровольной. Непредставление или несвоевременное предоставление такого отчета не рассматривается в качестве нарушения заявителем проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z97" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Отчет о реализации углеродного офсета, представленный заявителем проекта уполномоченному органу, направляется на экспертизу оператору системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z98" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Решение об утверждении отчета о реализации углеродного офсета принимается уполномоченным органом на основании экспертного заключения оператора системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z99" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Уполномоченный орган принимает решение об утверждении либо об отказе в утверждении отчета о реализации углеродного офсета в течение пятнадцати рабочих дней со дня его получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z100" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Уполномоченный орган принимает решение об отказе в утверждении отчета о реализации углеродного офсета по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z101" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отрицательное заключение оператора системы торговли углеродными единицами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z102" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выявление несоблюдения заявителем проекта требований, установленных в Кодексе и (или) настоящих Правилах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z103" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствие верификации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z104" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. В случае утверждения отчета о реализации углеродного офсета, заявитель проекта приобретает право на получение офсетных единиц в количестве заявленном в утвержденном отчете о реализации углеродного офсета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z105" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Предоставление и введение в обращение офсетных единиц производится оператором системы торговли углеродными единицами посредством их размещения на счету заявителя проекта в государственном реестре углеродных единиц, в объеме сокращения выбросов парниковых газов и (или) увеличения поглощения согласно отчету о реализации углеродного офсета, утвержденному уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z106" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Добровольное аннулирование офсетных единиц производится по запросу их владельца, направленного оператору системы торговли углеродными единицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3307,208 +5123,208 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkStart w:name="z109" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Концепция проекта (проектная идея)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z110" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Краткое описание проекта: название, цель, тип проекта, предполагаемое место реализации, краткое описание проекта и предлагаемые меры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z111" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Информация о заявителе проекта: фамилия, имя, отчество (при его наличии) физического лица или наименование юридического лица, регистрационные данные, адрес, контактное лицо по проекту, основной вид деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z112" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Описание базового сценария существующего до выполнения проекта: наиболее вероятная технология и уровень выбросов, которые имели бы место в отсутствие предлагаемого проекта; существующие законодательные, экономические и иные условия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z113" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Способы сокращения выбросов и (или) увеличения поглощения парниковых газов и финансирование: указание категории деятельности, например, переход на использование возобновляемых источников энергии, меры по энергоэффективности, увеличение лесистости, краткое описание технических аспектов и планируемых технологий; ожидаемые затраты на реализацию проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z114" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Ожидаемое сокращение или увеличение поглощения: виды парниковых газов; предварительно оцениваемые объемы сокращений выбросов или увеличения поглощения; ожидаемый период для достижения сокращения или увеличения поглощения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z115" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Риски, связанные с реализацией проекта, в том числе в отношении поиска инвесторов, реализации проекта по планируемому месту реализации, утечек выбросов, которые могут иметь место вследствие осуществления проекта за пределами его границ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z116" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Календарный план выполнения проекта: текущий статус проекта, ожидаемые сроки подготовки проектной документации, начала реализации проекта, продолжительность проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3652,68 +5468,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:bookmarkStart w:name="z119" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проектная документация для углеродного офсета по сокращению выбросов парниковых газов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -3750,70 +5566,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z120" w:id="110"/>
+          <w:bookmarkStart w:name="z120" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Наименование заявителя проекта.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="110"/>
+          <w:bookmarkEnd w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4048,70 +5864,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="111"/>
+          <w:bookmarkStart w:name="z128" w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Название проекта.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="111"/>
+          <w:bookmarkEnd w:id="127"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4346,70 +6162,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="112"/>
+          <w:bookmarkStart w:name="z136" w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Описание и обоснование базового сценария.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="112"/>
+          <w:bookmarkEnd w:id="128"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4504,70 +6320,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z139" w:id="113"/>
+          <w:bookmarkStart w:name="z139" w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Дата начала проекта.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="113"/>
+          <w:bookmarkEnd w:id="129"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4634,70 +6450,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="114"/>
+          <w:bookmarkStart w:name="z141" w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Оцениваемые объемы выбросов по проекту</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+          <w:bookmarkEnd w:id="130"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5056,68 +6872,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="115"/>
+    <w:bookmarkStart w:name="z148" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проектная документация для углеродного офсета по увеличению поглощения парниковых газов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -5154,70 +6970,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="116"/>
+          <w:bookmarkStart w:name="z149" w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Наименование заявителя/заявителей проекта.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="116"/>
+          <w:bookmarkEnd w:id="132"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5480,70 +7296,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z158" w:id="117"/>
+          <w:bookmarkStart w:name="z158" w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Название проекта.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="117"/>
+          <w:bookmarkEnd w:id="133"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5778,70 +7594,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z166" w:id="118"/>
+          <w:bookmarkStart w:name="z166" w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Описание и обоснование базового сценария.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="118"/>
+          <w:bookmarkEnd w:id="134"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5992,70 +7808,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z171" w:id="119"/>
+          <w:bookmarkStart w:name="z171" w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Дата начала проекта</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="119"/>
+          <w:bookmarkEnd w:id="135"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6122,70 +7938,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z173" w:id="120"/>
+          <w:bookmarkStart w:name="z173" w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Оцениваемая конечная антропогенная абсорбция поглотителями по проекту</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="120"/>
+          <w:bookmarkEnd w:id="136"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6544,148 +8360,148 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="121"/>
+    <w:bookmarkStart w:name="z180" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> План мониторинга углеродного офсета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z181" w:id="122"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z181" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Название проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z182" w:id="123"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z182" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Общее описание плана мониторинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z183" w:id="124"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z183" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Описание процедур количественного определения сокращения выбросов парниковых газов или увеличения их поглощения по отношению к базовому сценарию проекта и мониторинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z184" w:id="125"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z184" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Данные, которые будут использованы для проведения мониторинга (расчета) сокращения выбросов парниковых газов и (или) увеличения поглощения парниковых газов в результате реализации проекта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7153,90 +8969,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z185" w:id="126"/>
+    <w:bookmarkStart w:name="z185" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Описание формулы, используемой для подсчета сокращения выбросов парниковых газов и (или) увеличения поглощения парниковых газов в результате реализации проекта (для каждого газа, источника и т.д., выбросы в тоннах эквивалента диоксида углерода).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z186" w:id="127"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z186" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Данные, используемые для мониторинга (расчета) выбросов и (или) поглощения парниковых газов по базовому сценарию</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7704,90 +9520,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z187" w:id="128"/>
+    <w:bookmarkStart w:name="z187" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Описание формулы, используемой для подсчета сокращения выбросов парниковых газов и (или) увеличения поглощения парниковых газов по базовому сценарию (для каждого газа, источника и т.д., выбросы в тоннах эквивалента диоксида углерода).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z188" w:id="129"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z188" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Оценка утечек парниковых газов от реализации проекта в плане мониторинга, если применимо</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -8255,130 +10071,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z189" w:id="130"/>
+    <w:bookmarkStart w:name="z189" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Описание формулы, используемой для подсчета утечек (для каждого газа, источника и т.д., выбросы в тоннах эквивалента диоксида углерода).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z190" w:id="131"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z190" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Описание формулы, используемой для оценки сокращения выбросов от проекта (для каждого газа, источника и т.д.; сокращение выбросов в эквиваленте тонны диоксида углерода).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z191" w:id="132"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z191" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Описание процедур контроля качества и обеспечения качества, принятых для плана мониторинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z192" w:id="133"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z192" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Описание системы управления и деятельности, которая используется при внедрении плана мониторинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8438,325 +10254,298 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам одобрения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>углеродного офсета</w:t>
+              <w:t>углеродного офсета и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и предоставления офсетных</w:t>
+              <w:t>предоставления</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>единиц</w:t>
+              <w:t>офсетных единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 5 – в редакции приказа Министра экологии и природных ресурсов РК от 17.06.2024 </w:t>
+      Сноска. Приложение 5 – редакции приказа Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 123</w:t>
+        <w:t>№ 260</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z194" w:id="134"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в уполномоченный орган в области охраны окружающей среды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-[...184 lines deleted...]
-        <w:t>Срок представления формы административных данных: устанавливается заявителем проекта самостоятельно.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма административных данных размещена на интернет-ресурсе: www.ecogeo.gov.kz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Отчет о реализации углеродного офсета</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы административных данных: 1-ОРУО</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: единовременная (при наличии потребности в офсетных единицах).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих информацию: физическое лицо, юридическое лицо или группа юридических лиц, представляющие проект углеродного офсета на рассмотрение и одобрение уполномоченному органу, заявитель проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы административных данных: устанавливается заявителем проекта самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИИН/БИН_______________________________________________________  (не заполняется в случае представления данных физическими лицами,  а также в агрегированном виде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11091,125 +12880,291 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заявитель проекта __________________________________</w:t>
-[...33 lines deleted...]
-        <w:t>подпись _________________________</w:t>
+      Наименование___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   фамилия, имя и отчество (при ее наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             фамилия, имя и отчество (при ее наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место для печати___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных Отчет о реализации углеродного офсета</w:t>
+        <w:t xml:space="preserve"> Пояснение</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(индекс – 1-ОРУО),</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе Отчет о реализации углеродного офсета (индекс и периодичность формы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения для разработки отчета о реализации углеродного офсета (далее –</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приложение 5), периодичность: при наличии потребности в офсетных единицах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>периодичность: при наличии потребности в офсетных единицах. Глава 1. Общие положения</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение по заполнению формы, предназначенной для сбора административных данных физическими, юридическими лицами или группой юридических лиц, представляющие отчет о реализации углеродного офсета.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11697,50 +13652,1772 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 6</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам одобрения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>углеродного офсета и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предоставления</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>офсетных единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовой договор</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на реализацию проектов углеродных офсетов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>на участках государственного лесного фонда № ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 6 в соответствии с приказом Министра экологии и природных ресурсов РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 260</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________                                            "___" _______ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (населенный пункт)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (наименование государственного лесовладельца в ведении которого находятся</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   представляемые участки государственного лесного фонда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в лице директора учреждения _________________ (Ф.И.О), действующего на</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основании Положения, именуемый в дальнейшем "Государственный</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лесовладелец"_________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование юридического или физического лица)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в лице руководителя (директора) ___________________________ (Ф.И.О), действующего на</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основании Устава, именуемый в дальнейшем "Заявитель проекта", совместно именуемые</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"Стороны", заключили настоящий Договор о нижеследующем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Предмет договора</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственный лесовладелец предоставляет земли государственного лесного фонда заявителю проекта на основании положительного решения уполномоченного органа на реализацию проекта углеродных офсетов на участках государственного лесного фонда, на срок до _____ лет, в границах и на площади указанного в концепции проекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Заявитель проекта осуществляет деятельность в пределах объемов (размеров), указанных в концепции проекта (проектная идея), проектной документации и плана мониторинга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Ежегодный размер платы на реализацию проекта, включает в себя осуществление мероприятий по охране и защите лесных насаждений, проведение противопожарных и санитарных мероприятий, а также других мероприятия, направленные на сохранения лесных насаждений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Заявитель проекта осуществляет оплату в соответствии с расчетами Государственного лесовладельца, направленных на охрану, защиту, воспроизводство и лесоразведение согласно типовым нормам выработки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. После подписания настоящего Договора, Заявитель проекта перечисляет средства на реализацию проекта Государственному лесовладельцу в сроки, установленные сторонами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Права и обязанности сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Права и обязанности Государственного лесовладельца:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Осуществлять реализацию проекта углеродных офсетов на участках государственного лесного фонда, в соответствии с Правилами воспроизводства лесов и лесоразведения и контроля за их качеством и законодательными актами в области лесного хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В рамках настоящего договора Государственный лесовладелец:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.1 обеспечивает охрану и защиту лесных насаждений созданных в соответствии с проектом углеродных офсетов за счет средств заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7.2. может быть привлечен как исполнитель по посадке и проведению уходных работ по согласованию сторон за счет средств заявителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Приостанавливать и ограничивать право деятельности на территории государственного лесного фонда в случае:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.1. нарушения требований лесного и природоохранного законодательства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.2. использования территории государственного лесного фонда не предусмотренным с целевым назначением согласно Договора;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.3. не внесения или несовременного внесения оплаты для проведения работ по реализации проекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8.4. нарушения требований настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Права и обязанности заявителя проекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Реализовывать проекты углеродных офсетов на участках государственного лесного фонда, согласно требованиям, установленным настоящими Правилами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Запрашивать у Государственного лесовладельца разъяснения относительно проведения работ по посадке в рамках условий Договора и действующих нормативно-правовых актов в области лесного хозяйства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Запрашивать сведения об обеспечении исполнения требований нормативно-правовых актов в местах проведения посадки в целях исключения нарушений лесного и природоохранного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Соблюдать условия настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Осуществлять оплату согласно пункту 5 Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Не допускать нанесение вреда государственному лесного фонду, животному миру и местному населению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Заявитель самостоятельно осуществляет покупку и организацию поставки посадочного материала, проводит полевые работы с привлечением работников Государственного лесовладельца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Заявитель проекта обязуется обеспечить дополнительность реализуемого проекта углеродного офсета. Дополнительность считается доказанной, если проект не является обязательным в соответствии с действующим законодательством Республики Казахстан, не финансировался ранее за счет государственных программ, а также если имеются расчеты, подтверждающие объем поглощения запаса углерода. Для подтверждения дополнительности Заявитель проекта предоставляет анализ базового сценария.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Заявитель проекта обязуется обеспечить высокое качество реализации проекта. Качество проекта подтверждается разработкой проектной документации в соответствии с настоящими Правилами, а также реализацией механизмов предотвращения утраты накопленного углерода (например, в результате пожаров, незаконные рубки или иных рисков). Участки, включенные в проект, не должны использоваться для иных целей, препятствующих долговременному и устойчивому поглощению углерода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Ответственность сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. В случае неисполнения или ненадлежащего исполнения Сторонами своих обязательств по настоящему Договору, Стороны несут ответственность в соответствии с действующим законодательством Республики Казахстан и настоящим Договором.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Форс-мажор</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Стороны освобождаются от ответственности за частичное или полное неисполнение обязательств по настоящему договору, если это неисполнение явилось следствием обстоятельств непреодолимой силы (форс-мажор), таких как стихийные бедствия, войны, забастовки и другие обстоятельства, находящиеся вне контроля сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Порядок рассмотрения споров</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Все споры и разногласия, возникшие в связи с исполнением настоящего Договора, разрешаются путем переговоров и заключения дополнительного соглашения. При несогласии сторон споры подлежат рассмотрению в судебном порядке в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Прочие условия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Все изменения и дополнения к настоящему договору действительны только в случае, если они оформлены в письменной форме и подписаны обеими сторонами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Настоящий договор составлен в двух экземплярах, по одному для каждой из сторон, имеющих равную юридическую силу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Действия договора</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Настоящий Договор вступает силу со дня его подписания и действует на срок установленном пунктом 1 настоящего Договора.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Юридические адреса и банковские реквизиты сторон</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственный лесовладелец</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при наличии))</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            полное наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">              юридического лица)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Месторасположение ______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>БИН ___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Расчетный счет __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               (подпись)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место печати (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заявитель проекта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при наличии))</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           полное наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>физического или юридического лица)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Месторасположение ______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН или БИН ____________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Расчетный счет ___________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               (подпись)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место печати (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
@@ -11750,55 +15427,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12124,31 +15801,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>