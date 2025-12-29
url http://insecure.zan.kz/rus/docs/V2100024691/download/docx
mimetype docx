--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ca739be" w14:textId="ca739be">
+    <w:p w14:paraId="8510673" w14:textId="8510673">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,83 +93,87 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в некоторые приказы Министерства сельского хозяйства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 6 октября 2021 года № 396. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 октября 2021 года № 24691</w:t>
+        <w:t>Приказ Министра экологии, геологии и природных ресурсов Республики Казахстан от 6 октября 2021 года № 396. Зарегистрирован в Министерстве юстиции Республики Казахстан 11 октября 2021 года № 24691.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Порядок введения в действие настоящего приказа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -340,306 +344,349 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4 Настоящий приказ вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр экологии, геологии</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и природных ресурсов</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-          </w:tcPr>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Брекешев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z12" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство цифрового развития, инноваций</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>и аэрокосмической промышленности</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -749,130 +796,214 @@
               </w:rPr>
               <w:t>от 6 октября 2021 года № 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых приказов Министерства сельского хозяйства Республики Казахстан, в которые вносятся изменения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 утрачивает силу приказом Министра сельского хозяйства РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 14 января 2015 года № 18-04/14 "Об утверждении Правил маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10397) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маркирования икры осетровых видов рыб для торговли на внутреннем и внешнем рынках, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -885,70 +1016,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Государственная услуга "Выдача марки икры осетровых видов рыб для торговли на внутреннем рынке Республики Казахстан" (далее – государственная услуга) оказывается административным органом в лице Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатель).";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -961,370 +1092,370 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "13. Для получения государственной услуги физическое или юридическое лицо (далее – услугополучатель) направляет услугодателю через портал заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в стандарте государственной услуги в форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К заявлению (удостоверенному ЭЦП услугополучателя) прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если заявленная икра:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       естественная – электронная копия договора купли-продажи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       конфискованная – электронная копия документа, подтверждающего приобретение у субъекта государственной монополии, осуществляющего деятельность по изъятию осетровых видов рыб из естественной среды обитания, их закупу, переработке и экспорту их икры и других видов продукции, а также судебного акта о конфискации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       искусственная – электронная копия информации о получении икры осетровых видов рыб по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электронное платежное поручение об оплате за марки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя либо о начале деятельности в качестве индивидуального предпринимателя, о происхождении вылова рыбы, об уведомлении о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, разрешении на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При обращении услугополучателя после окончания рабочего времени или в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель обеспечивает доставку результата оказания государственной услуги в Государственную корпорацию, не позднее чем за сутки до истечения срока оказания государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче документов услугополучателю в "личный кабинет" через портал направляется статус о принятии запроса для оказания государственной услуги с указанием даты выдачи результата.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1337,130 +1468,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "16. Выдача результата оказания государственной услуги осуществляется через Государственную корпорацию при предъявлении документов, удостоверяющего личность, либо электронный документ из сервиса цифровых документов (либо его представителя по доверенности), а также извещения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На портал в "личный кабинет" в форме электронного документа направляется извещение о готовности результата оказания государственной услуги, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке, установленном уполномоченным органом в сфере информатизации, согласно подпункту 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона "О государственных услугах".";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1473,210 +1604,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "24. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, может не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1841,130 +1972,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исключить.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 27 февраля 2015 года № 18-03/143 "Об утверждении Правил выдачи административным органом разрешений на ввоз на территорию Республики Казахстан и вывоз с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11935) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1977,110 +2108,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Государственная услуга "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения" (далее – государственная услуга) оказывается Административным органом в лице Комитета лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитета рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатели).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в стандарте государственной услуги в форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2093,210 +2224,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z55" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z56" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z57" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, может не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z58" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z59" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z60" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2405,130 +2536,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему перечню.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 19 декабря 2014 года № 18-04/675 "Об утверждении Правил выдачи разрешений на пользование животным миром" (Зарегистрирован в Министерстве юстиции Республики Казахстан 30 января 2015 года № 10168) следующие изменения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выдачи разрешений на пользование животным миром, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2541,630 +2672,630 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9. Заявка на выдачу разрешения на пользование животным миром (далее – заявка) удостоверенная электронно-цифровой подписью (далее − ЭЦП) направляется посредством веб-портала "электронного правительства" www.egov.kz (далее − Портал) в электронном виде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z67" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z67" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) при выдаче разрешений на пользование животным миром (на промысловое рыболовство, на научно-исследовательский лов, мелиоративный лов, на лов в воспроизводственных целях, любительское (спортивное) рыболовство) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) при выдаче разрешений на пользование животным миром (на охоту, на использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии, на использование видов животных в воспроизводственных целях) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z69" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В зависимости от вида пользования, дополнительно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на охоту (при первичном обращении):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z71" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случае, если изъятие объектов животного мира производится с участием иностранцев – электронная копия договора субъекта охотничьего хозяйства с иностранцами на организацию охоты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z72" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на научно-исследовательский лов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия обоснования проведения научных работ, утвержденная ученым советом профилирующей научной организации, и программы научно-исследовательских работ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z74" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия расчетов, обосновывающая предполагаемый объем изъятия объектов животного мира;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия отчета о результатах использования ранее выданных разрешений (в случае выданных разрешений);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на лов в воспроизводственных целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия биологического обоснования, утвержденная ученым советом профилирующей научной организации, за исключением случаев вылова для целей выполнения государственного заказа на воспроизводство рыбных ресурсов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на использование животных в научных, культурно-просветительских, воспитательных, эстетических целях, а также в целях предотвращения эпизоотии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия выписки из научно-тематического плана, утвержденная ученым советом профилирующей научной организации, и программы научно-исследовательских работ, кроме эпизоотического мониторинга;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия ежегодного плана работы государственной ветеринарной организации уполномоченного органа в области ветеринарии для эпизоотического мониторинга болезней животных в Республике Казахстан, в целях предотвращения эпизоотии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия обосновывающих материалов изъятия объектов животного мира (биологического обоснования с положительным заключением государственной экологической экспертизы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) на использование видов животных в воспроизводственных целях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия обосновывающих материалов изъятия объектов животного мира (биологического обоснования с положительным заключением государственной экологической экспертизы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о документах, удостоверяющих личность, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя, либо о начале деятельности в качестве индивидуального предпринимателя услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При подаче документов, указанных в пункте 10 настоящих Правил услугополучателю в "личный кабинет" через Портал направляется статус о принятии запроса для оказания государственной услуги с указанием даты выдачи результата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги, включающий характеристики процесса, форму, содержание и результат оказания, а также иные сведения с учетом особенностей предоставления государственной услуги изложены в стандарте государственной услуги в форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сумма платы уплачивается в бюджет по месту получения разрешения на пользование животным миром. Уплата производится до получения разрешения путем перечисления через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, за исключением платы за пользование видами животных, являющихся объектами промыслового рыболовства, при превышении суммы платы, подлежащей уплате в бюджет, в сумме более 350-кратного размера месячного расчетного показателя по квотам изъятия объектов промыслового рыболовства текущего года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уплата платы за пользование видами животных, являющихся объектами промыслового рыболовства, при превышении суммы платы, подлежащей уплате в бюджет, в сумме более 350-кратного размера месячного расчетного показателя по квотам изъятия объектов промыслового рыболовства текущего года производится долями в следующие сроки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 25 декабря текущего года – 20 процентов от общей квоты, выданной в текущем году;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 25 марта года, следующего за годом, в котором выдана квота – 40 процентов от общей квоты, выданной в текущем году;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       до 25 июня года, следующего за годом, в котором выдана квота – 40 процентов от общей квоты, выданной в текущем году.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3177,210 +3308,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="74"/>
+    <w:bookmarkStart w:name="z93" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "15. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z94" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z94" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z95" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z95" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z96" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z96" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, может не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z97" w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z97" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона о государственных услугах, подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z98" w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z98" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z99" w:id="80"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z99" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4083,138 +4214,139 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z105" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу выдать марки икры осетровых видов рыб для торговли на внутреннем рынке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z106" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о видах икры:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="972"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4285,858 +4417,774 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и объем емкости по видам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На государственном языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2755" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На латинском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="924" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество емкости (штук)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1072" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Объем одной емкости (килограмм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1073" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Общий объем икры (килограмм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2752" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2755" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="924" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1072" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1073" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2752" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2752" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2755" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="924" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1072" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1073" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5183,78 +5231,71 @@
               <w:t>
 Происхождение образца (отечественная-естественная, отечественная-искусственная, импортированная, конфискованная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5321,78 +5362,71 @@
               </w:rPr>
               <w:t xml:space="preserve"> статьи 26 Закона "Об охране, воспроизводстве и использовании животного мира", в случае если заявленная икра естественная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5459,78 +5493,71 @@
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если заявленная икра искусственная (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="972" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5577,171 +5604,176 @@
               <w:t>
 Номер и дата разрешения (й) на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если заявленная икра импортированная</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю достоверность представленной информации и осведомлен об ответственности за предоставление недостоверных сведений в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z108" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z108" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Согласен на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z109" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z109" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата подачи заявления "__" ____________ 20 ___ года.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии), подпись, место печати</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(за исключением лиц, являющихся субъектами частного предпринимательства))</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5950,1738 +5982,1819 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на внутреннем и внешнем рынках</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="417"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="10192"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача марки икры осетровых видов рыб для торговли на внутреннем рынке Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан (далее – услугодатель).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием документов оказания государственной услуги осуществляется через веб-портал "электронного правительства" www.egov.kz (далее – портал), а выдача результатов через государственную корпорацию.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 (два) рабочих дня</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (полностью автоматизированная).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z112" w:id="87"/>
+          <w:bookmarkStart w:name="z112" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Марки икры осетровых видов рыб для торговли на внутреннем рынке Республики Казахстан либо мотивированный отказ.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="86"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портал в "личный кабинет" в форме электронного документа направляется извещение о готовности результата оказания государственной услуги, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="87"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z113" w:id="88"/>
+          <w:bookmarkStart w:name="z113" w:id="87"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается платно физическим и юридическим лицам.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Стоимость и размер платы марок для внутреннего рынка определяется с учетом затрат на изготовление и размещаются на единой платформе интернет-ресурсов государственных органов: www.gov.kz в разделе "Министерство экологии, геологии и природных ресурсов Республики Казахстан"</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата производится в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций либо через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="88"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z115" w:id="89"/>
+          <w:bookmarkStart w:name="z115" w:id="88"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) Услугодатель – с понедельника по пятницу включительно с 9.00 часов до 18.30 часов с перерывом на обед с 13.00 часов до 14.30 часов, за исключением воскресенья и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статье 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2) Портал – круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адреса мест оказания государственной услуг размещены на портале.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="89"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z117" w:id="90"/>
+          <w:bookmarkStart w:name="z117" w:id="89"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) заявление в форме электронного документа, удостоверенное ЭЦП услугополучателя по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) если заявленная икра:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>естественная – электронная копия договора купли-продажи;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>конфискованная – электронная копия документа, подтверждающего приобретение у субъекта государственной монополии, осуществляющего деятельность по изъятию осетровых видов рыб из естественной среды обитания, их закупу, переработке и экспорту их икры и других видов продукции, а также судебного акта о конфискации;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">искусственная – электронная копия информации о получении икры осетровых видов рыб по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) электронная копия платежного поручения об оплате за марки.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сведения о документах, удостоверяющих личность либо электронный документ из сервиса цифровых документов, о государственной регистрации (перерегистрации) юридического лица, о государственной регистрации индивидуального предпринимателя либо о начале деятельности в качестве индивидуального предпринимателя, о происхождении вылова рыбы, об уведомлении о начале или прекращении деятельности по искусственному разведению животных, виды которых включены в приложения I и II Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, разрешении на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, услугодатель получает из соответствующих государственных систем через шлюз "электронного правительства".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучателю в "личный кабинет" направляется статус о принятии запроса для оказания государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугодатели получают цифровые документы из сервиса цифровых документов через реализованную интеграцию при условии согласия владельца документа, предоставленного посредством зарегистрированного на веб-портале "электронного правительства" абонентского номера сотовой связи пользователя путем передачи одноразового пароля или путем отправления короткого текстового сообщения в качестве ответа на уведомление веб-портала "электронного правительства".</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="90"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z125" w:id="91"/>
+          <w:bookmarkStart w:name="z125" w:id="90"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги требованиям, установленным настоящими Правилами;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="91"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="417" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1691" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10192" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="92"/>
+          <w:bookmarkStart w:name="z128" w:id="91"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа по средством "личного кабинета" в портале, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сервис цифровых документов доступен для пользователей, авторизованных в мобильном приложении.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Для использования цифрового документа необходимо пройти авторизацию в мобильном приложении с использованием электронно-цифровой подписи или одноразового пароля, далее перейти в раздел "Цифровые документы" и выбрать необходимый документ.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="92"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7997,1207 +8110,1236 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>под угрозой исчезновения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9769"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стандарт государственной услуги "Выдача административным органом разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование услугодателя</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Комитет лесного хозяйства и животного мира Министерства экологии, геологии и природных ресурсов Республики Казахстан и Комитет рыбного хозяйства Министерства экологии, геологии и природных ресурсов Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прием заявления и выдача результата оказания государственной услуги осуществляются через веб-портал "электронного правительства" www.egov.kz (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 (три) рабочих дня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электронная (полностью автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z134" w:id="93"/>
+          <w:bookmarkStart w:name="z134" w:id="92"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения по форме, согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам либо мотивированный отказ в оказании государственной услуги.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На портал в "личный кабинет" услугополучателя направляется уведомление о месте выдачи результата оказания государственной услуги в форме электронного документа, подписанного ЭПЦ уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="93"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z135" w:id="94"/>
+          <w:bookmarkStart w:name="z135" w:id="93"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственная услуга оказывается на платной основе физическим и юридическим лицам.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Государственная пошлина за выдачу разрешений на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения взимается в соответствии с подпунктом 2) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 615</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кодекса Республики Казахстан от 25 декабря 2017 года "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" и составляет 2 месячных расчетных показателя.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оплата производится в наличной или безналичной форме через банки второго уровня или организации, осуществляющие отдельные виды банковских операций, а также через портал оплата осуществляется через платежный шлюз "электронного правительства" (далее – ПШЭП).</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="94"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="95"/>
+          <w:bookmarkStart w:name="z137" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Услугодатель − с понедельника по пятницу включительно, в соответствии с установленным графиком работы с 9.00 до 18.30 часов с перерывом на обед с 13.00 до 14.30, за исключением выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Портал − круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после 18.00 часов или в выходные и праздничные дни, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан от 13 декабря 2001 года "О праздниках в Республике Казахстан", прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Адреса мест оказания государственной услуги размещены на:</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) интернет-ресурсе Министерства экологии, геологии и природных ресурсов Республики Казахстан – www.ecogeo.gov.kz, раздел "Государственные услуги".</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) портале.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="95"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень документов необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z141" w:id="96"/>
+          <w:bookmarkStart w:name="z141" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1) заявление на получение разрешения на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9211,536 +9353,580 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения в форме электронного документа, удостоверенное ЭЦП услугополучателя, по форме согласно </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приложению 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) электронная копия контракта или договора между экспортером и импортером, подтверждающего намерения о совершении данный экспорт и (или) реэкспорт или импорта, за исключением лиц, осуществляющих экспорт и (или) реэкспорт или импорт в личных целях;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) при импорте образцов на территорию Республики Казахстан электронная копия разрешения или сертификата на экспорт и (или) реэкспорт в случае, если образец включен в приложения 1, 2, 3 Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) электронная копия заключения научной организации;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) сведения, подтверждающее оплату в бюджет государственной пошлины;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) разрешение на охоту в форме электронного документа, в случае изъятия видов животных, их частей и дериватов, из природной среды обитания на территории Республики Казахстан.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="96"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z146" w:id="97"/>
+          <w:bookmarkStart w:name="z146" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям настоящих Правил;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="97"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2030" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z149" w:id="98"/>
+          <w:bookmarkStart w:name="z149" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Разрешение на импорт на территорию Республики Казахстан, экспорт и (или) реэкспорт с территории Республики Казахстан видов животных, подпадающих под действие Конвенции о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения соответствует требованиям статьи VI </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Конвенции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель получает государственную услугу в электронной форме через портал при условии наличия ЭЦП.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Услугополучатель имеет возможность получения информации о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" в портале, а также единого контакт-центра по вопросам оказания государственных услуг.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе услугодателя. Единый контакт-центр 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -10537,51 +10723,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>индивидуальный</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="99"/>
+    <w:bookmarkStart w:name="z156" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление на получение разрешения на импорт на территорию Республики Казахстан,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -10590,723 +10776,689 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>подпадающих под действие Конвенции о международной торговле видами дикой фауны</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>и флоры, находящимися под угрозой исчезновения</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z157" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу выдать разрешение на импорт, экспорт и (или) реэкспорт образцов.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z157" w:id="100"/>
-[...28 lines deleted...]
-    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="626"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="138"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Цель импорт, экспорт и (или) реэкспорт (коммерческие операции, научные исследования, воспроизводственные цели, цирковые выступления или передвижные выставки, обмен между зоопарками, ботаническими садами и музеями, а также личная передача)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Образец с указанием его названия на государственном, русском и латинском языках</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Описание образца (живые животные, шкуры, чучела, тушки, черепа, рога, клыки, кровь, икра, а также изделия и другое, для живых животных ‒ пол и возраст, наличие идентифицирующих меток)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество и (или) вес образцов (при экспорте и (или) реэкспорте икры дополнительно указать количество и объем емкостей по видам)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Происхождение образца (изъято из природы, выведено или выращено в искусственных условиях, на основании каких документов импортировано из другой страны, конфисковано, куплено, получено в качестве дара или наследства и другие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11318,317 +11470,296 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Конвенции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> о международной торговле видами дикой фауны и флоры, находящимися под угрозой исчезновения, в случае если образцы, были выращены в искусственных условиях на территории Республики Казахстан (при его наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Номер и дата разрешения на изъятие видов животных, численность которых подлежит регулированию, в случае если виды животных, их части и дериваты, были изъяты из природной среды посредством регулирования численности животных на территории Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="626" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11536" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Юридический адрес (для физических лиц ‒ домашний адрес, паспортные данные) импортера, экспортера и (или) реэкспортера и на русском и английском языках, их телефоны или факсы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="138" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -11659,55 +11790,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>