--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df7b791" w14:textId="df7b791">
+    <w:p w14:paraId="6f5708f" w14:textId="6f5708f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1777,51 +1777,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) индивидуальный серийный номер товара – символьная последовательность, уникально идентифицирующая единицу товара в рамках номенклатурной группы товаров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27) Единый оператор маркировки и прослеживаемости товаров (далее - Оператор) – юридическое лицо, созданное в соответствии с законодательством Республики Казахстан, осуществляющее разработку, администрирование, сопровождение и эксплуатационную поддержку информационной системы маркировки и прослеживаемости товаров, включая разработку, ведение и актуализацию Национального каталога товаров, и иные функции, определенные Правительством Республики Казахстан;</w:t>
+      27) Единый оператор маркировки и прослеживаемости товаров (далее – Оператор) - государственное предприятие, акционерное общество, товарищество с ограниченной ответственностью, более пятидесяти процентов голосующих акций (долей участия в уставном капитале) которого прямо или косвенно принадлежат государству, осуществляющее разработку, администрирование, сопровождение и эксплуатационную поддержку информационной системы маркировки и прослеживаемости товаров, включая разработку, ведение и актуализацию Национального каталога товаров, и иные функции, предусмотренные законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) код проверки – последовательность символов, сформированная в результате криптографического преобразования кода идентификации товара и позволяющая выявить фальсификацию кода идентификации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
@@ -2186,50 +2186,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 404</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3881,952 +3901,1088 @@
         <w:t>
       наличии немаркированных остатков обувных товаров на момент введения обязательной маркировки - участником оборота обувных товаров, осуществляющим оборот и (или) вывод из оборота данных обувных товаров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:bookmarkStart w:name="z126" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Для регистрации обувных товаров в ИС МПТ участник оборота указывает в ИС МПТ следующие сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z614" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ИИН или БИН заявителя;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z615" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) код товара (GTIN);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z616" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения о производителе товара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z617" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) код ТН ВЭД ЕАЭС;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z618" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) вид обуви;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z619" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) торговое наименование товара;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z620" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) сведения о товаре (бренд, цвет, размер обуви, модель, вид материала верха обуви, вид материала низа обуви, материал подкладки обуви);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z621" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) номер и дата документа, подтверждающего соответствие требованиям технического регламента Таможенного союза ТР ТС 017/2011 "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О безопасности продукции легкой промышленности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", и в отношении продукции, предназначенной для детей и подростков согласно требованиям технического регламента Таможенного союза ТР ТС 007/2011 "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О безопасности продукции, предназначенной для детей и подростков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" (сертификат соответствия или декларация о соответствии).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 27.05.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z134" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Для регистрации остатков и перемаркировки обувных товаров, участник оборота указывает в ИС МПТ следующие минимальные сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ИИН или БИН заявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) вид обуви;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) торговое наименование товара.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 27.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="121"/>
-[...72 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Регистрация сведений об обувных товарах в ИС МПТ невозможна в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обувной товар с таким кодом товара (GTIN) уже зарегистрирован в ИС МПТ;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) код товара (GTIN) по данным информационного ресурса GS1 -Kazakhstan не подлежит использованию участником оборота;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) код товара (GTIN) по данным информационного ресурса GS1 не существует.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. По результатам регистрации обувных товаров Оператор в течение 3 (трех) рабочих дней со дня ввода в ИС ПМТ сведений об обувных товарах включает представленные сведения в реестр товаров ИС МПТ и направляет участнику оборота обувных товаров информацию о регистрации товаров в ИС МПТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 6. Характеристики средства идентификации обувных товаров</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Средство идентификации обувных товаров наносится в виде двумерного штрихового кода DataMatrix GS1, пригодного для машинного считывания, на обувные товары, или потребительские упаковки обувных товаров, или на товарные ярлыки обувных товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техническими условиями к качеству нанесения средств идентификации на обувные товары и (или) потребительские упаковки обувных товаров и (или) товарные ярлыки являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нанесение печатью с использованием метода коррекции ошибок ЕСС - 200;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      использование АSCII кодирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для средства идентификации обувных товаров устанавливается размер: 20 (двадцать) мм х 20 (двадцать) мм.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Средство идентификации обувных товаров содержит код маркировки, включающий в себя четыре группы данных, из которых первые две группы данных образуют код идентификации обувного товара, при этом:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в начале строки кода маркировки должен присутствовать признак символики GS1 Data Matrix FNC1 (ASCII 232);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      первая группа данных идентифицируется кодом применения "01" и содержит глобальный идентификационный номер торговой единицы (GTIN), который состоит из четырнадцати цифровых символов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z154" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вторая группа данных идентифицируется кодом применения "21" и содержит индивидуальный серийный номер единицы обувного товара, который состоит из тринадцати символов цифровой или буквенно-цифровой последовательности (букв латинского алфавита), а также специальных символов. В качестве первого символа указывается идентификатор страны, в которой данный код был эмитирован ("3" - Республика Казахстан) и завершается данная группа символом - разделителем ASCII 29.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      третья группа данных идентифицируется кодом применения "91" и содержит ключ проверки, который состоит из четырех символов цифровой или буквенно-цифровой последовательности (букв латинского алфавита). В качестве завершающего символа для данной группы используется специальный символ - разделитель, имеющий код "29" в таблице символов ASCII;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z156" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      четвертая группа данных идентифицируется кодом применения "92" и содержит код проверки, который состоит из восьмидесяти восьми символов цифровой или буквенно - цифровой последовательности (букв латинского алфавита), а также специальных символов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Код идентификации транспортной упаковки предоставляется участником оборота обувных товаров в виде одномерного штрихового кода, соответствующего международному стандарту GS1-128 в соответствии с ISO/IEC 15418-2013, с уникальным идентификатором транспортной упаковки в виде Serial Shipping Container Code (SSCC - код) и идентифицируется кодом применения AI=’00’. Состав кода идентификации транспортной упаковки определяется участником оборота обувных товаров, осуществляющим агрегирование обувных товаров в транспортную упаковку.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z158" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Средства идентификации в формате штрихового кода обеспечивают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z159" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вероятность подделки путем подбора средства идентификации менее чем 1 (один) из 10 000 (десяти тысяч);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z160" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) функцию распознавания и коррекции ошибок на уровне или выше уровня DataMatrix ECC200.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z161" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. ИС МПТ не допускает повторного формирования (генерации) кода маркировки, содержащегося в средстве идентификации, нанесенном на упаковку обувных товаров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 16 в редакции приказа и.о. Министра индустрии и инфраструктурного развития РК от 27.05.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 294</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="122"/>
-[...437 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="144"/>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Для обеспечения маркировки обувных товаров средствами идентификации участник оборота обувных товаров направляет Оператору посредством ИС МПТ запрос на получение кодов маркировки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее - запрос).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z579" w:id="145"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z579" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В выдаче кодов маркировки отказывается в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z580" w:id="146"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z580" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) участник оборота обувных товаров не зарегистрирован в ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z581" w:id="147"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z581" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) представленный код идентификации ранее зарегистрирован в ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z582" w:id="148"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z582" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) код товара не зарегистрирован в реестре товаров ИС МПТ и не подлежит использованию участником оборота товаров его заявившим;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z583" w:id="149"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z583" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) код товара не соответствует товарной группе "Обувные товары".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4845,150 +5001,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="150"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. С момента регистрации запроса в ИС МПТ Оператор в течение 4 (четырех) часов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z585" w:id="151"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z585" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осуществляет эмиссию (генерирует) указанного в запросе количества кодов маркировки с применением алгоритмов криптографической защиты на основании данных, полученных от участника оборота обувных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z586" w:id="152"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z586" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) включает соответствующие коды идентификации в реестр средств идентификации ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z587" w:id="153"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z587" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) предоставляет участнику оборота обувных товаров сведения о составе эмитированных кодов маркировки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5007,148 +5163,148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="154"/>
+    <w:bookmarkStart w:name="z172" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Участник оборота обувных товаров не позднее 60 (шестидесяти) календарных дней с даты получения кодов маркировки преобразует их в средства идентификации, обеспечивает их нанесение на потребительскую упаковку, или на товары, или на товарный ярлык обувных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z173" w:id="155"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Коды маркировки, не использованные участником оборота обувных товаров в сроки, предусмотренные настоящим пунктом, аннулируются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z174" w:id="156"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z174" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Услуга по предоставлению кода маркировки признается оказанной Оператором в момент регистрации в ИС МПТ сведений об использовании участником оборота эмитированных кодов маркировки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z175" w:id="157"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Порядок нанесения средств идентификации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z176" w:id="158"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Нанесение средств идентификации на обувные товары или на потребительские упаковки обувных товаров либо на товарные ярлыки обувных товаров в случаях производства, оборота и возврата обувных товаров на территории Республики Казахстан осуществляется в местах производства или хранения таких товаров, а в случае ввоза - до фактического пересечения государственной границы Республики Казахстан, до помещения под таможенные процедуры выпуска для внутреннего потребления или реимпорта. Разрешается нанесение средств идентификации на обувные товары, или на потребительские упаковки обувных товаров, или на товарные ярлыки обувных товаров после помещения обувных товаров под процедуру выпуска для внутреннего потребления или реимпорта в собственных складских помещениях импортера, соответствующих требованиям к складским помещениям и включенных в Перечень.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5167,150 +5323,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z177" w:id="159"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Средство идентификации наносится методом, не допускающим отделения средства идентификации от обувного товара, потребительской упаковки обувного товара, или товарного ярлыка обувного товара без повреждения и перекрытия другой информацией.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z178" w:id="160"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При этом средство идентификации располагается, не нарушая целостность информации, нанесенной на обувные товары, потребительские упаковки обувных товаров, или товарные ярлыки обувных товаров </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z179" w:id="161"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z179" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. После агрегирования обувных товаров в транспортную упаковку до передачи агрегированной упаковки следующему участнику оборота обувных товаров участник оборота обувных товаров представляет информацию об агрегировании в ИС МПТ по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z180" w:id="162"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z180" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Транспортная упаковка применяется в целях объединения обувных товаров и, при необходимости, для сбора в потребительскую упаковку, а также для консолидации в одну транспортную упаковку других транспортных упаковок меньшего размера (объема).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5329,110 +5485,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z181" w:id="163"/>
+    <w:bookmarkStart w:name="z181" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. В случае представления участниками оборота обувных товаров в ИС МПТ сведений об обороте или выводе из оборота части маркированных обувных товаров, находящейся в транспортной упаковке, в ИС МПТ регистрируется расформирование транспортной упаковки, содержавшей изъятую из транспортной упаковки единицу обувного товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z182" w:id="164"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z182" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. В случае перекладки обувных товаров в другую транспортную упаковку, участником оборота представляется информация об агрегировании в ИС МПТ в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложением 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил. При этом в ИС МПТ регистрируется расформирование всех упаковок, содержавших изъятую продукцию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5451,268 +5607,268 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="165"/>
+    <w:bookmarkStart w:name="z183" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Оператор после получения сведений об агрегировании обувных товаров, обеспечивает их отражение в реестре средств идентификации ИС МПТ, а также доступность этой информации участникам оборота обувных товаров в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z184" w:id="166"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z184" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Порядок представления сведений в информационную систему маркировки и прослеживаемости товаров при вводе маркированных обувных товаров в оборот на территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z185" w:id="167"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z185" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Вводом маркированных обувных товаров в оборот на территории Республики Казахстан является:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z186" w:id="168"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z186" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при производстве обувных товаров на территории Республики Казахстан - первичная возмездная или безвозмездная передача обувных товаров от производителя новому собственнику либо иному лицу с целью отчуждения такому лицу или для последующей реализации, которая делает их доступными для распространения и (или) использования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z187" w:id="169"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z187" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) при ввозе обувных товаров с территории государств - членов ЕАЭС, на территории которых не введена обязательная маркировка обувных товаров, а также до готовности государств членов ЕАЭС, на территории которых введена обязательная маркировка обувных товаров, к взаимному признанию кодов маркировки - принятие на учет ввезенного обувного товара по результатам направления в ИС МПТ сведений о подтверждении кодов идентификации, заявленных импортером при внесении в ИС МПТ сведений о ввозе обувных товаров в Республику Казахстан с территорий государств - членов ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z188" w:id="170"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z188" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при ввозе обувных товаров с территории государств - членов ЕАЭС, на территории которых введена обязательная маркировка обувных товаров (после готовности государств членов ЕАЭС к взаимному признанию кодов маркировки) - принятие на учет ввезенных обувных товаров по результатам направления в ИС МПТ сведений о приемке кодов идентификации, содержащихся в средствах идентификации, нанесенных на принятый товар, и сведения о которых переданы Оператором национального компонента информационной системы маркировки товаров государства - члена ЕАЭС в ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z189" w:id="171"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z189" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) при ввозе обувных товаров с территории государств, не являющихся членами ЕАЭС, – выпуск обувных товаров таможенными органами для внутреннего потребления по результатам внесения в ИС МПТ сведений о ввозе обувных товаров в Республику Казахстан с территорий государств, не являющихся членами ЕАЭС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z190" w:id="172"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z190" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при комиссионной торговле обувными товарами, полученными от физических лиц, не являющихся индивидуальными предпринимателями, на основании заключенных с этими физическими лицами договоров комиссии/поручения - нанесение средств идентификации на обувные товары и (или) потребительские упаковки обувных товаров, или на товарные ярлыки обувных товаров с целью их последующей реализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z191" w:id="173"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z191" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) при маркировке остатков обувных товаров, подлежащих маркировке - нанесение средств идентификации на обувные товары и (или) потребительские упаковки, или на товарные ярлыки обувных товаров с целью отчуждения новому собственнику или для последующей реализации, которая делает их доступными для распространения и (или) использования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z192" w:id="174"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z192" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Участники оборота обувных товаров, осуществляющие ввоз обувных товаров на территорию Республики Казахстан с территорий государств - членов ЕАЭС, на территории которых не введена обязательная маркировка обувных товаров, а также на территории которых введена обязательная маркировка обувных товаров, но отсутствует взаимное признание кодов маркировки, вносят в ИС МПТ сведения о ввозе обувных товаров на территорию Республики Казахстан с территорий государств - членов ЕАЭС, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывают его ЭЦП и направляют в ИС МПТ для получения регистрационного номера с момента фактического принятия на учет ввезенного товара в течение 5 (пяти) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По факту принятия на учет ввезенного товара участник оборота обувных товаров направляет в ИС МПТ сведения о подтверждении кодов идентификации в течение 5 (пяти) рабочих дней, заявленных им ранее при внесении в ИС МПТ сведений о ввозе товаров в Республику Казахстан с территорий государств - членов ЕАЭС.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5749,70 +5905,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="175"/>
+    <w:bookmarkStart w:name="z194" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Участники оборота обувных товаров, осуществляющие ввоз обувных товаров на территорию Республики Казахстан с территорий государств - членов ЕАЭС, на которых введена обязательная маркировка обувных (при наличии взаимного признания кодов маркировки государств - членов ЕАЭС), направляют информацию о приемке ввезенных товаров в течение 5 (пяти) рабочих дней со дня ввоза товаров на территорию Республики Казахстан, сформированную на основании полученных в ИС МПТ сведений о трансграничной отгрузке товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5831,90 +5987,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z195" w:id="176"/>
+    <w:bookmarkStart w:name="z195" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Участники оборота обувных товаров, осуществляющие ввоз обувных товаров на территорию Республики Казахстан с территорий государств, не являющихся членами ЕАЭС, вносит в ИС МПТ сведения о ввозе обувных товаров на территорию Республики Казахстан с территорий государств, не являющихся членами ЕАЭС, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывают его ЭЦП и направляют в ИС МПТ для получения регистрационного номера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5933,128 +6089,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z196" w:id="177"/>
+    <w:bookmarkStart w:name="z196" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Внесение в ИС МПТ сведений о ввозе обувных товаров на территорию Республики Казахстан оформляется в электронной форме, за исключением случая, когда участник оборота обувных товаров оформляет и направляет такие сведения на бумажном носителе при подтверждении информации на интернет-ресурсе Оператора о невозможности внесения сведений в ИС МПТ по причине технических ошибок в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z197" w:id="178"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z197" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После устранения технических ошибок внесение в ИС МПТ сведений о ввозе обувных товаров на территорию Республики Казахстан, направленное ранее на бумажном носителе, подлежит введению импортером в ИС МПТ в течение 1 (одного) рабочего дня с даты устранения технических ошибок в ИС МПТ, но не позднее дня передачи обувного товара третьим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z198" w:id="179"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z198" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Порядок представления сведений в ИС МПТ при обороте маркированных обувных товаров на территории Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z199" w:id="180"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z199" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Оборот маркированных обувных товаров, произведенных на территории Республики Казахстан и (или) ввезенных на территорию Республики Казахстан, после даты введения обязательной маркировки обувных товаров средствами идентификации, установленной Приказом, осуществляется с обязательной передачей сведений об их реализации в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6073,90 +6229,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="181"/>
+    <w:bookmarkStart w:name="z200" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. При реализации маркированных обувных товаров участник оборота обувных товаров формирует Акт приема/передачи по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, подписывает его ЭЦП и направляет в ИС МПТ для получения регистрационного номера, в срок не позднее дня реализации обувных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6175,70 +6331,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="182"/>
+    <w:bookmarkStart w:name="z201" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Оператор по результатам регистрации Акта приема/передачи в ИС МПТ передает в информационные системы Комитета государственных доходов Министерства финансов РК (далее - КГД МФ РК) в режиме реального времени сведения по данному Акту приема/передачи, содержащие в том числе информацию по количеству и стоимости передаваемого товара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6257,70 +6413,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="183"/>
+    <w:bookmarkStart w:name="z202" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Приемка обувных товаров осуществляется участником оборота обувных товаров путем подписания Акта приема/передачи в течение 15 (пятнадцати) рабочих дней с даты, когда осуществлена фактическая приемка товара, который подписывается ЭЦП и передается в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6339,690 +6495,712 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="184"/>
+    <w:bookmarkStart w:name="z203" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. При получении от обоих участников оборота обувных товаров Акта приема/передачи, подписанного ЭЦП, Оператор передает в информационные системы КГД МФ РК сведения о приемке товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z204" w:id="185"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z204" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. В случае выявления расхождений при приемке обувных товаров участник оборота обувных товаров - получатель формирует электронное извещение о выявленных расхождениях, и направляет его участнику оборота обувных товаров, осуществившему отгрузку, для внесения соответствующих изменений в ранее отправленный Акт приема/передачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z205" w:id="186"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z205" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отзыв акта приема/передачи отправителем осуществляется в течение 20 (двадцати) рабочих дней после даты регистрации в ИС МПТ, но до момента подтверждения получателем, без оформления нового акта, за исключением случая, предусмотренного частью первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z206" w:id="187"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z206" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Электронное извещение о выявленных расхождениях содержит следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z589" w:id="188"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z622" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ИИН или БИН отправителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z590" w:id="189"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z623" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ИИН или БИН получателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z591" w:id="190"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z624" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) список кодов идентификации принятых/не принятых обувных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z592" w:id="191"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z625" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) список кодов идентификации обувных товаров, сведения по которым отсутствуют или указаны недостоверно в Акте приема/передачи (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z626" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) список кодов идентификации обувных товаров, по которым сведения по цене и стоимости недостоверны в акте приема (передачи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z627" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) реквизиты Акта приема/передачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа и.о. Министра промышленности и строительства РК от 26.11.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 404</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="193"/>
+    <w:bookmarkStart w:name="z212" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Акт приема/передачи оформляется в электронной форме, за исключением случая, когда участник оборота обувных товаров оформляет Акт приема/передачи на бумажном носителе при подтверждении информации на интернет-ресурсе Оператора о невозможности оформления Акта приема/передачи в ИС МПТ по причине технических ошибок в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z213" w:id="194"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z213" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После устранения технических ошибок Акт приема/передачи, оформленный ранее на бумажном носителе, подлежит введению поставщиком в ИС МПТ в течение 1 (одного) рабочего дня с даты устранения технических ошибок в ИС МПТ, но не позднее дня передачи товара третьим лицам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z214" w:id="195"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z214" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. В случае отзыва Акта приема/передачи отправителем Оператор передает в КГД МФ РК сведения об отзыве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z215" w:id="196"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z215" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Смена собственника кодов маркировки в ИС МПТ осуществляется на основании подтверждҰнных обоими сторонами сведений из Акта приема/передачи в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z216" w:id="197"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z216" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10. Порядок представления сведений в ИС МПТ при выводе из оборота маркированных обувных товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z217" w:id="198"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z217" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Участник оборота обувных товаров, осуществляющий розничную реализацию маркированных обувных товаров, производит вывод их из оборота только при условии подтверждения сведений об их приемке в ИС МПТ путем сканирования и распознавания средства идентификации, нанесенного на обувной товар или на потребительскую упаковку обувного товара или на товарный ярлык обувного товара, техническими устройствами, сопряженными с установленной у него контрольно - кассовой машиной, зарегистрированной в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 16 февраля 2018 года № 208 "О некоторых вопросах применения контрольно-кассовых машин" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16508).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z218" w:id="199"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z218" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения о коде идентификации, содержащемся в средстве идентификации, нанесенном на обувной товар или на потребительскую упаковку обувного товара или на товарный ярлык обувного товара, включаются в фискальный документ "кассовый чек", формируемый контрольно - кассовой машиной, и передаются Оператору фискальных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z220" w:id="201"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z219" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Оператор фискальных данных осуществляет передачу сведений в режиме реального времени в ИС МПТ по каждой реализованной товарной единице, включающей следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z628" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ИИН или БИН продавца;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z222" w:id="203"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z629" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) регистрационный номер контрольно-кассовой машины;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z630" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реквизиты фискального документа (номер и дата чека);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z223" w:id="204"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z631" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дата и цена реализации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z224" w:id="205"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z632" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) код идентификации товара, содержащийся в средстве идентификации, нанесенном на товар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z225" w:id="206"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Вывод из оборота маркированных обувных товаров в ИС МПТ осуществляется при розничной продаже на основании сведений, полученных от Оператора фискальных данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z226" w:id="207"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z226" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. При выводе обувных товаров из оборота по основаниям, не являющимся продажей в розницу, участник оборота обувных товаров не позднее 3 (трех) рабочих дней, следующих за днем вывода обувных товаров из оборота, представляет в ИС МПТ информацию о выводе из оборота обувных товаров по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее - Форма), указав соответствующую причину.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7041,186 +7219,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="208"/>
+    <w:bookmarkStart w:name="z227" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. При выводе обувных товаров из оборота путем дистанционного способа продажи участник оборота обувных товаров не позднее 3 рабочих дней, следующих за днем отгрузки обувных товаров со склада хранения для доставки потребителю, представляет в ИС МПТ информацию о выводе из оборота обувных товаров по Форме, указав соответствующую причину.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z228" w:id="209"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z228" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Юридические лица и физические лица, зарегистрированные в качестве индивидуальных предпринимателей, приобретающие обувные товары для использования в целях, не связанных с последующей реализацией (продажей) указанных товаров, осуществляют приемку обувных товаров по Акту приема-передачи, подтверждающую переход права собственности от продавца к покупателю, и представляют в срок не более 3 рабочих дней, следующих за днем вывода обувных товаров из оборота, в ИС МПТ информацию о выводе из оборота обувных товаров по Форме, указав соответствующую причину.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z350" w:id="210"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z350" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 10-1. Порядок обмена сведениями в ИС МПТ в трансграничной торговле при взаимном признании кодов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 10-1 в соответствии с приказом и.о. Министра индустрии и инфраструктурного развития РК от 27.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 294</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z351" w:id="211"/>
+    <w:bookmarkStart w:name="z351" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54-1. До фактического трансграничного перемещения маркированных товаров с территории Республики Казахстан на территорию государства-члена ЕАЭС, участник оборота товаров, отправляющий товар из Республики Казахстан, подает в ИС МПТ уведомление о вывозе обувных товаров с указанием сведений о себе, резиденте государства-члена ЕАЭС, получающим товар, а также о товарах и кодах маркировки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7239,208 +7417,208 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z352" w:id="212"/>
+    <w:bookmarkStart w:name="z352" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54-2. Сведения о маркированных товарах направляются Оператором в систему маркировки государства-члена ЕАЭС в порядке и сроки, установленном международными договорами и решениями Евразийской экономической комиссии, а также двусторонними соглашениями между национальными операторами (администраторами) государств-членов ЕАЭС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z353" w:id="213"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z353" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54-3. При подтверждении контрагентом из стран-членов ЕАЭС приемки товаров участник оборота товаров формирует документ "Приемка товаров ЕАЭС" в ИС МПТ, и удостоверяет его своей ЭЦП.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z354" w:id="214"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z354" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После формирования документа "Приемка товаров ЕАЭС" коды маркировки выводятся из оборота по причине экспорта в ЕАЭС.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z229" w:id="215"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z229" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 11. Порядок представления сведений в ИС МПТ при повторном вводе в оборот маркированных обувных товаров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z230" w:id="216"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z230" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. При возврате потребителями маркированных обувных товаров участник оборота обувных товаров выполняет повторный ввод таких товаров в оборот для их дальнейшей реализации и (или) передачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z231" w:id="217"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z231" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. При возврате обувных товаров потребителем участник оборота обувных товаров направляет Оператору фискальных данных информацию по каждой восстанавливаемой единице для их последующего направления в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z232" w:id="218"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z232" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. В случае возврата обувных товаров, ранее выведенных из оборота путем дистанционного способа продажи, на склад хранения участника оборота обувных товаров, участник оборота обувных товаров направляет Оператору информацию о повторном вводе в оборот товаров по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkEnd w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7459,90 +7637,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z233" w:id="219"/>
+    <w:bookmarkStart w:name="z233" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Для повторного ввода в оборот обувных товаров, ранее выведенных из оборота по причинам, отличным от указанных в пункте 49 настоящих Правил, участник оборота направляет Оператору информацию о повторном вводе в оборот товаров по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7561,1058 +7739,1566 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="220"/>
+    <w:bookmarkStart w:name="z234" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Информация о повторном вводе в оборот обувных товаров направляется Оператору в срок не более 3 (трех) рабочих дней со дня возникновения оснований для повторного ввода обувных товаров в оборот.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z235" w:id="221"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z235" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. При возврате в оборот обувных товаров с неповрежденным средством идентификации обувные товары повторно не маркируются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z236" w:id="222"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z236" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. При возврате в оборот обувных товаров с поврежденным средством идентификации либо без средства идентификации обувных товаров (в случае отсутствия возможности идентифицировать обувные товары) участник оборота обувных товаров осуществляет перемаркировку обувных товаров в соответствии с главой 7 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z237" w:id="223"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z237" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 12. Порядок представления участниками оборота обувных товаров информации Оператору</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z238" w:id="224"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z238" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Представление участниками оборота обувных товаров информации Оператору ИС МПТ осуществляется посредством информационно-коммуникационных технологий и разработанных Оператором интерфейсов электронного взаимодействия, либо посредством личного кабинета ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z239" w:id="225"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z239" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Сведения, направляемые участниками оборота обувных товаров в ИС МПТ, подписываются ЭЦП участника оборота обувных товаров, за исключением случаев передачи следующих сведений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z240" w:id="226"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z240" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) передаваемых участниками оборота обувных товаров в электронной форме в составе фискальных данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z241" w:id="227"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z241" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) передаваемых участником оборота обувных товаров в электронной форме с использованием СУЗ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z242" w:id="228"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z242" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. При осуществлении ввода в оборот, оборота и вывода из оборота маркированных обувных товаров, представление сведений в ИС МПТ осуществляется участником оборота обувных товаров последовательно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z243" w:id="229"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z243" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Передача участником оборота обувных товаров сведений о транспортной упаковке считается равнозначной передаче сведений о каждой единице (потребительской упаковке) обувных товаров, содержащихся в этой транспортной упаковке по данным ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z244" w:id="230"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z244" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Все документы и сведения, направляемые участниками оборота обувных товаров в ИС МПТ соответствии с условиями интерфейса электронного взаимодействия, опубликованными на интернет-ресурсе Оператора, и полученные Оператором, подлежат отражению в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z245" w:id="231"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z245" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Оператор отказывает в приеме сведений, представляемых участниками оборота обувных товаров в ИС МПТ, при наличии одного из следующих оснований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z246" w:id="232"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z246" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) представленная информация содержит некорректные сведения, предусмотренные пунктом 15 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z247" w:id="233"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z247" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения не подписаны ЭЦП или подписаны лицом, не имеющим полномочий на их подписание от имени участника оборота обувных товаров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z248" w:id="234"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z248" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Участник оборота обувных товаров уведомляется о получении представленных сведений и их внесении в ИС МПТ либо об отказе в принятии сведений путем направления соответствующего сообщения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z249" w:id="235"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z249" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Датой представления сведений в ИС МПТ признается дата, зафиксированная в личном кабинете ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z250" w:id="236"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z250" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Факт исполнения участником оборота обувных товаров действий по представлению сведений в ИС МПТ подтверждается сообщением о принятии сведений в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z251" w:id="237"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z251" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Указанные сообщения автоматически формируются ИС МПТ и направляются участнику оборота обувных товаров в электронном виде при фиксации переданных сведений в ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z252" w:id="238"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z252" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. В целях обеспечения контроля оборота маркированных обувных товаров Оператор обеспечивает наличие в ИС МПТ следующих сведений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z253" w:id="239"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z253" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) об участниках оборота обувных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z254" w:id="240"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z254" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об обувных товарах, подлежащих обязательной маркировке средствами идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z255" w:id="241"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z255" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) о кодах идентификации, переданных участникам оборота обувных товаров;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z256" w:id="242"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z256" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) об обороте маркированных обувных товаров и их выводе из оборота.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z257" w:id="243"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z257" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Оператор в рамках ИС МПТ организует и обеспечивает ведение следующих реестров ИС МПТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z258" w:id="244"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z258" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реестр документов ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z259" w:id="245"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z259" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реестр участников оборота товаров ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z260" w:id="246"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z260" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) реестр уполномоченных лиц участников оборота товаров ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z261" w:id="247"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z261" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) реестр товаров ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z262" w:id="248"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z262" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) реестр средств идентификации ИС МПТ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z263" w:id="249"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z263" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. В случае изменения ранее представленных сведений, участник оборота обувных товаров в течение 3 (трех) рабочих дней со дня изменения направляет посредством ИС МПТ Оператору информацию об изменении этих сведений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z264" w:id="250"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z264" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 13. Доступ к информации, размещенной в ИС МПТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z265" w:id="251"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z265" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Оператор разрабатывает и размещает в сети Интернет для свободного использования бесплатное мобильное приложение, которое обеспечивает следующие возможности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z266" w:id="252"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z266" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) считывание средства идентификации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z267" w:id="253"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z267" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) передача информации, содержащейся в средстве идентификации из ИС МПТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z268" w:id="254"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z268" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) получение из ИС МПТ сведений о проверяемых обувных товарах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-[...12 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z269" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Информация, сформированная в процессе маркировки и прослеживаемости товаров, содержащаяся в ИС МПТ, является информацией с ограниченным доступом и предоставляется только следующим лицам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z633" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) участнику оборота товаров в части информации о сделках с товаром, совершенных этим участником оборота товаров;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z634" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) участнику оборота товаров в части статистической и аналитической информации о данных маркированных товарах, владельцем которых он является;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z635" w:id="267"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) государственным органам в части информации об участниках оборота товаров, о товарах и их обороте, необходимой для выполнения задач и осуществления функций, возложенных на данные государственные органы в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z636" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) потребителям в части информации о характеристиках и сведениях товаров содержащейся в ИС МПТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 73 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z594" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 14. Порядок ведения Перечня складских помещений, в которых юридическим лицам и индивидуальным предпринимателям, осуществляющим оборот обувных товаров, подлежащих маркировке, разрешается маркировка после их помещения под процедуру выпуска для внутреннего потребления или реимпорта</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      73. Доступ к информации, содержащаяся в ИС МПТ, предоставляется в соответствии со </w:t>
-[...66 lines deleted...]
-      </w:pPr>
+      Сноска. Заголовок главы 14 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены главой 14 в соответствии с приказом и.о. Министра промышленности и строительства РК от 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z595" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Импортеры (далее – Заявитель) в свободной форме в бумажном и (или) электронном виде подают в Комитет промышленности МПС РК (далее – Уполномоченный орган) заявление для включения собственных складских помещений в Перечень с приложением следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z596" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) документы, подтверждающие нахождение складского помещения на праве собственности, хозяйственного ведения, оперативного управления, аренды или ином законном основании (справка о зарегистрированных правах на недвижимое имущество или электронная копия гражданско-правового договора аренды или владения и (или) пользования складским помещении на ином законном основании). В случае, если складские помещения находятся в аренде или безвозмездном пользовании, обязательное наличие договора аренды или безвозмездного пользования на срок не менее одного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z597" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о технических характеристиках складских помещений, схемы расположения складских помещений на территории, размещения систем контроля въезда транспортных средств на территорию и выезда с территории складского помещения, системах контроля входа лиц в складское помещение и выхода из него, средствах видеонаблюдения и схема их расположения, контактные данные ответственных лиц за контроль въезда транспортных средств и входа лиц на территорию складского помещения, а также за доступ к средствам видеонаблюдения для просмотра видеоинформации о происшедших событиях. Контроль входа и выхода лиц в складское помещение обеспечивается электронной системой контроля. При отсутствии электронной системы контроля осуществляется ведение журналов учета въезда транспортных средств и журналов учета входа и выхода лиц на территорию складского помещения. Наличие систем контроля въезда и входа в складское помещение, а также средств видеонаблюдения и их расположение подтверждается соответствующими фотографиями и видеоматериалами.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z598" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сведения об оборудовании для маркировки товаров средствами идентификации, с приложением электронных копий документов на указанное оборудование и фотографий оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 404</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 74 с изменением, внесенным приказом и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z597" w:id="259"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z599" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      75. Уполномоченный орган в течение 2 (двух) рабочих дней проверяет полноту представленных документов, указанных в пункте 74 настоящих Правил, и в случае установления неполноты представленных документов направляет мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z600" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. В случае представления Заявителем полного пакета документов, Уполномоченный орган в течение 10 (десяти) рабочих дней рассматривает их на соответствие требованиям к складским помещениям и уведомляет Заявителя о принятом положительном решении по включению в Перечень.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z601" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. В случае несоответствия представленных документов требованиям к складским помещениям Уполномоченный орган в течение 3 (трех) рабочих дней уведомляет Заявителя о предварительном решении об отказе во включении в Перечень, а также времени и месте (способе) проведения заслушивания для возможности выразить Заявителю позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z602" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется на электронный адрес Заявителя, указанный в заявлении, не менее чем за 3 (три) рабочих дня до завершения срока исполнения документа. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z637" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания Уполномоченный орган уведомляет Заявителя о положительном решении либо предоставляет мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z638" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77-1. Исключение складского помещения из Перечня осуществляется в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z639" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) добровольного обращения Импортера;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z640" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) сведения о технических характеристиках, местах размещения систем контроля въезда транспортных средств на территорию и выезда с территории складского помещения, входа лиц в складское помещение и выхода из него, средств видеонаблюдения, контактные данные ответственных лиц за контроль въезда транспортных средств и входа лиц на территорию складского помещения, а также за доступ к средствам видеонаблюдения для просмотра видеоинформации о происшедших событиях. Наличие систем контроля въезда и входа в складское помещение, а также средств видеонаблюдения и их расположение подтверждается соответствующими фотографиями; </w:t>
-[...138 lines deleted...]
-      78. Внесение изменений и (или) дополнений в утвержденный Перечень осуществляется Уполномоченным органом по мере поступления заявок, но не более одного раза в квартал.</w:t>
+      2) приостановления или прекращения действия одного из документов, на основании которых складское помещение было включено в Перечень; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z641" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие судебного акта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 14 дополнена пунктом 77-1 в соответствии с приказом и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z642" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77-2. При наступлении случаев, предусмотренных подпунктами 2) и (или) 3) пункта 77-1 настоящих Правил, Импортер в течение 5 (пяти) рабочих дней уведомляет Уполномоченный орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z643" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган в течение 2 (двух) рабочих дней исключает складское помещение из Перечня.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 14 дополнена пунктом 77-2 в соответствии с приказом и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Внесение изменений и (или) дополнений в утвержденный Перечень осуществляется Уполномоченным органом по мере поступления заявок, но не более одного раза в квартал, за исключением случаев, указанных в пункте 77-1 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 78 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 524</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8731,170 +9417,170 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Правила дополнены приложением 1 в соответствии с приказом и.о. Министра промышленности и строительства РК от 26.11.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 404</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z605" w:id="266"/>
+    <w:bookmarkStart w:name="z605" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Требования, предъявляемые к складским помещениям, в которых юридическим лицам и индивидуальным предпринимателям, осуществляющим оборот обувных товаров, подлежащих маркировке, разрешается маркировка после их помещения под процедуру выпуска для внутреннего потребления или реимпорта</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z606" w:id="267"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z606" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Требованиями, предъявляемыми к складским помещениям, в которых юридическим лицам и индивидуальным предпринимателям, осуществляющим оборот обувных товаров, подлежащих маркировке, разрешается маркировка после их помещения под процедуру выпуска для внутреннего потребления или реимпорта, являются: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z607" w:id="268"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z607" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) регистрация собственников или владельцев складских помещений в информационной системе маркировки и прослеживаемости товаров в качестве импортера;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z608" w:id="269"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z608" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение в здании, сооружении либо в их отдельной части;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z609" w:id="270"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z609" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) наличие систем контроля въезда транспортных средств на территорию и выезда с территории, входа лиц на территорию и (или) в помещения и выхода с территории и (или) из помещений (где находятся документы, товары и транспортные средства, подлежащие таможенному контролю), оборудованных средствами видеонаблюдения, функционирующими в круглосуточном режиме, позволяющими осуществлять просмотр видеоинформации о происшедших событиях в течение тридцати календарных дней на территории складского помещения; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z610" w:id="271"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z610" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) оснащение соответствующим оборудованием и программным обеспечением для маркировки товаров средствами идентификации, материальными носителями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9132,252 +9818,252 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z362" w:id="272"/>
+    <w:bookmarkStart w:name="z362" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Запрос на получение кодов маркировки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z363" w:id="273"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z363" w:id="292"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ИИН индивидуального предпринимателя/БИН организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z364" w:id="274"/>
+      <w:bookmarkStart w:name="z364" w:id="293"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Общие данные:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Способ выпуска товара в оборот _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Страна производства товара___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z365" w:id="275"/>
+    <w:bookmarkStart w:name="z365" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Список продукции для маркировки:__________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="294"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z366" w:id="276"/>
+          <w:bookmarkStart w:name="z366" w:id="295"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="276"/>
+          <w:bookmarkEnd w:id="295"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9531,80 +10217,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z372" w:id="277"/>
+          <w:bookmarkStart w:name="z372" w:id="296"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="277"/>
+          <w:bookmarkEnd w:id="296"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -9728,80 +10414,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z378" w:id="278"/>
+          <w:bookmarkStart w:name="z378" w:id="297"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="278"/>
+          <w:bookmarkEnd w:id="297"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -9895,64 +10581,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z384" w:id="279"/>
+      <w:bookmarkStart w:name="z384" w:id="298"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 - в одном запросе указывается не более 10 кодов товара;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10241,196 +10927,196 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z386" w:id="280"/>
+    <w:bookmarkStart w:name="z386" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения об эмиссии кодов маркировки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z387" w:id="281"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z387" w:id="300"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ИИН индивидуального предпринимателя / БИН организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z388" w:id="282"/>
+    <w:bookmarkStart w:name="z388" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. По заказу предоставляются коды маркировки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="301"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z389" w:id="283"/>
+          <w:bookmarkStart w:name="z389" w:id="302"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="283"/>
+          <w:bookmarkEnd w:id="302"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10482,80 +11168,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z393" w:id="284"/>
+          <w:bookmarkStart w:name="z393" w:id="303"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="284"/>
+          <w:bookmarkEnd w:id="303"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -10607,80 +11293,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z397" w:id="285"/>
+          <w:bookmarkStart w:name="z397" w:id="304"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="285"/>
+          <w:bookmarkEnd w:id="304"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10985,200 +11671,200 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z402" w:id="286"/>
+    <w:bookmarkStart w:name="z402" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация об агрегировании упаковок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z403" w:id="287"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z403" w:id="306"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ИИН индивидуального предпринимателя/БИН организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z404" w:id="288"/>
+    <w:bookmarkStart w:name="z404" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Данные агрегата:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="307"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z405" w:id="289"/>
+          <w:bookmarkStart w:name="z405" w:id="308"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Данные агрегата</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="289"/>
+          <w:bookmarkEnd w:id="308"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11195,80 +11881,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z408" w:id="290"/>
+          <w:bookmarkStart w:name="z408" w:id="309"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="290"/>
+          <w:bookmarkEnd w:id="309"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -11428,80 +12114,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z415" w:id="291"/>
+          <w:bookmarkStart w:name="z415" w:id="310"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1 </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="291"/>
+          <w:bookmarkEnd w:id="310"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12365,214 +13051,214 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z444" w:id="292"/>
+    <w:bookmarkStart w:name="z444" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о ввозе товаров в Республику Казахстан с территорий</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>государств – членов Евразийского экономического союза №____ от________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z445" w:id="293"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z445" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ИИН/БИН получателя ____________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z446" w:id="294"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z446" w:id="313"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Идентификационный номер отправителя (или аналог в стране отправителя)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z447" w:id="295"/>
+    <w:bookmarkStart w:name="z447" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Наименование отправителя ________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z448" w:id="296"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z448" w:id="315"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Государство-член Евразийского экономического союза, с территории</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>которого осуществляется ввоз товаров _________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z449" w:id="297"/>
+      <w:bookmarkStart w:name="z449" w:id="316"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сведения о документе, подтверждающем соответствие товара условиям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>технических регламентов Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12661,160 +13347,160 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комиссии таможенного союза от 23 сентября 2011 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 797 (дата регистрации и регистрационный номер) _____________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z450" w:id="298"/>
+    <w:bookmarkStart w:name="z450" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Дата и номер первичного документа - о ввозе* ________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z451" w:id="299"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z451" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Информация о товарах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="318"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z452" w:id="300"/>
+          <w:bookmarkStart w:name="z452" w:id="319"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="300"/>
+          <w:bookmarkEnd w:id="319"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12830,80 +13516,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z455" w:id="301"/>
+          <w:bookmarkStart w:name="z455" w:id="320"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="301"/>
+          <w:bookmarkEnd w:id="320"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12968,140 +13654,140 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z461" w:id="302"/>
+    <w:bookmarkStart w:name="z461" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Информация об итогах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z462" w:id="303"/>
+          <w:bookmarkStart w:name="z462" w:id="322"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Код товара</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="303"/>
+          <w:bookmarkEnd w:id="322"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13117,80 +13803,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z465" w:id="304"/>
+          <w:bookmarkStart w:name="z465" w:id="323"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="304"/>
+          <w:bookmarkEnd w:id="323"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -13261,64 +13947,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z471" w:id="305"/>
+      <w:bookmarkStart w:name="z471" w:id="324"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документ подписан электронной цифровой подписью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13624,157 +14310,157 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z473" w:id="306"/>
+    <w:bookmarkStart w:name="z473" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о ввозе товаров в Республику Казахстан с территорий государств,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>не являющихся членами Евразийского экономического союза № ____ от ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z474" w:id="307"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z474" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ИИН/БИН получателя _________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z475" w:id="308"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z475" w:id="327"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Реквизиты Декларации на товары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Номер и дата (графа "А") ________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z476" w:id="309"/>
+      <w:bookmarkStart w:name="z476" w:id="328"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о документе, подтверждающем соответствие товаров условиям</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>технических регламентов Евразийского экономического союза</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13863,161 +14549,161 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Комиссии таможенного союза от 23 сентября 2011 года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 797 (дата регистрации и регистрационный номер) _______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z477" w:id="310"/>
+    <w:bookmarkStart w:name="z477" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Дата и номер первичного документа – о ввозе* __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z478" w:id="311"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z478" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Информация о товарах:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="330"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z479" w:id="312"/>
+          <w:bookmarkStart w:name="z479" w:id="331"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№п/п</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="312"/>
+          <w:bookmarkEnd w:id="331"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14069,80 +14755,80 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z483" w:id="313"/>
+          <w:bookmarkStart w:name="z483" w:id="332"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="313"/>
+          <w:bookmarkEnd w:id="332"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -14281,64 +14967,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z491" w:id="314"/>
+      <w:bookmarkStart w:name="z491" w:id="333"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документ подписан электронной цифровой подписью _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14468,124 +15154,2149 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и прослеживаемости</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>обувных товаров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z644" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акт приема (передачи) №____ от ________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол приложения 6 - в редакции приказа и.о. Министра промышленности и строительства РК от 26.11.2024 </w:t>
+      Сноска. Приложение 7 - в редакции приказа и.о. Министра промышленности и строительства РК от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 404</w:t>
+        <w:t>№ 524</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+    <w:bookmarkStart w:name="z645" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       1. Общая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z646" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Организация (индивидуальный предприниматель) – отправитель</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z647" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. ИИН или БИН отправителя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z648" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Организация (индивидуальный предприниматель) – получатель</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z649" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. ИИН или БИН получателя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z650" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата и номер первичного документа – акта приема (передачи)* №___ от____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z651" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Информация о товарах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+        <w:gridCol w:w="1025"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z652" w:id="342"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="342"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код ТН ВЭД ЕА ЭС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код товара (GTIN)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тип упаковки**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код идентификации товара/ упаковки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кол-во потребительских упаковок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Цена за единицу товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость товара без НДС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+НДС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Общая стоимость товара с НДС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ставка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z677" w:id="343"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="343"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z703" w:id="344"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Всего</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="344"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z711" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ подписан электронной цифровой подписью ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z712" w:id="346"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>* – указывается в случае ввода сведений по Акту приема/передачи, выписанного ранее на бумажном носителе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ТН ВЭД ЕАЭС – товарной номенклатуры внешнеэкономической деятельности ЕАЭС;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>GTIN – Global Trade Item Number;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>НДС – налог на добавленную стоимость;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>**– может принимать значения: потребительская, транспортная;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЭЦП – электронная цифровая подпись.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14621,777 +17332,169 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>форма</w:t>
-[...166 lines deleted...]
-            </w:pPr>
+              <w:t>Приложение 8</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-</w:t>
+              <w:t>к Правилам маркировки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№</w:t>
-[...26 lines deleted...]
-            </w:pPr>
+              <w:t>и прослеживаемости</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...159 lines deleted...]
-            </w:pPr>
+              <w:t>обувных товаров</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z507" w:id="322"/>
-[...337 lines deleted...]
-        <w:t xml:space="preserve">* - указывается при вводе сведений по Акту приема/передачи, выписанного ранее на бумажном носителе; </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 7 - в редакции приказа и.о. Министра промышленности и строительства РК от 26.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 – в редакции приказа Министра промышленности и строительства РК от 13.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15427,1853 +17530,212 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
-[...38 lines deleted...]
-              <w:t>обувных товаров</w:t>
+              <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...158 lines deleted...]
-    <w:bookmarkStart w:name="z518" w:id="326"/>
+    <w:bookmarkStart w:name="z518" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация о выводе из оборота</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z519" w:id="327"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z519" w:id="348"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ИИН индивидуального предпринимателя/БИН организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkEnd w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z520" w:id="328"/>
+    <w:bookmarkStart w:name="z520" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Причина выбытия: ___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z521" w:id="329"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z521" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Документ - основание № _________от_______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z522" w:id="330"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z522" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о выбывшей продукции:</w:t>
-      </w:r>
-[...1441 lines deleted...]
-      4. Сведения о восстанавливаемых в обороте товарах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z540" w:id="352"/>
+          <w:bookmarkStart w:name="z523" w:id="352"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17318,51 +17780,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z543" w:id="353"/>
+          <w:bookmarkStart w:name="z526" w:id="353"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17456,70 +17918,1513 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z549" w:id="354"/>
+    <w:bookmarkStart w:name="z532" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Документ подписан электронной цифровой подписью </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам маркировки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и прослеживаемости</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обувных товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 9 в соответствии с приказом Министра промышленности и строительства РК от 13.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z552" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уведомление о вывозе обувных товаров №____ от _______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z553" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Общая информация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z554" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Организация (индивидуальный предприниматель) - отправитель</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z555" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. ИИН / БИН отправителя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z556" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. ИИН / БИН получателя (или его аналог)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z557" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Наименование получателя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z558" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Страна получателя</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z559" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дата и номер первичного документа – №___ от_______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z560" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Дата фактической отгрузки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z561" w:id="364"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Информация о товарах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="364"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z562" w:id="365"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="365"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код идентификации товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z565" w:id="366"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="366"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z571" w:id="367"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Документ подписан электронной цифровой подписью _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="367"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 10</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам маркировки</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и прослеживаемости</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обувных товаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правый верхний угол приложения 8 - в редакции приказа и.о. Министра промышленности и строительства РК от 26.11.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 404</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 8 – в редакции приказа Министра промышленности и строительства РК от 13.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 51</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z535" w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информация о вводе в оборот</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="368"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z536" w:id="369"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. ИИН индивидуального предпринимателя/БИН организации</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="369"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z537" w:id="370"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Документ основания № от года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z538" w:id="371"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Причина повторного ввода товара в оборот</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z539" w:id="372"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о восстанавливаемых в обороте товарах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="372"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z540" w:id="373"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="373"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код идентификации товара</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z543" w:id="374"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="374"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z549" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Документ подписан электронной цифровой подписью __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkEnd w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -17557,55 +19462,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>