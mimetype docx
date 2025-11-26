--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2bce27d" w14:textId="2bce27d">
+    <w:p w14:paraId="b0bb01d" w14:textId="b0bb01d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,106 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении правил безопасной эксплуатации подъемников для лиц с ограниченными возможностями (лиц с инвалидностью)</w:t>
+        <w:t>Об утверждении Правил безопасной эксплуатации подъемников для лиц с инвалидностью</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра по чрезвычайным ситуациям Республики Казахстан от 29 сентября 2021 года № 477. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 сентября 2021 года № 24567.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 43</w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -377,91 +377,111 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Утвердить прилагаемые правила безопасной эксплуатации подъемников для лиц с ограниченными возможностями (лиц с инвалидностью).</w:t>
+        <w:t xml:space="preserve">
+      1. Утвердить прилагаемые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> безопасной эксплуатации подъемников для лиц с инвалидностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 43</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1007,186 +1027,186 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 сентября 2021 года № 477</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила безопасной эксплуатации подъемников для лиц с ограниченными возможностями (лиц с инвалидностью)</w:t>
+        <w:t xml:space="preserve"> Правила безопасной эксплуатации подъемников для лиц с инвалидностью</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Заголовок - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
+      Сноска. Заголовок - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила безопасной эксплуатации подъемников для лиц с ограниченными возможностями (лиц с инвалидностью) (далее – Правила) разработаны в соответствии с </w:t>
+      1. Настоящие Правила безопасной эксплуатации подъемников для лиц с инвалидностью (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 102)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 16 Положения о Министерстве по чрезвычайным ситуациям Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 23 октября 2020 года № 701 и определяют порядок безопасной эксплуатации подъемников для лиц с ограниченными возможностями (лиц с инвалидностью) (далее – подъемных платформ).</w:t>
+        <w:t xml:space="preserve"> пункта 16 Положения о Министерстве по чрезвычайным ситуациям Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 23 октября 2020 года № 701 и определяют порядок безопасной эксплуатации подъемников для лиц с инвалидностью (далее – подъемных платформ).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 14.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 382</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1205,110 +1225,110 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, используемые в настоящих Правилах, применяются в соответствии с законодательством Республики Казахстан в области промышленной безопасности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Монтаж, техническое обслуживание, техническое диагностирование, техническое освидетельствование и ремонт подъемных платформ выполняется организациями, аттестованными на право проведения монтажа, технического обслуживания, технического диагностирования, технического освидетельствования и ремонта подъемников для лиц с ограниченными возможностями (лиц с инвалидностью) в соответствии со </w:t>
+      3. Монтаж, техническое обслуживание, техническое диагностирование, техническое освидетельствование и ремонт подъемных платформ выполняется организациями, аттестованными на право проведения монтажа, технического обслуживания, технического диагностирования, технического освидетельствования и ремонта подъемников для лиц с инвалидностью в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О гражданской защите" (далее – Закон).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра по чрезвычайным ситуациям РК от 14.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 382</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1925,51 +1945,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       представитель эксплуатирующей организации;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      представитель территориального подразделения уполномоченного органа в области промышленной безопасности или местного исполнительного органа, осуществляющего государственный надзор в области промышленной безопасности, в случае если подъемная платформа установлена на объекте социальной инфраструктуры;</w:t>
+      представитель территориального подразделения ведомства уполномоченного органа в области промышленной безопасности или местного исполнительного органа, осуществляющего государственный контроль и надзор в области промышленной безопасности, в случае если подъемная платформа установлена на объекте социальной инфраструктуры;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z53" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По согласованию в состав комиссии включаются представители:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
@@ -1989,50 +2009,112 @@
         <w:t>
       организаций, проводивших монтаж подъемной платформы, пусконаладочные и строительно-монтажные работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z55" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       организации-изготовителя и (или) организации-поставщика оборудования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменениями, внесенными приказом Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z56" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Комиссия, сформированная в соответствии с подпунктом 3) пункта 11 настоящих Правил, проверяет наличие документации, указанной в подпункте 2) пункта 11 настоящих Правил, проводит осмотр и проверку в объеме, предусмотренном пунктом 21 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z57" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2095,64 +2177,126 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. После ввода подъемной платформы в эксплуатацию эксплуатирующая организация осуществляет постановку на учет подъемной платформы согласно Правилам постановки на учет и снятия с учета опасных производственных объектов и опасных технических устройств, утверждаемых в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 14-3)</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> статьи 12-2 Закона.</w:t>
+        <w:t>подпунктом 98)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 16 Положения о Министерстве по чрезвычайным ситуациям Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 23 октября 2020 года № 701.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Эксплуатация подъемной платформы осуществляется в соответствии с настоящими Правилами и эксплуатационной документацией.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2189,766 +2333,772 @@
         </w:rPr>
         <w:t xml:space="preserve"> по организации и осуществлению производственного контроля на опасном производственном объекте, утвержденной приказ Министра по чрезвычайным ситуациям Республики Казахстан от 24 июня 2021 года № 315 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 23276).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z62" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Организация, эксплуатирующая подъемную платформу, обеспечивает содержание ее в работоспособном состоянии и безопасные условия работы путем организации обслуживания, технического освидетельствования и ремонта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z161" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Техническое освидетельствование проводится владельцем подъемной платформы при наличии аттестата в области промышленной безопасности на право проведения технического освидетельствования подъемников для лиц с ограниченными возможностями (лиц с инвалидностью), предусмотренного </w:t>
+      Техническое освидетельствование проводится владельцем подъемной платформы при наличии аттестата в области промышленной безопасности на право проведения технического освидетельствования подъемников для лиц с инвалидностью, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z162" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Допускается проведение технического освидетельствования подъемной платформы на основании договора организациями, аттестованными на право проведения технического освидетельствования подъемников для лиц с ограниченными возможностями (лиц с инвалидностью) в соответствии со </w:t>
+      Допускается проведение технического освидетельствования подъемной платформы на основании договора организациями, аттестованными на право проведения технического освидетельствования подъемников для лиц с инвалидностью в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z163" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Методы контроля и диагностики, применяемые в процессе эксплуатации подъемной платформы, или ее технического освидетельствования указываются в руководстве по эксплуатации подъемной платформы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 43</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="55"/>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Подъемные платформы в процессе эксплуатации не реже одного раза в 12 месяцев, а также после изготовления (монтажа), реконструкции (модернизации) и капитального ремонта подвергаются техническому освидетельствованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. При техническом освидетельствовании проводятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверка эксплуатационной документации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       проверка технического состояния оборудования путем осмотра и измерений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z70" w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       статические и динамические испытания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z71" w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. При осмотре подъемной платформы проверяется состояние оборудования и его креплений, канатов, цепей, электропроводки, ограждения шахты и привода, а также соответствие установки подъемной платформы установочному чертежу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. При проверке подъемной платформы с незагруженным грузонесущим устройством контролируется работа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лебедки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z74" w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дверей платформы и шахты, ремней безопасности, шлагбаумов, чувствительных кромок (площадок) безопасности, устройств безопасности, за исключением проверяемых при динамическом испытании платформы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z75" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       системы управления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z76" w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сигнализации и освещения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z77" w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гидропривода (течь и давление рабочей жидкости) у подъемной платформы с гидравлическим приводом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z78" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. У подъемной платформы с гидравлическим приводом герметичность гидросистемы и срабатывание предохранительного клапана проверяется статическим испытанием. При статическом испытании на грузонесущем устройстве размещается равномерно распределенный груз, масса которого превышает номинальную грузоподъемность подъемной платформы на 25 %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z79" w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. При динамическом испытании подъемной платформы проверяется в действии ее механизмы, испытываются буферы (упоры), ловители, тормоз и ограничитель скорости, а также проверяется точность остановки платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z80" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Испытание, за исключением проверки точности остановки платформы, проводят при нахождении на платформе равномерно распределенного по полу груза, масса которого превышает грузоподъемность подъемной платформы на 10 %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z81" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проверка точности остановки платформы проводится при движении в каждом из направлений пустой платформы и платформы с грузом, масса которого равна грузоподъемности подъемной платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z82" w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На крайних посадочных (погрузочных) площадках проверка точности остановки проводится при движении подъемной платформы в направлении этих площадок. Точность остановки проверяется после автоматической остановки платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z83" w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Испытание буферов (упоров) проводится при рабочей скорости движения подъемной платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z84" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результаты испытания буфера (упора) считаются неудовлетворительными в случае обнаружения на них остаточных деформаций или поломок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z85" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z85" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Испытание тормозной системы выполняется отключением питания электродвигателя и тормоза при движущейся вниз с номинальной скоростью подъемной платформе, в которой размещен груз массой, на 25 % превышающей номинальную грузоподъемность подъемной платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Испытываемые ловители останавливают и удерживают на направляющих движущееся вниз грузонесущее устройство (противовес) с грузом, масса которого соответствует грузоподъемности подъемной платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z87" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z87" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Ловители, приводимые в действие от ограничителя скорости, испытываются без обрыва и с имитацией обрыва тяговых элементов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z88" w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Ловители, приводимые в действие устройством, срабатывающим от обрыва или слабины всех тяговых элементов, испытываются от действия этого устройства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z89" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Ловители, приводимые в действие от ограничителя скорости и от устройства, срабатывающего от обрыва или слабины всех тяговых элементов, испытываются независимо от каждого из приводных устройств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z90" w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Ограничитель скорости испытываются на срабатывание при частоте вращения, соответствующей скорости движения платформы, указанной в эксплуатационной документации, а также на его способность приводить в действие ловители при нахождении каната ограничителя скорости на рабочем шкиве.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z91" w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. На основании результатов технического освидетельствования эксплуатирующая организация принимает решение о возможности дальнейшей эксплуатации подъемной платформы или о проведении ремонтных или восстановительных работ и утверждает его своим распоряжением (приказом).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Запись о результатах технического освидетельствования производится в паспорте подъемной платформы с указанием даты следующего освидетельствования лицом, ответственным за исправное состояние и безопасную эксплуатацию подъемной платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Организацией, эксплуатирующей подъемную платформу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       назначаются лица, ответственные за осуществление производственного контроля за соблюдением требований промышленной безопасности при эксплуатации подъемной платформы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3075,510 +3225,512 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="83"/>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Подготовка и переподготовка в области промышленной безопасности лиц, ответственных за осуществление производственного контроля за соблюдением требований промышленной безопасности, за исправное состояние и безопасную эксплуатацию подъемных платформ, персонала проводится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> подготовки, переподготовки и проверки знаний специалистов, работников в области промышленной безопасности, утвержденными приказ Министра по чрезвычайным ситуациям Республики Казахстан от 9 июля 2021 года № 332 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 23461) (далее – Правила подготовки).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z103" w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Техническое обслуживание и ремонт подъемных платформ проводится электромехаником и оператором в соответствии с руководством по эксплуатации или с руководством по техническому обслуживанию подъемных платформ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z164" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Допускается проведение технического обслуживания и ремонта подъемных платформ на основании договора организациями, аттестованными на право проведения технического обслуживания и ремонта подъемников для лиц с ограниченными возможностями (лиц с инвалидностью)в соответствии со </w:t>
+      Допускается проведение технического обслуживания и ремонта подъемных платформ на основании договора организациями, аттестованными на право проведения технического обслуживания и ремонта подъемников для лиц с инвалидностью в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 43</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="85"/>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Перечень неисправностей подъемных платформ, а также других причин, при которых эксплуатация подъемных платформ запрещается, указываются в руководстве по эксплуатации или в руководстве по техническому обслуживанию, а также в технологическом регламенте для электромеханика и оператора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z106" w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Эксплуатация подъемных платформ не допускается при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z107" w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z107" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       несоответствии конструкции подъемных платформ, ее элементов, составных частей и помещений требованиям настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z108" w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z108" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличии неисправностей, влияющих на безопасную эксплуатацию подъемных платформ, которые не могут быть устранены в процессе осмотра, проверки или технического освидетельствования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z109" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       истечении назначенного срока эксплуатации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z110" w:id="90"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z110" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       истекшем сроке технического освидетельствования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z111" w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z111" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       невыполнении технического обслуживания;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z112" w:id="92"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z112" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неисправности устройств безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z113" w:id="93"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z113" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       наличии трещин в металлоконструкции и элементах оборудования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z114" w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z114" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       отсутствии персонала, прошедшего проверку знаний согласно Правил подготовки, для осмотра и технического обслуживания подъемных платформ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z115" w:id="95"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z115" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Ввод подъемной платформы в эксплуатацию после капитального ремонта, а также по окончании срока работы, установленного предыдущим техническим освидетельствованием, осуществляется после осмотра и проверки в объеме технического освидетельствования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z116" w:id="96"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z116" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Техническое обслуживание включает в себя осмотр, смазку, замер износа, очистку, регулировку и замену узлов и деталей по результатам осмотра и замеров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z117" w:id="97"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Техническое обслуживание проводится в сроки, устанавливаемые в руководстве по эксплуатации или в руководстве по техническому обслуживанию подъемной платформы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z118" w:id="98"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z118" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Подъемные платформы, отработавшие нормативный срок службы, подвергаются обследованию технического состояния с целью определения возможности их дальнейшей эксплуатации организациями, аттестованными на право проведения экспертизы в области промышленной безопасности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3651,108 +3803,82 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эксплуатации подъемников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для лиц с ограниченными</w:t>
-[...25 lines deleted...]
-              <w:t>(лиц с инвалидностью)</w:t>
+              <w:t>для лиц с инвалидностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
+      Сноска. Правый верхний угол - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -3804,68 +3930,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="99"/>
+    <w:bookmarkStart w:name="z121" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Паспорт подъемника с вертикальным (наклонным) перемещением</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3957,68 +4083,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z122" w:id="100"/>
+    <w:bookmarkStart w:name="z122" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень документов, входящих в состав паспорта подъемника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4529,68 +4655,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="101"/>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие сведения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5151,86 +5277,86 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z124" w:id="102"/>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Основные технические характеристики</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z125" w:id="103"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.1. Общие сведения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6792,68 +6918,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="104"/>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.2. Лебедка</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7268,68 +7394,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="105"/>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.2.1. Редуктор</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7744,68 +7870,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z128" w:id="106"/>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.2.2. Тормоз</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8213,68 +8339,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="107"/>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.3. Электродвигатели</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9617,1677 +9743,65 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="108"/>
+    <w:bookmarkStart w:name="z130" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.4. Гидропривод</w:t>
-      </w:r>
-[...1610 lines deleted...]
-        <w:t xml:space="preserve"> 2.5. Двери шахты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11302,603 +9816,381 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Конструкция (распашные, раздвижные, комбинированные, одно-, двух- или многостворчатые)</w:t>
-[...364 lines deleted...]
-Способ открывания двери шахты при отсутствии платформы на уровне посадочной (погрузочной) площадки</w:t>
+Тип</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="113"/>
+    <w:bookmarkStart w:name="z131" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.6. Платформа</w:t>
+        <w:t xml:space="preserve"> 2.4.1. Гидроцилиндр</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z136" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Внутренние размеры, мм</w:t>
+Тип</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Количество</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-          </w:p>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
+Заводской номер</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-          </w:p>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-высота</w:t>
+Год изготовления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11927,51 +10219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Конструкция дверей (распашные, раздвижные, одно, двух- или многостворчатые)</w:t>
+Диаметр плунжера поршня штока, мм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12000,51 +10292,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способ открывания или закрывания дверей (ручной, полуавтоматический, автоматический)</w:t>
+Ход, мм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12073,51 +10365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Привод дверей (электрический, гидравлический пневматический, пружинный)</w:t>
+Рабочее давление, МПа наименьшее наибольшее испытательное давление, МПа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12146,51 +10438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вид платформы (проходная, непроходная)</w:t>
+Скорость, м/с при подъеме, не менее при опускании, не более</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12256,87 +10548,125 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z132" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.4.2. Гидроагрегат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ремень безопасности (есть/нет)</w:t>
+Тип</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12365,103 +10695,614 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шлагбаум (есть/нет)</w:t>
+Заводской номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Год изготовления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поток рабочей жидкости наибольший, дм/мин</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рабочая жидкость</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем заправки, дм3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Давление настройки предохранительного клапана, МПа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Испытательное давление, МПа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масса, кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="115"/>
+    <w:bookmarkStart w:name="z133" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2.7. Противовес</w:t>
+        <w:t xml:space="preserve"> 2.4.3. Трубопроводы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12476,143 +11317,1428 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Рукава высокого давления (тип)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.5. Двери шахты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конструкция (распашные, раздвижные, комбинированные, одно-, двух- или многостворчатые)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер дверного проема (ширина высота), мм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способ открывания или закрывания (ручной, полуавтоматический, автоматический)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Привод (электрический, гидравлический, пневматический, пружинный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способ отпирания двери шахты при остановке платформы на уровне посадочной (погрузочной) площадки (отводка неподвижная, подвижная)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способ открывания двери шахты при отсутствии платформы на уровне посадочной (погрузочной) площадки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.6. Платформа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z136" w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние размеры, мм</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="118"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ширина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>глубина</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+высота</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Конструкция дверей (распашные, раздвижные, одно, двух- или многостворчатые)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способ открывания или закрывания дверей (ручной, полуавтоматический, автоматический)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Привод дверей (электрический, гидравлический пневматический, пружинный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид платформы (проходная, непроходная)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Масса, кг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ремень безопасности (есть/нет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шлагбаум (есть/нет)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z139" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.7. Противовес</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Масса, кг (в собранном виде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z140" w:id="116"/>
+      <w:bookmarkStart w:name="z140" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Количество грузов указано в документации, поставляемой вместе с подъемником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="117"/>
+    <w:bookmarkStart w:name="z141" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.8. Канаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14352,68 +14478,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Таблица заполняется по сертификатам предприятия-изготовителя канатов. Заполняется для тяговых канатов и канатов ограничителя скорости.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="118"/>
+    <w:bookmarkStart w:name="z142" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.9. Цепи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15763,64 +15889,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z143" w:id="119"/>
+      <w:bookmarkStart w:name="z143" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Таблица заполняется по протоколу приемо-сдаточных испытаний предприятия изготовителя цепей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17136,68 +17262,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="120"/>
+    <w:bookmarkStart w:name="z144" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.10.2. Выключатели безопасности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17983,64 +18109,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z145" w:id="121"/>
+      <w:bookmarkStart w:name="z145" w:id="125"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Указывается "Есть" или "Нет".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -18196,70 +18322,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="122"/>
+    <w:bookmarkStart w:name="z146" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Нагрузки при проведении полного технического освидетельствования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18382,68 +18508,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="123"/>
+    <w:bookmarkStart w:name="z147" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Свидетельство о приемке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подъемник</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19376,70 +19502,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="124"/>
+    <w:bookmarkStart w:name="z148" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (две страницы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7. Лицо, ответственное за исправное состояние и безопасную эксплуатацию подъемника</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19849,70 +19975,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="125"/>
+    <w:bookmarkStart w:name="z149" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (две страницы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8. Сведения о ремонте и модернизации подъемника</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20328,64 +20454,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z150" w:id="126"/>
+      <w:bookmarkStart w:name="z150" w:id="130"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Документы, подтверждающие качество вновь установленных элементов конструкции подъемника, хранятся вместе с паспортом подъемника.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20829,68 +20955,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="127"/>
+    <w:bookmarkStart w:name="z151" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10. Постановка на учет (регистрация)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подъемнику присвоен № _________ в _________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21035,90 +21161,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечания:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типовой паспорт является образцом, на основании которого предприятие-изготовитель разрабатывает паспорт применительно к типу выпускаемого подъемника, включив в него из перечня сведений, содержащихся в настоящем образце, сведения относительно данного типа подъемника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="128"/>
+    <w:bookmarkStart w:name="z152" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В необходимых случаях предприятие-изготовитель вносит в паспорт дополнительные сведения, характеризующие специфику изготовленного подъемника.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z153" w:id="129"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z153" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К паспорту прикладываются сертификаты (при их наличии), подтверждающие безопасность подъемника, использованных при изготовлении материалов и узлов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21191,108 +21317,82 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эксплуатации подъемников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для лиц с ограниченными</w:t>
-[...25 lines deleted...]
-              <w:t>(лиц с инвалидностью)</w:t>
+              <w:t>для лиц с инвалидностью</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правый верхний угол - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
+      Сноска. Правый верхний угол - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -21344,88 +21444,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="130"/>
+    <w:bookmarkStart w:name="z156" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт технической готовности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z157" w:id="131"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z157" w:id="135"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Город ______________ "__" _____________ 20__ г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Мы, нижеподписавшиеся, представитель организации, выполнившей монтаж</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22025,81 +22125,111 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>эксплуатации подъемников</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>для лиц с ограниченными</w:t>
+              <w:t>для лиц с инвалидностью</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Правый верхний угол - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -22122,789 +22252,790 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z160" w:id="132"/>
+    <w:bookmarkStart w:name="z160" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт о возможности ввода в эксплуатацию подъемника</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции приказа Министра по чрезвычайным ситуациям РК от 23.08.2022 </w:t>
+      Сноска. Сноска. Приложение 3 - в редакции приказа Министра по чрезвычайным ситуациям РК от 02.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 43</w:t>
+        <w:t>№ 434</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z165" w:id="137"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Город</w:t>
-[...34 lines deleted...]
-      Мы, нижеподписавшиеся, члены комиссии: уполномоченный представитель</w:t>
+      Город________________ "__" _____________ 20__ г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мы, нижеподписавшиеся, члены комиссии: уполномоченный представитель</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>владельца подъемника-председатель комиссии</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный представитель эксплуатирующей организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный представитель пусконаладочной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование организации, должность, фамилия, имя, отчество (при</w:t>
-[...16 lines deleted...]
-        <w:t>наличии)уполномоченный представитель эксплуатирующей организации</w:t>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный представитель организации, выполнившей монтаж (реконструкцию)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подъемника</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченный представитель строительно-монтажной организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование организации, должность, фамилия, имя, отчество (при</w:t>
-[...16 lines deleted...]
-        <w:t>наличии)уполномоченный представитель пусконаладочной организации</w:t>
+        <w:t>уполномоченный представитель организации-изготовителя подъемника</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование организации, должность, фамилия, имя, отчество (при</w:t>
-[...33 lines deleted...]
-        <w:t>(реконструкцию) подъемника</w:t>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный инспектор по государственному контролю и надзору в области</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>промышленной безопасности</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>составили настоящий акт о том, что рассмотрена представленная документация,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведены осмотр и проверка подъемника и его составных частей в объеме,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>предусмотренном технической документацией организации-изготовителя и Правил</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>безопасной эксплуатации подъемников для лиц с инвалидностью, утвержденных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 102)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 16 Положения о Министерстве</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по чрезвычайным ситуациям Республики Казахстан, утвержденного постановлением</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правительства Республики Казахстан от 23 октября 2020 года № 701 (далее – Правил).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подъемник установлен по адресу:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование организации, должность, фамилия, имя, отчество (при</w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование организации, должность, фамилия, имя, отчество (при наличии)</w:t>
-[...359 lines deleted...]
-        <w:t>_________________________________________________________________</w:t>
+        <w:t>Осмотром и проверкой установлено: строительные, монтажные и наладочные</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>работы выполнены в соответствии с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(обозначение технического условия) рабочей технической документацией,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -22945,101 +23076,85 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>состоянии, допускающем его безопасное использование по назначению; организация</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>эксплуатации соответствует требованиям Правил. Подъемник принят владельцем.</w:t>
-[...49 lines deleted...]
-</w:t>
+        <w:t>эксплуатации соответствует требованиям Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подъемник принят владельцем.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подписи членов комиссии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -23047,55 +23162,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>