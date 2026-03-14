--- v0 (2025-11-26)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="776d3f7" w14:textId="776d3f7">
+    <w:p w14:paraId="448df43" w14:textId="448df43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1019,693 +1019,733 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z187" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) фонд социального медицинского страхования (далее – ФСМС) – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, которые предусмотрены договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан;</w:t>
+      1) информационная система учета амбулаторного лекарственного обеспечения (далее – ИСЛО) – информационная система, определяемая уполномоченным органом в области здравоохранения для автоматизации учета выписки рецептов, отпуска товара поставщикам фармацевтической услуги или услуги по учету и реализации лекарственных средств и медицинских изделий в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z188" w:id="16"/>
+    <w:bookmarkStart w:name="z260" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) фонд социального медицинского страхования (далее - Фонд) – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, которые предусмотрены договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z188" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перечень лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями) – перечень лекарственных средств, медицинских изделий и специализированных лечебных продуктов, закупаемых за счет бюджетных средств и (или) активов фонда социального медицинского страхования в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования при оказании первичной медико-санитарной и специализированной медицинской помощи в амбулаторных условиях, включающий наименования и характеристики лекарственных средств, медицинских изделий и специализированных лечебных продуктов в разрезе отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями) (далее – Перечень);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z189" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z189" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сооплата – оплата разницы в стоимости лекарственных средств, медицинских изделий и установленной предельной цене их возмещения в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования на амбулаторном уровне, осуществляемая в добровольном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z190" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z190" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) единый дистрибьютор – юридическое лицо, осуществляющее деятельность в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 247</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z191" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z191" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) лекарственное средство – средство, представляющее собой или содержащее вещество либо комбинацию веществ, вступающее в контакт с организмом человека, предназначенное для лечения, профилактики заболеваний человека или восстановления, коррекции или изменения его физиологических функций посредством фармакологического, иммунологического либо метаболического воздействия, или для диагностики заболеваний и состояния человека;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z192" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z192" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) объекты в сфере обращения лекарственных средств и медицинских изделий – аптека, в том числе осуществляющая реализацию через Интернет, аптечный пункт в организациях здравоохранения, передвижной аптечный пункт для отдаленных сельских местностей, организованный от аптеки, аптечный (дистрибьюторский) склад, склад временного хранения лекарственных средств, медицинских изделий, магазин оптики, магазин медицинских изделий, склад медицинских изделий, организации по производству лекарственных средств и медицинских изделий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z193" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z193" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субъекты в сфере обращения лекарственных средств и медицинских изделий – физические или юридические лица, осуществляющие фармацевтическую деятельность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z194" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z194" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) уполномоченный орган в области здравоохранения (далее – уполномоченный орган) – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области охраны здоровья граждан Республики Казахстан, медицинской и фармацевтической науки, медицинского и фармацевтического образования, санитарно-эпидемиологического благополучия населения, обращения лекарственных средств и медицинских изделий, качества оказания медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z195" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z195" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) лекарственный формуляр организации здравоохранения – перечень лекарственных средств для оказания медицинской помощи в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования, сформированный на основе Казахстанского национального лекарственного формуляра и утвержденный руководителем организации здравоохранения в порядке, определяемом уполномоченным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z196" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z196" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) клинический протокол – научно доказанные рекомендации по профилактике, диагностике, лечению, медицинской реабилитации и паллиативной медицинской помощи при определенном заболевании или состоянии пациента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z197" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z197" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Казахстанский национальный лекарственный формуляр – перечень лекарственных средств с доказанной клинической безопасностью и эффективностью, а также орфанных (редких) лекарственных препаратов, являющийся обязательной основой для разработки лекарственных формуляров медицинских организаций и формирования списков закупа лекарственных средств в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z198" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z198" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) медицинские изделия – изделия медицинского назначения и медицинская техника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z199" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z199" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) изделия медицинского назначения – материалы, изделия, растворы, реагенты, комплекты, наборы, используемые для оказания медицинской помощи в соответствии с функциональным назначением и инструкцией производителя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z200" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z200" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) медицинская организация – организация здравоохранения, основной деятельностью которой является оказание медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z201" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z201" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) обязательное социальное медицинское страхование (далее – ОСМС) – комплекс правовых, экономических и организационных мер по оказанию медицинской помощи потребителям медицинских услуг за счет активов фонда социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z202" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z202" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) гарантированный объем бесплатной медицинской помощи (далее – ГОБМП) – объем медицинской помощи, предоставляемой за счет бюджетных средств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z203" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z203" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) фармацевтическая услуга – деятельность субъектов в сфере обращения лекарственных средств и медицинских изделий, связанная с амбулаторным лекарственным обеспечением населения, включая закуп, транспортировку, хранение, учет и реализацию лекарственных средств и медицинских изделий, в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023); с изменениями, внесенными приказом и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок обеспечения лекарственными средствами и медицинскими изделиями в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 2 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Порядок обеспечения лекарственными средствами и медицинскими изделиями включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z205" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z205" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) определение потребности в соответствии с правилами и методикой формирования потребности в лекарственных средствах и медицинских изделиях в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС, утвержденными уполномоченным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 92)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z206" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z206" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) организацию и проведение закупа лекарственных средств, медицинских изделий и специализированных лечебных продуктов в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС, фармацевтических услуг, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> организации и проведения закупа лекарственных средств, медицинских изделий и специализированных лечебных продуктов в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи для лиц, содержащихся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования, фармацевтических услуг, утвержденными приказом Министра здравоохранения Республики Казахстан от 7 июня 2023 года № 110 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32733);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z207" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z207" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) организацию и проведение закупа услуг по хранению и транспортировке лекарственных средств и медицинских изделий, услуг по учету и реализации лекарственных средств и медицинских изделий единым дистрибьютором в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> закупа услуг по хранению и транспортировке лекарственных средств и медицинских изделий, услуг по учету и реализации лекарственных средств и медицинских изделий единым дистрибьютором в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи для лиц, содержащихся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования, утвержденными приказом Министра здравоохранения Республики Казахстан от 11 июля 2023 года № 127 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33071).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z208" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z208" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обеспечение лекарственными средствами и медицинскими изделиями в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z209" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z209" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) обеспечение местными органами государственного управления здравоохранением доступности обеспечения лекарственными средствами и медицинскими изделиями, в том числе сельскому населению во всех условиях оказания медицинской помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z210" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z210" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) рациональное использование лекарственных средств в соответствии с правилами осуществления деятельности формулярной системы, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1720,171 +1760,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 6 апреля 2021 года № ҚР ДСМ-28 "Об утверждении правил осуществления деятельности формулярной системы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22513) и с правилами проведения оценки рационального использования лекарственных средств, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 3 ноября 2020 года № ҚР ДСМ-179/2020 "Об утверждении правил проведения оценки рационального использования лекарственных средств" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21586);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z211" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z211" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) хранение, учет лекарственных средств и изделий медицинского назначения при оказании медицинской помощи в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС в соответствии с Правилами хранения и транспортировки лекарственных средств и медицинских изделий, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 февраля 2021 года № ҚР ДСМ-19 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22230);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z212" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z212" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) оплату стоимости лекарственных средств и медицинских изделий, фармацевтических услуг в рамках ГОБМП и (или) в системе ОСМС в соответствии с Правилами оплаты стоимости фармацевтических услуг в рамках гарантированного объема бесплатной медицинской помощи и (или) медицинской помощи в системе обязательного социального медицинского страхования субъектам в сфере обращения лекарственных средств и медицинских изделий, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 27 ноября 2020 года № ҚР ДСМ-210/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21715);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z213" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z213" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) соблюдение условий этики продвижения лекарственных средств и медицинских изделий в соответствии с Правилами этики продвижения лекарственных средств и медицинских изделий, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 декабря 2020 года № ҚР ДСМ-294/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21870).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1923,70 +1963,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. В медицинских организациях, оказывающих медицинскую помощь на всех уровнях в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС, создается запас лекарственных средств и медицинских изделий: не менее чем на один месяц и не более шести месяцев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2005,188 +2045,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В случаях изменения динамики заболеваемости, перевода или переезда пациента, изменения схемы лечения в связи непереносимостью, лекарственной устойчивостью, смерти, ликвидации медицинских организаций, изменения профиля оказания медицинских услуг на всех уровнях оказания медицинской помощи, осуществляется перераспределение лекарственных средств и медицинских изделий между медицинскими организациями самостоятельно, в порядке, установленном законодательством в сфере учета материальных ценностей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Порядок обеспечения лекарственными средствами и медицинскими изделиями в амбулаторных условиях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Обеспечение лекарственными средствами, медицинскими изделиями, специализированными лечебными продуктами, иммунобиологическими лекарственными препаратами в рамках ГОБМП и (или) в системе ОСМС при оказании первичной медико-санитарной и специализированной медицинской помощи в амбулаторных условиях осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>перечнем</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями, утвержденным приказом Министром здравоохранения Республики Казахстан от 5 августа 2021 года № ҚР ДСМ-75 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23885).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Обеспечение отдельных категорий граждан с определенными заболеваниями (состояниями) бесплатными и (или) льготными лекарственными средствами и изделиями медицинского назначения в амбулаторных условиях в рамках ГОБМП и (или) в системе ОСМС осуществляется бесплатно по рецепту врача, выписанному в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выписывания, учета и хранения рецептов, утвержденными приказом Министра здравоохранения Республики Казахстан от 2 октября 2020 года № ҚР ДСМ-112/2020 "Об утверждении Правил выписывания, учета и хранения рецептов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21493).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Лекарственные средства, предназначенные для оказания амбулаторного лекарственного обеспечения в рамках ГОБМП и (или) в системе ОСМС, помечаются при отпуске штампом медицинской организации с указанием наименования медицинской организации, ее адреса и отметкой "Бесплатно".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2215,110 +2255,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В отдаленных от районного центра населенных пунктах, при отсутствии аптек, аптечных пунктов и передвижных аптечных пунктов, обеспечение лекарственными средствами и изделиями медицинского назначения в рамках ГОБМП и (или) в системе ОСМС производится через медицинские организации, оказывающие первичную медико-санитарную помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Обеспечение лекарственными средствами, содержащими наркотические средства, психотропные вещества и их прекурсоры, осуществляется юридическими лицами, имеющими лицензию в сфере оборота наркотических средств, психотропных веществ и прекурсоров, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закону</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2347,130 +2387,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Пациенты с туберкулезом при лечении в амбулаторных условиях обеспечиваются лекарственными средствами через кабинеты химизаторов медицинских организаций, оказывающих первичную медико-санитарную помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Обеспечение антиретровирусными препаратами для лечения и профилактики ВИЧ-инфекции осуществляется через медицинские организации, оказывающие специализированную медицинскую помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отдаленных от областного центра населенных пунктах, при отсутствии медицинских организаций, оказывающих специализированную медицинскую помощь, обеспечение антиретровирусными препаратами для лечения и профилактики ВИЧ-инфекции, производится через медицинские организации, оказывающие первичную медико-санитарную помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z214" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z214" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14-1. Пациенты, находящиеся на поддерживающей терапии агонистами опиоидов (далее – ПТАО) обеспечиваются лекарственными средствами для ПТАО через медицинские организации, оказывающие специализированную медицинскую помощь в области охраны психического здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2489,150 +2529,212 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Обеспечение таргетными препаратами пациентов с онкологическими заболеваниями осуществляется медицинскими организациями, оказывающими онкологическую помощь.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Обеспечение лекарственными средствами в инфузионной лекарственной форме, включая иммунологические (иммунобиологические) лекарственные препараты, осуществляется под наблюдением медицинского работника через процедурные кабинеты или кабинеты амбулаторной химиотерапии медицинских организаций, оказывающих первичную медико-санитарную помощь или специализированную медицинскую помощь в амбулаторных или стационарозамещающих условиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Обеспечение антисептическими и дезинфицирующими препаратами, показанными для лечения буллезного эпидермолиза осуществляется в рамках оказания комплекса услуг первичной медико-санитарной помощи и специализированной медицинской помощи в амбулаторных условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Обеспечение специализированными лечебными продуктами, в том числе адаптированными заменителями грудного молока, осуществляется в рамках оказания комплекса услуг первичной медико-санитарной помощи и специализированной медицинской помощи в амбулаторных условиях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Обеспечение лекарственными средствами вновь выявленных пациентов начинается с воспроизведенного лекарственного препарата (генерик) или биоаналогичного лекарственного препарата (биоаналог, биоподобный лекарственный препарат, биосимиляр), за исключением случаев отсутствия, зарегистрированных воспроизведенных лекарственных препаратов (генерик) или биоаналогичных лекарственных препаратов (биоаналог, биоподобный лекарственный препарат, биосимиляр) или индивидуальной непереносимости препарата. Перевод пациентов с оригинального препарата на воспроизведенный лекарственный препарат (генерик) или биоаналогичный лекарственный препарат (биоаналог, биоподобный лекарственный препарат, биосимиляр), или с одного воспроизведенного лекарственного препарата (генерика) на другой, осуществляется по назначению врача в соответствии с клиническими протоколами и формулярным справочником.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2651,170 +2753,294 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="60"/>
-[...35 lines deleted...]
-      21. Медицинские организации, оказывающие первичную медико-санитарную и специализированную медицинскую помощь в амбулаторных условиях, размещают в местах наглядной информации для пациентов и на интернет-ресурсе медицинской организации перечень лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями), а также адреса медицинских организаций через которые осуществляется амбулаторное лекарственное обеспечение и номер бесплатной телефонной линии 8-800-080-88-87 для получения информации по применению лекарственных средств.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Граждане Республики Казахстан, кандасы, беженцы, иностранцы и лица без гражданства, постоянно проживающие на территории Республики Казахстан и лица, содержащиеся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, подлежащие динамическому наблюдению обеспечиваются лекарственными средствами и медицинскими изделиями в амбулаторных условиях в рамках ГОБМП и (или) в системе ОСМС путем прикрепления к медицинским организациям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Медицинские организации, оказывающие первичную медико-санитарную и специализированную медицинскую помощь в амбулаторных условиях, размещают в местах наглядной информации для пациентов и на интернет-ресурсе медицинской организации на казахском и русском языках Перечень, а также адреса медицинских организаций и субъектов в сфере обращения лекарственных средств и медицинских изделий, через которые осуществляется амбулаторное лекарственное обеспечение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Решение об обеспечении лекарственными средствами, изделиями медицинского назначения и специализированными лечебными продуктами, не включенными в перечень лекарственных средств и медицинских изделий для бесплатного и (или) льготного амбулаторного обеспечения отдельных категорий граждан Республики Казахстан с определенными заболеваниями (состояниями), принимается местными представительными органами по представлению местных органов государственного управления здравоохранением областей, городов республиканского значения и столицы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z237" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z237" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При предоставлении гарантированного объема бесплатной медицинской помощи субъектами здравоохранения используются лекарственные средства, медицинские изделия и специализированные лечебные продукты, зарегистрированные в Республике Казахстан. Лекарственные средства должны быть включены в Казахстанский национальный лекарственный формуляр.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z238" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z238" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Допускается применение незарегистрированных в Республике Казахстан и не включенных в Казахстанский национальный лекарственный формуляр лекарственных средств и незарегистрированных медицинских изделий для оказания медицинской помощи по жизненным показаниям конкретного пациента либо оказания медицинской помощи ограниченному контингенту пациентов с редкими (орфанными) заболеваниями и (или) состояниями, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> применения незарегистрированных в Республике Казахстан лекарственных средств и медицинских изделий для оказания медицинской помощи по жизненным показаниям конкретного пациента либо оказания медицинской помощи ограниченному контингенту пациентов с редкими (орфанными) заболеваниями и (или) состояниями, утвержденными приказом Министра здравоохранения Республики Казахстан от 15 декабря 2020 года № ҚР ДСМ-280/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21806).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2877,270 +3103,376 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="65"/>
-[...35 lines deleted...]
-      1) единый дистрибьютор обеспечивает отгрузку лекарственных средств и медицинских изделий с учетом фактического потребления и обеспечения наличия остатка в объеме согласно пункту 4 настоящих Правил;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23. При амбулаторном лекарственном обеспечении:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z241" w:id="67"/>
-[...15 lines deleted...]
-      2) медицинские организаций, оказывающие первичную медико-санитарную и специализированную медицинскую помощь обеспечивают выписку рецепта и выдачу лекарственных средств и медицинских изделий посредством QR-кода или с использованием SMS-уведомлений с кодом;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единый дистрибьютор обеспечивает отгрузку лекарственных средств и медицинских изделий с учетом фактического потребления и остатка лекарственных средств и медицинских изделий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) медицинские организаций, оказывающие первичную медико-санитарную и специализированную медицинскую помощь обеспечивают выписку рецепта и выдачу лекарственных средств и медицинских изделий посредством сканирования электронного рецепта (QR-кода), предъявляемого через сервис "Социальный кошелек" в мобильном приложении "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) местные органы государственного управления здравоохранения областей, городов республиканского значения и столицы, единый дистрибьютор, Фонд проводят мониторинг лекарственного обеспечения с использованием ИСЛО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z261" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      23-1. Порядок обеспечения пациентов лекарственными средствами и медицинскими изделиями с использованием сооплаты осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 июля 2021 года № ҚР ДСМ-61 "Об утверждении правил осуществления сооплаты" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 23589).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z242" w:id="68"/>
-[...15 lines deleted...]
-      3) местные органы государственного управления здравоохранения областей, городов республиканского значения и столицы проводят мониторинг лекарственного обеспечения с использованием информационных систем уполномоченного органа.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 23-1 в соответствии с приказом и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 2. Порядок обеспечения лекарственными средствами и медицинскими изделиями при оказании скорой медицинской помощи, также специализированной помощи, в том числе высокотехнологичных медицинских услуг, в стационарных и стационарозамещающих условиях</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:p>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24 При оказании скорой медицинской помощи, медицинской помощи в стационарных, стационарозамещающих условиях в рамках ГОБМП и (или) в системе ОСМС обеспечение лекарственными средствами осуществляется в соответствии с лекарственными формулярами организаций здравоохранения, разработанными на основе Казахстанского национального лекарственного формуляра, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> формирования Казахстанского национального лекарственного формуляра, а также правил разработки лекарственных формуляров организаций здравоохранения, утвержденными приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 24 декабря 2020 года № ҚР ДСМ-326/2020 "Об утверждении правил формирования Казахстанского национального лекарственного формуляра, а также правил разработки лекарственных формуляров организаций здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21913).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z215" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24-1. В медицинских организациях, расположенных в учреждениях уголовно-исполнительной (пенитенциарной) системе при оказании медицинской помощи обеспечение лекарственными средствами и медицинскими изделиями осуществляется в соответствии с настоящими Правилами в рамках дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z215" w:id="71"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3159,576 +3491,576 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Обеспечение лекарственными средствами и изделиями медицинского назначения при оказании скорой медицинской помощи, в том числе с привлечением медицинской авиации, осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания скорой медицинской помощи, в том числе с привлечением медицинской авиации, утвержденными приказом Министра здравоохранения Республики Казахстан от 30 ноября 2020 года № ҚР ДСМ-225/2020 "Об утверждении правил оказания скорой медицинской помощи, в том числе с привлечением медицинской авиации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21713).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Обеспечение лекарственными средствами и изделиями медицинского назначения в медицинских организациях, оказывающих медицинскую помощь в стационарных и стационарозамещающих условиях, осуществляется в соответствии с назначениями, внесенными врачом в лист врачебных назначений по форме, в соответствии с формами учетной документации в области здравоохранения, утвержденный </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (далее – Приказ № ҚР ДСМ-175/2020) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z244" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Название лекарственного средства в назначении указывается под международным непатентованным наименованием, в случае назначения комбинированного лекарственного препарата указывается его состав.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z244" w:id="74"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z245" w:id="75"/>
+    <w:bookmarkStart w:name="z245" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При индивидуальной непереносимости пациента допускается выписывание лекарственного средства под торговым наименованием, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> выписывания, учета и хранения рецептов, утвержденными приказом Министра здравоохранения Республики Казахстан от от 2 октября 2020 года № ҚР ДСМ-112/2020 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21493).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Лекарственные средства и медицинские изделия, предназначенные для оказания скорой медицинской помощи, медицинской помощи в стационарных, стационарозамещающих условиях в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС, помечаются при поступлении штампом медицинской организации с указанием наименования медицинской организации, ее адреса и отметкой "Бесплатно".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 26 - в редакции приказа и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
-[...15 lines deleted...]
-      27. Лекарственные средства и медицинские изделия, предназначенные для оказания скорой медицинской помощи, медицинской помощи в стационарных, стационарозамещающих условиях в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС, помечаются при поступлении штампом медицинской организации с указанием наименования медицинской организации, ее адреса и отметкой "Бесплатно".</w:t>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Лекарственные средства и медицинские изделия при оказании скорой медицинской помощи, медицинской помощи в стационарных, стационарозамещающих условиях в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС подлежат учету в суммовом и количественном выражениях в медицинской документации и (или) автоматизированных программах учета (медицинских информационных системах) использования лекарственных средств и медицинских изделий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С целью рационального использования (назначения) лекарственных средств и медицинские изделия, анализа данных обеспечения граждан, местные органы государственного управления здравоохранением областей, городов республиканского значения и столицы осуществляют мониторинг работы медицинских информационных систем, в том числе по лекарственному обеспечению, и обеспечение своевременности внесения данных и их достоверность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 27 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
-[...15 lines deleted...]
-      28. Лекарственные средства и медицинские изделия при оказании скорой медицинской помощи, медицинской помощи в стационарных, стационарозамещающих условиях в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС подлежат учету в суммовом и количественном выражениях в медицинской документации и (или) автоматизированных программах учета (медицинских информационных системах) использования лекарственных средств и медицинских изделий.</w:t>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Лекарственные средства и медицинские изделия, закупаемые для оказания медицинской помощи в рамках ГОБМП, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе ОСМС и платных услуг, подлежат раздельному хранению и учету.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 28 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 29 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Выдача аптечек матери и ребенка новорожденным осуществляется при выписке из организаций родовспоможения. Отметка о выдаче аптечек матери и ребенка вносится в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>историю развития</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> новорожденного по форме, в соответствии с формами учетной документации в области здравоохранения, утвержденной Приказом № ҚР ДСМ-175/2020.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Инвентаризация лекарственных средств и медицинских изделий, хранящихся в медицинских организациях, проводится не реже одного раза в год.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3845,263 +4177,283 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Текст в правом верхнем углу - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила и методика формирования потребности в лекарственных средствах и медицинских изделиях в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила и методика формирования потребности в лекарственных средствах и медицинских изделиях в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 92)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяют порядок и методику формирования потребности в лекарственных средствах и медицинских изделиях в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:p>
-[...77 lines deleted...]
-      2. В настоящих Правилах используются следующие понятия:</w:t>
+    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационная система учета амбулаторного лекарственного обеспечения (далее – ИСЛО) – информационная система, определяемая уполномоченным органом в области здравоохранения для автоматизации учета выписки рецептов, отпуска товара поставщикам фармацевтической услуги или услуги по учету и реализации лекарственных средств и медицинских изделий в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
-[...15 lines deleted...]
-      1) фонд социального медицинского страхования – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, которые предусмотрены договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан (далее – Фонд);</w:t>
+    <w:bookmarkStart w:name="z262" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1) фонд социального медицинского страхования (далее – Фонд) – некоммерческая организация, производящая аккумулирование отчислений и взносов, а также осуществляющая закуп и оплату услуг субъектов здравоохранения, оказывающих медицинскую помощь в объемах и на условиях, которые предусмотрены договором закупа медицинских услуг, и иные функции, определенные законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
     <w:bookmarkStart w:name="z93" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Единый дистрибьютор – юридическое лицо, осуществляющее деятельность в рамках гарантированного объема бесплатной медицинской помощи и (или) в системе обязательного социального медицинского страхования в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4266,71 +4618,91 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра здравоохранения РК от 05.08.2022 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказами Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023); от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z101" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5334,691 +5706,735 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Медицинская организация формирует потребность в лекарственных средствах и медицинских изделиях, указанных в подпункте 2) пункта 8 настоящих Правил, в форме заявки, подписанной уполномоченным должностным лицом медицинской организации, либо лицом, его замещающим, и направляет в местный орган управления здравоохранением областей, городов республиканского значения и столицы для финансирования за счет средств местного бюджета в рамках дополнительного объема ГОБМП.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
     <w:bookmarkStart w:name="z124" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> пункта 8 настоящих Правил, формируется автоматически в информационной системе уполномоченного органа и подписывается электронной цифровой подписью уполномоченного должностного лица медицинской организации, либо лица, его замещающего.</w:t>
+        <w:t>
+      11. Сбор потребности в лекарственных средствах и медицинских изделиях, указанных в подпункте 1) пункта 8 настоящих Правил, осуществляется Фондом в ИСЛО персонифицированно с указанием нозологий, наименований, дозировок и объемов по каждой лекарственной форме лекарственных средств и характеристикам медицинских изделий, разовой дозы, кратности приема в сутки, длительности одного курса (количество дней приема в месяц), длительности приема в год (количества курсов в год), годовой потребности на пациента, выписанного и обеспеченного объема за предыдущий год (далее – Персонифицированная потребность).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 11 - в редакции приказа и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z263" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11-1. В срок до 25 марта текущего финансового года Персонифицированная потребность, сформированная автоматически в ИСЛО, подписывается электронной цифровой подписью уполномоченного должностного лица медицинской организации либо лица, его замещающего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 11-1 в соответствии с приказом и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В срок до 1 апреля текущего финансового года сформированная Персонифицированная потребность региона согласовывается местными органами государственного управления здравоохранения областей, городов республиканского значения и столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Исключен приказом и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. Исключен приказом и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. Исключен приказом и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. Исключен приказом и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Фонд рассматривает единую заявку на лекарственные средства и медицинские изделия на трехлетний период по области, городу республиканского значения и столице на предмет доступности (или достаточности) и обеспеченности финансовыми ресурсами в рамках выделенных средств в разрезе бюджетов ГОБМП и ОСМС.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Фонд на основании Персонифицированной потребности Республики Казахстан формирует проект бюджетного запроса на трехлетний период в разрезе регионов с указанием нозологий, наименований лекарственных средств и характеристике медицинских изделий, количества пациентов и направляет в уполномоченный орган не позднее 15 апреля текущего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 12 - в редакции приказа и.о. Министра здравоохранения РК от 12.03.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 19</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...255 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+    </w:p>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Методика формирования потребности в лекарственных средствах и медицинских изделиях в рамках гарантированного объема бесплатной медицинской помощи, дополнительного объема медицинской помощи лицам, содержащимся в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, за счет бюджетных средств и (или) в системе обязательного социального медицинского страхования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Заголовок главы 3 - в редакции приказа Министра здравоохранения РК от 05.08.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования, за исключением норм в отношении лиц, оказывающих медицинскую помощь лицам, содержащимся в следственных изоляторах уголовно-исполнительной (пенитенциарной) системы, которые вводятся в действие с 01.01.2023).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Расчет годовой потребности на пациента в лекарственных средствах и медицинских изделиях осуществляется с учетом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z247" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z247" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) суточной дозы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z248" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z248" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) длительности одного курса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z249" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z249" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) длительность приема в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6037,150 +6453,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:bookmarkStart w:name="z137" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Для расчета годовой потребности на пациента в лекарственных средствах и медицинских изделиях в амбулаторных условиях применяются следующие формулы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z251" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z251" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет годовой потребности на пациента = суточная доза * длительность одного курса * длительность приема в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z252" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z252" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суточной дозы = разовой дозы * кратность приема в сутки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z253" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z253" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Длительность одного курса = количество дней приема в месяц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z254" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z254" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Длительность приема в год = количества курсов в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6199,130 +6615,266 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="133"/>
+    <w:bookmarkStart w:name="z264" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20-1. Фонд направляет в уполномоченный орган анализ расхождений между установленным лимитом и Персонифицированной потребностью в разрезе медицинских организаций, рассчитанный по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Распределение по медицинским организациям установленного лимита на следующий финансовый год = доля фактического потребления медицинской организаций текущего финансового года * установленный лимит республики на следующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доля фактического потребления медицинской организаций текущего финансового года = сумма фактического потребления медицинской организации текущего финансового года / общая сумма факта потребления республики текущего финансового года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, сумма распределения по медицинским организациям установленного лимита на следующий финансовый год не должна превышать суммы Персонифицированной потребности на следующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 20-1 в соответствии с приказом и.о. Министра здравоохранения РК от 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z158" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Для расчета потребности в лекарственных средствах и медицинских изделиях для оказания медицинской помощи в стационарных и стационарозамещающих условиях применяются следующие формулы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z256" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z256" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Потребность = фактическое потребление за предыдущий год – прогнозный остаток на конец года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z257" w:id="135"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z257" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фактическое потребление за предыдущий год = объем лекарственных средств использованный за предыдущий год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z258" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z258" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прогнозный остаток на конец года = остаток на начало года (количество лекарственного средства на начало года) + приход (ожидаемое или фактическое поступление лекарственного средства в течение года) – расход (прогнозируемое или фактическое использование лекарственных средств).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6341,90 +6893,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="137"/>
+    <w:bookmarkStart w:name="z259" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Расчет потребности в лекарственных средствах, содержащих наркотические средства и психотропные вещества, осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 26 января 2015 года № 32 "Об утверждении Правил использования в медицинских целях наркотических средств, психотропных веществ и их прекурсоров, подлежащих контролю в Республике Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10404).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6565,188 +7117,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 20 августа 2021 года № ҚР ДСМ-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z180" w:id="138"/>
+    <w:bookmarkStart w:name="z180" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства здравоохранения Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z181" w:id="139"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z181" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения и социального развития Республики Казахстан от 30 сентября 2015 года № 766 "Об утверждении Правил обеспечения лекарственными средствами граждан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12199).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z182" w:id="140"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z182" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 14 мая 2019 года № ҚР ДСМ-75 "О внесении изменения в приказ Министра здравоохранения и социального развития Республики Казахстан" от 30 сентября 2015 года № 766 "Об утверждении правил обеспечения лекарственными средствами граждан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18677).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z183" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z183" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 19 мая 2020 года № ҚР ДСМ-51/2020 "О внесении изменений в приказ Министра здравоохранения и социального развития Республики Казахстан от 30 сентября 2015 года № 766 "Об утверждении правил обеспечения лекарственными средствами граждан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20672).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>