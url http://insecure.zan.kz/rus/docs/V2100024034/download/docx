--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="edfdd01" w14:textId="edfdd01">
+    <w:p w14:paraId="dbc5683" w14:textId="dbc5683">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,77 +77,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма</w:t>
+        <w:t>Об утверждении критериев оценки степени риска и проверочных листов за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Совместный приказ Председателя Агентства Республики Казахстан по финансовому мониторингу от 16 августа 2021 года № 7 и Министра национальной экономики Республики Казахстан от 16 августа 2021 года № 80. Зарегистрирован в Министерстве юстиции Республики Казахстан 18 августа 2021 года № 24034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приказа – в редакции совместного приказа Председателя Агентства РК по финансовому мониторингу от 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 06.01.2026 № 1 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -289,290 +327,346 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> оценки степени риска за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма согласно приложению 1 к настоящему совместному приказу;</w:t>
+        <w:t>
+      1) критерии оценки степени риска за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения согласно приложению 1 к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> в сфере государственного контроля за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма в отношении юридических консультантов, независимых специалистов по юридическим вопросам; индивидуальных предпринимателей и юридических лиц, осуществляющих лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальных предпринимателей и юридических лиц, оказывающих посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальных предпринимателей и юридических лиц, осуществляющих операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них, согласно приложению 2 к настоящему совместному приказу;</w:t>
+      2) проверочный лист за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 138</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан в отношении юридических консультантов, независимых специалистов по юридическим вопросам; индивидуальных предпринимателей и юридических лиц, осуществляющих лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальных предпринимателей и юридических лиц, оказывающих посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальных предпринимателей и юридических лиц, осуществляющих операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них согласно приложению 2 к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) проверочный лист в сфере государственного контроля за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма в отношении бухгалтерских организаций и профессиональных бухгалтеров, осуществляющих предпринимательскую деятельность в сфере бухгалтерского учета, согласно </w:t>
+      3) проверочный лист за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 138</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан в отношении бухгалтерских организаций и профессиональных бухгалтеров, осуществляющих предпринимательскую деятельность в сфере бухгалтерского учета; Государственной корпорации "Правительство для граждан"; операторов сотовой связи; фонда социального медицинского страхования согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему совместному приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции совместного приказа Председателя Агентства РК по финансовому мониторингу от 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 06.01.2026 № 1 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>совместный приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 13 октября 2020 года № 999 и Министра национальной экономики Республики Казахстан от 13 октября 2020 года № 77 "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21422).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту по работе с субъектами финансового мониторинга Агентства Республики Казахстан по финансовому мониторингу в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего совместного приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего совместного приказа на интернет-ресурсе Агентства Республики Казахстан по финансовому мониторингу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -601,126 +695,126 @@
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z14" w:id="10"/>
+          <w:bookmarkStart w:name="z14" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Министр национальной экономики Республики Казахстан</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="10"/>
+          <w:bookmarkEnd w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________ А. Иргалиев</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z15" w:id="11"/>
+          <w:bookmarkStart w:name="z15" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Председатель Агентства Республики Казахстан по финансовому мониторингу</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 __________ Ж. Элиманов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -970,3599 +1064,2325 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 16 августа 2021 года № 7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма </w:t>
+        <w:t xml:space="preserve"> Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции совместного приказа Председателя Агентства РК по финансовому мониторингу от 05.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 06.01.2026 № 1 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения </w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z199" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие критерии оценки степени риска за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма (далее – Критерии) разработаны в соответствии с </w:t>
+      1. Настоящие Критерии оценки степени риска за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – Критерии) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 141 Предпринимательского кодекса Республики Казахстан, </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> формирования регулирующими государственными органами системы оценки и управления рисками, утвержденными приказом исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 28577) и предназначены для отбора субъектов контроля с целью проведения профилактического контроля с посещением субъекта контроля.</w:t>
+        <w:t xml:space="preserve"> статьи 141 Предпринимательского кодекса Республики Казахстан и Правилами формирования регулирующими государственными органами системы оценки и управления рисками, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 28577).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...62 lines deleted...]
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z200" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Критериях использованы следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z163" w:id="16"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) субъекты контроля – юридические консультанты и другие независимые специалисты по юридическим вопросам – в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) иным имуществом в отношении следующей деятельности: купли-продажи недвижимости, управления деньгами, ценными бумагами или иным имуществом клиента, управления банковскими счетами или счетами ценных бумаг, аккумулирования средств для создания, обеспечения, функционирования или управления компанией, создания, купли-продажи, функционирования юридического лица или управления им; индивидуальные предприниматели и юридические лица, осуществляющие лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальные предприниматели и юридические лица, оказывающие посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальные предприниматели и юридические лица, осуществляющие операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них; бухгалтерские организации и профессиональные бухгалтеры, осуществляющие предпринимательскую деятельность в сфере бухгалтерского учета;</w:t>
-[...850 lines deleted...]
-      индивидуальные предприниматели и юридические лица, осуществляющие операции с ювелирными изделиями из драгоценных металлов и камней;</w:t>
+      1) субъекты контроля – юридические консультанты и другие независимые специалисты по юридическим вопросам – в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) иным имуществом в отношении следующей деятельности: купли-продажи недвижимости, управления деньгами, ценными бумагами или иным имуществом клиента, управления банковскими счетами или счетами ценных бумаг, аккумулирования средств для создания, обеспечения, функционирования или управления компанией, создания, купли-продажи, функционирования юридического лица или управления им; индивидуальные предприниматели и юридические лица, осуществляющие лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальные предприниматели и юридические лица, оказывающие посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальные предприниматели и юридические лица, осуществляющие операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них; бухгалтерские организации и профессиональные бухгалтеры, осуществляющие предпринимательскую деятельность в сфере бухгалтерского учета; Государственная корпорация "Правительство для граждан"; операторы сотовой связи; фонд социального медицинского страхования;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      индивидуальные предприниматели и юридические лица, оказывающие посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества.</w:t>
+      2) балл – количественная мера исчисления риска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) незначительные нарушения – нарушения требований законодательства о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – ПОД/ФТ/ФРОМУ), не создающие предпосылки для возникновения риска отмывания доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения (далее – ОД/ФТ/ФРОМУ), но выполнение, которых является обязательным для субъектов финансового мониторинга при осуществлении своей деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормализация данных – статистическая процедура, предусматривающая приведение значений, измеренных в различных шкалах, к условно общей шкале;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) значительные нарушения – нарушения требований законодательства о ПОД/ФТ/ФРОМУ, создающие предпосылки для возникновения риска ОД/ФТ/ФРОМУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) грубые нарушения – нарушения требований законодательства о ПОД/ФТ/ФРОМУ, представляющие риск ОД/ФТ/ФРОМУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) риск – вероятность причинения вреда в результате деятельности субъекта контроля, законным интересам физических и юридических лиц, имущественным интересам государства с учетом степени тяжести его последствий, а также риск ОД/ФТ/ФРОМУ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) критерии оценки степени риска – совокупность количественных и качественных показателей, связанных с непосредственной деятельностью субъекта контроля, особенностями отраслевого развития и факторами, влияющими на это развитие, формируемых с учетом результатов национальных и секторальных оценок рисков, позволяющих отнести субъекты (объекты) контроля к различным степеням риска;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) объективные критерии оценки степени риска (далее – объективные критерии) – критерии оценки степени риска, используемые для отбора субъектов контроля в зависимости от степени риска в сфере ПОД/ФТ/ФРОМУ и не зависящие непосредственно от отдельного субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) субъективные критерии оценки степени риска (далее – субъективные критерии) – критерии оценки степени риска, используемые для отбора субъектов контроля в зависимости от результатов деятельности конкретного субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) система оценки и управления рисками – процесс принятия управленческих решений, направленных на снижение вероятности наступления неблагоприятных факторов путем распределения субъектов контроля по степеням риска для последующего осуществления профилактического контроля с посещением субъекта контроля с целью минимально возможной степени ограничения свободы предпринимательства, обеспечивая при этом допустимый уровень риска в сфере ПОД/ФТ/ФРОМУ, а также направленных на изменение уровня риска для конкретного субъекта контроля и (или) освобождения такого субъекта контроля от профилактического контроля с посещением субъекта контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) проверочный лист – перечень требований, предъявляемых к деятельности субъектов контроля, несоблюдение которых влечет за собой риск ОД/ФТ/ФРОМУ, законным интересам физических и юридических лиц, государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) выборочная совокупность (выборка) – перечень оцениваемых субъектов, относимых к однородной группе субъектов контроля в сфере ПОД/ФТ/ФРОМУ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z201" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Объективные критерии оценки степени риска</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z202" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Определение объективных критериев осуществляется посредством определения риска.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z203" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Критерии оценки степени риска для проведения профилактического контроля с посещением субъекта контроля формируются посредством определения объективных и субъективных критериев, которые осуществляются поэтапно (Мультикритериальный анализ решений). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На первом этапе по объективным критериям субъекты контроля относятся к одной из следующих степеней риска:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высокий риск;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) средний риск;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) низкий риск.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На втором этапе по субъективным критериям субъекты контроля относятся к одной из следующих степеней риска:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) высокий риск;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) средний риск;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) низкий риск.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По показателям степени риска субъект контроля относится:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) к высокой степени риска – при показателе степени риска от 71 до 100 включительно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) к средней степени риска – при показателе степени риска от 31 до 70 включительно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) к низкой степени риска – при показателе степени риска от 0 до 30 включительно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. По объективным критериям к субъектам контроля с высокой степенью риска относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальные предприниматели и юридические лица, осуществляющие операции с ювелирными изделиями из драгоценных металлов и камней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      операторы сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фонд социального медицинского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z205" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. По объективным критериям к субъектам контроля со средней степенью риска относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальные предприниматели и юридические лица, осуществляющие лизинговую деятельность в качестве лизингодателя без лицензии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бухгалтерские организации и профессиональные бухгалтеры, осуществляющие предпринимательскую деятельность в сфере бухгалтерского учета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      юридические консультанты – в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) иным имуществом в отношении следующей деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      купли-продажи недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управления деньгами, ценными бумагами или иным имуществом клиента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управления банковскими счетами или счетами ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аккумулирования средств для создания, обеспечения, функционирования или управления компанией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создания, купли-продажи, функционирования юридического лица или управления им;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальные предприниматели и юридические лица, осуществляющие операции с драгоценными металлами и драгоценными камнями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      индивидуальные предприниматели и юридические лица, оказывающие посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация "Правительство для граждан".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. По объективным критериям к субъектам контроля с низкой степенью риска относятся, независимые специалисты по юридическим вопросам – в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) иным имуществом в отношении следующей деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      купли-продажи недвижимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управления деньгами, ценными бумагами или иным имуществом клиента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управления банковскими счетами или счетами ценных бумаг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аккумулирования средств для создания, обеспечения, функционирования или управления компанией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      создания, купли-продажи, функционирования юридического лица или управления им.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Для сфер деятельности субъектов контроля, отнесенных к высокой и средней степени риска по объективным критериям, проводятся профилактический контроль с посещением субъекта (объекта) контроля, профилактический контроль без посещения субъекта (объекта) контроля и внеплановая проверка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для сфер деятельности субъектов контроля, отнесенных к низкой степени риска по объективным критериям, проводятся профилактический контроль без посещения субъекта (объекта) контроля и внеплановая проверка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z208" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Списки профилактического контроля с посещением субъекта (объекта) контроля составляются с учетом приоритетности субъекта контроля с наибольшим показателем степени риска по субъективным критериям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z209" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Кратность проведения профилактического контроля с посещением субъекта (объекта) контроля определяется по результатам проводимого анализа и оценки получаемых сведений по субъективным критериям и не может быть чаще двух раз в год. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z210" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Система оценки и управления рисками ведется с использованием информационной системы оценки и управления рисками, относящей субъекты контроля к конкретным степеням риска и формирующей в автоматическом режиме списки проведения профилактического контроля с посещением субъекта (объекта) контроля, а также основывается на государственной статистике, итогах ведомственного статистического наблюдения, а также информационных инструментах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии информационной системы оценки и управления рисками в автоматическом режиме минимально допустимый порог количества субъектов контроля, в отношении которых осуществляются профилактический контроль с посещением субъекта (объекта) контроля и (или) внеплановая проверка, не должен превышать пяти процентов от общего количества таких субъектов контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Субъективные критерии оценки степени риска</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z212" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Определение субъективных критериев осуществляется с применением следующих этапов:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) формирование базы данных и сбор информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) анализ информации и оценка рисков.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Для оценки степени риска используются следующие источники информации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) результаты мониторинга отчетности и сведений, представляемых субъектом контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) результаты предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) результаты анализа сведений, представляемых государственными органами и организациями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. При анализе и оценке не применяются данные субъективных критериев, ранее учтенные и использованные в отношении конкретного субъекта контроля либо данные, по которым истек срок исковой давности в соответствии с законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В отношении субъектов контроля, устранивших в полном объеме выданные нарушения по итогам проведенного предыдущего профилактического контроля с посещением субъекта (объекта) контроля, не допускается включение их при формировании списков на очередной период государственного контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15. Субъекты контроля переводятся с применением информационной системы с высокой степени риска в среднюю степень риска или со средней степени риска в низкую степень риска в соответствующих сферах деятельности субъектов контроля, в случае если они являются членами саморегулируемой организации, основанной на добровольном членстве (участии) в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О саморегулировании", с которой заключено соглашение о признании результатов деятельности саморегулируемой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z216" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Оценка степени риска субъектов контроля и отнесение их к грубой, значительной и незначительной группе степени риска осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Критериям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z217" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Исходя из приоритетности применяемых источников информации и значимости показателей субъективных критериев, установленных в критериях оценки степени риска в сфере ПОД/ФТ/ФРОМУ, согласно Перечню субъективных критериев для определения степени риска по субъективным критериям, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Критериям, рассчитывается показатель степени риска по субъективным критериям, по шкале от 0 до 100 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z218" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок расчета степени риска по субъективным критериям</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z219" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Для отнесения субъекта контроля к степени риска применяется следующий порядок расчета показателя степени риска:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) расчет показателя степени риска по субъективным критериям (R) осуществляется в автоматизированном режиме путем суммирования показателя степени риска по нарушениям по результатам предыдущих проверок и профилактического контроля с посещением субъектов контроля (SP) и показателя степени риска по субъективным критериям (SC), с последующей нормализацией значений данных в диапазон от 0 до 100 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rпром = SP + SC, где</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Rпром – промежуточный показатель степени риска по субъективным критериям,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР – показатель степени риска по нарушениям,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SC – показатель степени риска по субъективным критериям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расчет производится по каждому субъекту контроля однородной группы субъектов контроля в сфере ПОД/ФТ/ФРОМУ. При этом перечень оцениваемых субъектов контроля, относимых к однородной группе субъектов контроля одной сферы государственного контроля, образует выборочную совокупность (выборку) для последующей нормализации данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) по данным, полученным по результатам предыдущих проверок и профилактического контроля с посещением субъекта (объекта) контроля, формируется показатель степени риска по нарушениям, оцениваемый в баллах от 0 до 100.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выявлении одного грубого нарушения по любому из источников информации, используемых для оценки степени риска, субъекту контроля приравнивается показатель степени риска 100 баллов и в отношении него проводится профилактический контроль с посещением субъекта (объекта) контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При не выявлении грубых нарушений показатель степени риска по нарушениям рассчитывается суммарным показателем по нарушениям значительной и незначительной степени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При определении показателя значительных нарушений применяется коэффициент 0,7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный показатель рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР3 = (SР2 х 100/SР1) х 0,7, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР3 – показатель значительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР1 – требуемое количество значительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР2 – количество выявленных значительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При определении показателя незначительных нарушений применяется коэффициент 0,3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Данный показатель рассчитывается по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн = (SР2 х 100/SР1) х 0,3, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн – показатель незначительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР1 – требуемое количество незначительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР2 – количество выявленных незначительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Показатель степени риска по нарушениям (SР) рассчитывается по шкале от 0 до 100 баллов и определяется путем суммирования показателей значительных и незначительных нарушений по следующей формуле:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР = SР3 + SРн, где:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР – показатель степени риска по нарушениям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SР3 – показатель значительных нарушений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      SРн – показатель незначительных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Полученное значение показателя степени риска по нарушениям включается в расчет показателя степени риска по субъективным критериям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расчет показателя степени риска по субъективным критериям, производится по шкале от 0 до 100 баллов и осуществляется по следующей формуле:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...28 lines deleted...]
-      <w:r>
         <w:br/>
-      </w:r>
-[...47 lines deleted...]
-      индивидуальные предприниматели и юридические лица, осуществляющие лизинговую деятельность в качестве лизингодателя без лицензии;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2131 lines deleted...]
-      <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2184400" cy="787400"/>
+            <wp:extent cx="2895600" cy="1066800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2184400" cy="787400"/>
+                      <a:ext cx="2895600" cy="1066800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      x</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – показатель субъективного критерия,</w:t>
+      xi – показатель субъективного критерия,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      w</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – удельный вес показателя субъективного критерия xi,</w:t>
+      wi – удельный вес показателя субъективного критерия xi,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n – количество показателей.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученное значение показателя степени риска по субъективным критериям, включается в расчет показателя степени риска по субъективным критериям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) рассчитанные по субъектам значения по показателю R нормализуются в диапазон от 0 до 100 баллов. Нормализация данных осуществляется по каждой выборочной совокупности (выборке) с использованием следующей формулы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2286000" cy="685800"/>
+            <wp:extent cx="2882900" cy="609600"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2286000" cy="685800"/>
+                      <a:ext cx="2882900" cy="609600"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -4585,209 +3405,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R – показатель степени риска (итоговый) по субъективным критериям отдельного субъекта контроля,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      R</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – максимально возможное значение по шкале степени риска по субъективным критериям по субъектам, входящим в одну выборочную совокупность (выборку) (верхняя граница шкалы),</w:t>
+      Rmax – максимально возможное значение по шкале степени риска по субъективным критериям по субъектам, входящим в одну выборочную совокупность (выборку) (верхняя граница шкалы),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      R</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> – минимально возможное значение по шкале степени риска по субъективным критериям по субъектам, входящим в одну выборочную совокупность (выборку) (нижняя граница шкалы),</w:t>
+      Rmin – минимально возможное значение по шкале степени риска по субъективным критериям по субъектам, входящим в одну выборочную совокупность (выборку) (нижняя граница шкалы),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      R</w:t>
-[...81 lines deleted...]
-</w:t>
+      Rпром – промежуточный показатель степени риска по субъективным критериям, рассчитанный в соответствии с подпунктом 1 настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4823,258 +3521,174 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к Критериям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Критериям оценки</w:t>
+              <w:t>оценки степени риска за соблюдением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>степени риска за соблюдением</w:t>
+              <w:t>законодательства Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>законодательства</w:t>
+              <w:t>о противодействии легализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>(отмыванию) доходов, полученных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>о противодействии легализации</w:t>
+              <w:t>преступным путем, финансированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(отмыванию) доходов,</w:t>
+              <w:t>терроризма и финансированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>полученных преступным путем,</w:t>
+              <w:t>распространения оружия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и финансированию терроризма</w:t>
+              <w:t>массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z193" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Степени нарушений субъектами контроля требований законодательства</w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> и Министра национальной экономики РК от 26.03.2025 № 14 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Степени нарушений субъектами контроля требований законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5106,51 +3720,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>п/п</w:t>
+              <w:t>
+п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5255,51 +3870,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Предоставление, в том числе недостоверной информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5368,51 +3983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное представление (не позднее рабочего дня, следующего за днем совершения) информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Своевременное представление информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5481,87 +4096,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление информации о подозрительных операциях (которые не были признаны подозрительными до их проведения, представляются не позднее двадцати четырех часов после признания операции подозрительной в соответствии с правилами внутреннего контроля субъекта контроля)</w:t>
+Предоставление, в том числе недостоверных информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-значительное</w:t>
+грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5594,87 +4209,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление (не позднее рабочего дня, следующего за днем признания операции клиента имеющей характеристики, соответствующие типологиям, схемам, способам легализации (отмывания) преступных доходов и финансирования терроризма, и фиксирования результатов такого признания) информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Своевременное предоставление информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-значительное</w:t>
+незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5707,51 +4322,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение мер по фиксированию сведений и документов, запрашиваемых в рамках надлежащей проверки клиентов (их представителей) и бенефициарных собственников при установлении деловых отношений с клиентом, при осуществлении операций с деньгами и (или) иным имуществом, в том числе подозрительных операций, при наличии оснований для сомнения в достоверности ранее полученных сведений о клиенте (его представителе), бенефициарном собственнике, в части фиксирования сведений, необходимых для идентификации физического лица, юридического лица (филиала, представительства, иностранной структуры без образования юридического лица; выявления бенефициарного собственника и фиксирование сведений, необходимых для его идентификации; установления предполагаемой цели и характера деловых отношений; проведении на постоянной основе проверки деловых отношений и изучения операций, осуществляемых клиентом через данный субъект финансового мониторинга, включая при необходимости получение и фиксирование сведений об источнике финансирования совершаемых операций; проверки достоверности сведений, необходимых для идентификации клиента (его представителя), бенефициарного собственника, и обновление сведений о клиенте (его представителе) и бенефициарном собственнике; осуществления проверки принадлежности и (или) причастности клиента (его представителя) и бенефициарного собственника к публичному должностному лицу, его супруге (супругу) и близким родственникам; осуществления оценки репутации данного публичного должностного лица в отношении причастности его к случаям легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма; получении письменного разрешения руководящего работника организации на установление, продолжение деловых отношений с такими клиентами; предпринятии доступных мер для установления источника происхождения денег и (или) иного имущества такого клиента (его представителя) и бенефициарного собственника, применять на постоянной основе усиленные меры надлежащей проверки клиентов (их представителей) и бенефициарных собственников</w:t>
+Принятие мер по фиксированию сведений и документов, их хранению и защите</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5820,87 +4435,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение мер по хранению сведений и документов, защиты документов, запрашиваемых в рамках надлежащей проверки клиентов (их представителей) и бенефициарных собственников при установлении деловых отношений с клиентом, при осуществлении операций с деньгами и (или) иным имуществом, в том числе подозрительных операций, при наличии оснований для сомнения в достоверности ранее полученных сведений о клиенте (его представителе), бенефициарном собственнике, в части фиксирования сведений, необходимых для идентификации физического лица, юридического лица (филиала, представительства, иностранной структуры без образования юридического лица; выявления бенефициарного собственника и фиксирование сведений, необходимых для его идентификации; установления предполагаемой цели и характера деловых отношений; проведении на постоянной основе проверки деловых отношений и изучения операций, осуществляемых клиентом через данный субъект финансового мониторинга, включая при необходимости получение и фиксирование сведений об источнике финансирования совершаемых операций; проверки достоверности сведений, необходимых для идентификации клиента (его представителя), бенефициарного собственника, и обновление сведений о клиенте (его представителе) и бенефициарном собственнике; осуществления проверки принадлежности и (или) причастности клиента (его представителя) и бенефициарного собственника к публичному должностному лицу, его супруге (супругу) и близким родственникам; осуществления оценки репутации данного публичного должностного лица в отношении причастности его к случаям легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма; получении письменного разрешения руководящего работника организации на установление, продолжение деловых отношений с такими клиентами; предпринятии доступных мер для установления источника происхождения денег и (или) иного имущества такого клиента (его представителя) и бенефициарного собственника, применять на постоянной основе усиленные меры надлежащей проверки клиентов (их представителей) и бенефициарных собственников</w:t>
+Принятие мер по надлежащей проверке клиентов (их представителей) и бенефициарных собственников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-незначительное</w:t>
+грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5933,87 +4548,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие программы подготовки и обучения в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма, разработанной субъектами контроля</w:t>
+Принятие мер по замораживанию операций с деньгами и (или) иным имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-значительное</w:t>
+грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6046,51 +4661,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Принятие мер по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом, прекращению деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6159,87 +4774,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исполнение субъектами контроля обязанностей по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом и (или) предоставлению информации об отказах в установлении деловых отношений и проведении операций с деньгами и (или) имуществом</w:t>
+Предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-значительное</w:t>
+грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6272,87 +4887,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение требований по не извещению своих клиентов (их представителей) и (или) бенефициарных собственников о предоставлении в уполномоченный орган информации</w:t>
+Своевременное предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-грубое</w:t>
+незначительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6385,51 +5000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие правил внутреннего контроля</w:t>
+Приостановление операций клиентов по решению уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6498,87 +5113,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие принятых правил внутреннего контроля и программ его осуществления утвержденным требованиям (программа организации внутреннего контроля, включая требования, предъявляемые к работникам субъектов контроля, ответственным за реализацию и соблюдение правил внутреннего контроля, программа управления рисками, учитывающая риски клиентов и риски использования услуг в преступных целях, включая риск использования технологических достижений, программа идентификации клиентов, программа мониторинга и изучения операций клиентов, включая изучение сложных, необычно крупных и других необычных операций клиентов, программа подготовки и обучения в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма), разработанной субъектами финансового мониторинга</w:t>
+Извещение своих клиентов и иных лиц о предоставлении в уполномоченный орган информации и получении от уполномоченного органа перечня организаций и лиц, совершающих подозрительные операции с деньгами и (или) иным имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-значительное</w:t>
+грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6611,87 +5226,1354 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации о подозрительных операциях, подлежащих финансовому мониторингу</w:t>
+Наличие правил внутреннего контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствие правил внутреннего контроля требованиям законодательства о ПОД/ФТ/ФРОМУ, включая следующие:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+правила внутреннего контроля включают в себя программы организации внутреннего контроля, управления рисками, идентификации клиента, мониторинга и изучения операций клиентов, подготовки и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+правила внутреннего контроля утверждаются субъектом (высшим органом управления либо руководителем) и размещаются в личном кабинете;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа организации внутреннего контроля включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок назначения лица, ответственного за реализацию и соблюдение правил внутреннего контроля (далее – ответственное лицо);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) полномочия и обязанности, возлагаемые на ответственное лицо;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок возложения обязанностей ответственного лица на период его временного отсутствия (отпуск, временная нетрудоспособность, служебная командировка);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) полномочия и обязанности структурного подразделения, выполняющего функции по ПОД/ФТ/ФРОМУ (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) описание системы внутреннего контроля субъекта и его филиала (при наличии), а также порядок взаимодействия структурных подразделений юридического лица (работников индивидуального предпринимателя) по вопросам реализации правил внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) порядок внесения изменений в правила внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) порядок проверки системы внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) порядок хранения документов и сведений, полученных в результате реализации обязанностей по ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа управления рисками включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок оценки и отнесения клиента к степени (уровню) риска при установлении деловых отношений, а также применения упрощенных или усиленных мер надлежащей проверки клиентов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порядок и сроки пересмотра степени (уровня) риска клиента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок управления рисками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок оценки рисков использования новых услуг (продуктов) и (или) программно-технических средств в целях ОД/ФТ/ФРОМУ, включающий разработку комплекса мер, направленных на их снижение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) порядок фиксирования результатов оценки степени (уровня) риска и управления рисками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа идентификации клиента включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок принятия мер надлежащей проверки клиента (его представителя) и бенефициарного собственника, а также подтверждения достоверности полученных сведений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) проверку наличия клиента (его представителя) и бенефициарного собственника в перечнях организаций и лиц, связанных с финансированием терроризма и экстремизма, и финансированием распространения оружия массового уничтожения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок выявления иностранных публичных должностных лиц, а также лиц, находящихся в перечне публичных должностных лиц, утверждаемом Президентом Республики Казахстан, с определением источников происхождения денежных средств или иного имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок выявления физических и юридических лиц, имеющих регистрацию, место жительства или место нахождения в государстве (на территории), которое не выполняет рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа мониторинга и изучения операций клиентов включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) процедуры выявления операций, подлежащих финансовому мониторингу и подозрительной деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порядок принятия решения об отказе в проведении операции либо установлении (прекращении) деловых отношений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок и периодичность проведения сверки на наличие своих клиентов, в отношении которых должны применяться меры по замораживанию операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок принятия мер по замораживанию операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) порядок действий, связанных с приостановлением операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) порядок взаимодействия и информирования клиента о применяемых мерах по ПОД/ФТ/ФРОМУ с учетом запрета информирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) порядок взаимодействия с клиентами для осуществления операций с деньгами или иным имуществом в рамках их обращения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) порядок представления в уполномоченный орган сообщений о фактах отказа в совершении операции либо установлении (прекращении) деловых отношений, замораживания и приостановления операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа подготовки и обучения субъектов в сфере ПОД/ФТ/ФРОМУ включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) изучение нормативных правовых актов Республики Казахстан в сфере ПОД/ФТ/ФРОМУ и международных стандартов в области ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) изучение правил внутреннего контроля и программы их осуществления при исполнении субъектами своих служебных обязанностей, а также меру ответственности за неисполнение требований законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) изучение типологий, схем и способов ОД/ФТ/ФРОМУ, а также признаков определения подозрительных операций и подозрительной деятельности клиента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ответственный работник по ПОД/ФТ/ФРОМУ и (или) работник подразделения ПОД/ФТ/ФРОМУ до начала осуществления ими функций, связанных с соблюдением законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ, проходят тестирование на интернет-ресурсе уполномоченного органа по осуществляемому виду деятельности в онлайн формате с использованием биометрического контроля тестируемого лица;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) субъекты, осуществляющие свою деятельность единолично, проходят тестирование на интернет-ресурсе уполномоченного органа по осуществляемому виду деятельности в онлайн формате с использованием биометрического контроля тестируемого лица в течение 3 (трех) месяцев с начала осуществления своей деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) cрок действия результатов тестирования составляет 3 (три) года с момента прохождения аттестации с положительным результатом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат имеет юридическую силу в течение всего срока действия и может быть предъявлен в электронном или распечатанном виде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исполнение программы подготовки и обучения в сфере ПОД/ФТ/ФРОМУ, утвержденной правилами внутреннего контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Направление уведомления о начале или прекращении деятельности в уполномоченный орган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грубое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрация в личном кабинете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+грубое</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в личном кабинете результатов оценки степени подверженности услуг (продуктов) рискам ОД/ФТ/ФРОМУ; правил внутреннего контроля; сертификата о прохождении тестирования на знание законодательства о ПОД/ФТ/ФРОМУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6730,234 +6612,174 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 2 к Критериям</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Критериям оценки</w:t>
+              <w:t>оценки степени риска за соблюдением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>степени риска за соблюдением</w:t>
+              <w:t>законодательства Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>законодательства</w:t>
+              <w:t>о противодействии легализации</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>(отмыванию) доходов, полученных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>о противодействии легализации</w:t>
+              <w:t>преступным путем, финансированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(отмыванию) доходов,</w:t>
+              <w:t>терроризма и финансированию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>полученных преступным путем,</w:t>
+              <w:t>распространения оружия</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и финансированию терроризма</w:t>
+              <w:t>массового уничтожения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям в сфере государственного контроля за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма в отношении юридических консультантов, и других независимых специалистов по юридическим вопросам – в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) иным имуществом в отношении следующей деятельности: купли-продажи недвижимости, управления деньгами, ценными бумагами или иным имуществом клиента, управления банковскими счетами или счетами ценных бумаг, аккумулирования средств для создания, обеспечения, функционирования или управления компанией, создания, купли-продажи, функционирования юридического лица или управления им; индивидуальных предпринимателей и юридических лиц, осуществляющих лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальных предпринимателей и юридических лиц, оказывающих посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальных предпринимателей и юридических лиц, осуществляющих операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них, бухгалтерских организаций и профессиональных бухгалтеров, осуществляющих предпринимательскую деятельность в сфере бухгалтерского учета</w:t>
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> и Министра национальной экономики РК от 26.03.2025 № 14 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -7406,197 +7228,197 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Предоставление информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подпункт 1) пункта 12 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля (ЕИАС, ИС ЭСФ, Единый реестр досудебных расследований), подпункт 4) пункта 12 Критериев результаты анализа сведений, представляемых государственными органами и организациями.</w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Выход на профилактический контроль с посещением субъекта контроля</w:t>
+Выход на профилактический контроль с посещением субъекта контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие</w:t>
+Направлено</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие</w:t>
+Не направлено</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7888,270 +7710,262 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное представление (не позднее рабочего дня, следующего за днем совершения) информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Регистрация в личном кабинете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подпункт 2) пункта 12 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля и надзора (ЕИАС))</w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+Выход на профилактический контроль с посещением субъекта контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-1 рабочих дней</w:t>
+Наличие регистрации личного кабинета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 - 10 рабочих дней</w:t>
+Отсутствие регистрации личного кабинета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -8235,245 +8049,341 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33%</w:t>
+100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Направление уведомления о начале или прекращении деятельности в уполномоченный орган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выход на профилактический контроль с посещением субъекта контроля</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Направлено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Не направлено</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8503,539 +8413,523 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-24 часов</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1 - 10 дней </w:t>
+              <w:t>
+100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Предоставление, в том числе недостоверных информации, сведений и документов по запросу уполномоченного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выход на профилактический контроль с посещением субъекта контроля</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0%</w:t>
+Предоставлено</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33%</w:t>
+Не предоставлено</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9074,89 +8968,97 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -9217,307 +9119,299 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление (не позднее рабочего дня, следующего за днем признания операции клиента имеющей характеристики, соответствующие типологиям, схемам, способам легализации (отмывания) преступных доходов и финансирования терроризма, и фиксирования результатов такого признания) информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Принятие мер по надлежащей проверке клиентов (их представителей) и бенефициарных собственников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подпункт 1) пункта 12 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля и надзора (ЕИАС))</w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+Выход на профилактический контроль с посещением субъекта контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0-1 рабочих дней</w:t>
+Использование списков, перечней уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 - 10 рабочих дней</w:t>
+Не использование списков и перечней уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -9601,598 +9495,614 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33%</w:t>
+100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Своевременное представление информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0-1 дней (24 часов)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2–10 дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-20 дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 и более дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие результатов тестирования</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие результатов тестирования</w:t>
+33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10231,97 +10141,89 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -10382,299 +10284,307 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие выделенного канала связи</w:t>
+Своевременное предоставление информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-подпункт 1) пункта 12 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля и надзора (портал WEB СФМ))</w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие регистрации в выделенном канале связи</w:t>
+0-3 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие регистрации в выделенном канале связи</w:t>
+4-10 дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-20 дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 и более дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -10758,341 +10668,245 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+33%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 100%</w:t>
             </w:r>
-          </w:p>
-[...62 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11122,523 +10936,539 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...47 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Своевременное предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 0%</w:t>
+0-1 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100% </w:t>
+2-10 рабочих дней</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-20 рабочих дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 и более рабочих дней</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...143 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие</w:t>
+0%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отсутствие</w:t>
+33%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
@@ -11677,97 +11507,1238 @@
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в личном кабинете результатов оценки степени подверженности услуг (продуктов) рискам ОД/ФТ/ФРОМУ; правил внутреннего контроля; сертификата о прохождении тестирования на знание законодательства о ПОД/ФТ/ФРОМУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исполнение обязанностей по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом, прекращению деловых отношений с клиентом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+подпункты 1), 3), 4) пункта 13 Критериев (результаты мониторинга отчетности и сведений, представляемых субъектом контроля; результаты анализа сведений, представляемых государственными органами и организациями; результаты профилактического контроля без посещения субъекта (объекта) контроля (итоговые документы, выданные по итогам профилактического контроля без посещения субъекта (объекта) контроля)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Выход на профилактический контроль с посещением субъекта контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в списках и перечнях уполномоченного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Отсутствие в списках и перечнях уполномоченного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11792,50 +12763,71 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11979,326 +12971,343 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 августа 2021 года № 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="70"/>
+    <w:bookmarkStart w:name="z196" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проверочный лист в сфере государственного контроля за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма в отношении юридических консультантов, и других независимых специалистов по юридическим вопросам – в случаях, когда они от имени или по поручению клиента участвуют в операциях с деньгами и (или) иным имуществом в отношении следующей деятельности: купли-продажи недвижимости, управления деньгами, ценными бумагами или иным имуществом клиента, управления банковскими счетами или счетами ценных бумаг, аккумулирования средств для создания, обеспечения, функционирования или управления компанией, создания, купли-продажи, функционирования юридического лица или управления им; индивидуальных предпринимателей и юридических лиц, осуществляющих лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальных предпринимателей и юридических лиц, оказывающих посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальных предпринимателей и юридических лиц, осуществляющих операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них</w:t>
+        <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения в соответствии со статьей 138 Предпринимательского кодекса Республики Казахстан в отношении юридических консультантов, независимых специалистов по юридическим вопросам; индивидуальных предпринимателей и юридических лиц, осуществляющих лизинговую деятельность в качестве лизингодателя без лицензии; индивидуальных предпринимателей и юридических лиц, оказывающих посреднические услуги при осуществлении сделок купли-продажи недвижимого имущества; индивидуальных предпринимателей и юридических лиц, осуществляющих операции с драгоценными металлами и драгоценными камнями, ювелирными изделиями из них</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 2 - в редакции </w:t>
+      Сноска. Приложение 2 – в редакции совместного приказа Председателя Агентства РК по финансовому мониторингу от 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>cовместного приказа</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Председателя Агентства РК по финансовому мониторингу от 25.05.2023 № 3 и Министра национальной экономики РК от 26.05.2023 № 84 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 06.01.2026 № 1 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственный орган, назначивший проверку/профилактический контроль</w:t>
+      ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>с посещением субъекта контроля _____________________________________</w:t>
+        <w:t xml:space="preserve">       наименование однородной группы субъектов (объектов) контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
+        <w:t xml:space="preserve">       Государственный орган, назначивший проверку/профилактический контроль с </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
+        <w:t xml:space="preserve">посещением субъекта (объекта) контроля ____________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>контроля __________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________ №, дата</w:t>
+        <w:t xml:space="preserve">       Акт о назначении проверки/профилактического контроля с посещением субъекта </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Наименование субъекта контроля _____________________________________</w:t>
+        <w:t xml:space="preserve">(объекта) контроля _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________№, дата</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный номер</w:t>
+        <w:t xml:space="preserve">       Наименование субъекта (объекта) контроля ____________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>субъекта контроля __________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t xml:space="preserve">(Индивидуальный идентификационный номер), бизнес-идентификационный номер субъекта </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес места нахождения _____________________________________________</w:t>
+        <w:t xml:space="preserve">(объекта) контроля _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес места нахождения ____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12648,51 +13657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Предоставление, в том числе недостоверной информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12789,51 +13798,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное представление (не позднее рабочего дня, следующего за днем совершения) информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Своевременное представление информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12930,51 +13939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление информации о подозрительных операциях (которые не были признаны подозрительными до их проведения, представляются не позднее двадцати четырех часов после признания операции подозрительной в соответствии с правилами внутреннего контроля субъекта контроля)</w:t>
+Предоставление, в том числе недостоверных информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13071,51 +14080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление (не позднее рабочего дня, следующего за днем признания операции клиента имеющей характеристики, соответствующие типологиям, схемам, способам легализации (отмывания) преступных доходов и финансирования терроризма, и фиксирования результатов такого признания) информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Своевременное предоставление информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13212,51 +14221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение мер по фиксированию сведений и документов, запрашиваемых в рамках надлежащей проверки клиентов (их представителей) и бенефициарных собственников при установлении деловых отношений с клиентом, при осуществлении операций с деньгами и (или) иным имуществом, в том числе подозрительных операций, при наличии оснований для сомнения в достоверности ранее полученных сведений о клиенте (его представителе), бенефициарном собственнике, в части фиксирования сведений, необходимых для идентификации физического лица, юридического лица (филиала, представительства, иностранной структуры без образования юридического лица; выявления бенефициарного собственника и фиксирование сведений, необходимых для его идентификации; установления предполагаемой цели и характера деловых отношений; проведении на постоянной основе проверки деловых отношений и изучения операций, осуществляемых клиентом через данный субъект финансового мониторинга, включая при необходимости получение и фиксирование сведений об источнике финансирования совершаемых операций; проверки достоверности сведений, необходимых для идентификации клиента (его представителя), бенефициарного собственника, и обновление сведений о клиенте (его представителе) и бенефициарном собственнике; осуществления проверки принадлежности и (или) причастности клиента (его представителя) и бенефициарного собственника к публичному должностному лицу, его супруге (супругу) и близким родственникам; осуществления оценки репутации данного публичного должностного лица в отношении причастности его к случаям легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма; получении письменного разрешения руководящего работника организации на установление, продолжение деловых отношений с такими клиентами; предпринятии доступных мер для установления источника происхождения денег и (или) иного имущества такого клиента (его представителя) и бенефициарного собственника, применять на постоянной основе усиленные меры надлежащей проверки клиентов (их представителей) и бенефициарных собственников</w:t>
+Принятие мер по фиксированию сведений и документов, их хранению и защите</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13353,51 +14362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение мер по хранению сведений и документов, защиты документов, запрашиваемых в рамках надлежащей проверки клиентов (их представителей) и бенефициарных собственников при установлении деловых отношений с клиентом, при осуществлении операций с деньгами и (или) иным имуществом, в том числе подозрительных операций, при наличии оснований для сомнения в достоверности ранее полученных сведений о клиенте (его представителе), бенефициарном собственнике, в части фиксирования сведений, необходимых для идентификации физического лица, юридического лица (филиала, представительства, иностранной структуры без образования юридического лица; выявления бенефициарного собственника и фиксирование сведений, необходимых для его идентификации; установления предполагаемой цели и характера деловых отношений; проведении на постоянной основе проверки деловых отношений и изучения операций, осуществляемых клиентом через данный субъект финансового мониторинга, включая при необходимости получение и фиксирование сведений об источнике финансирования совершаемых операций; проверки достоверности сведений, необходимых для идентификации клиента (его представителя), бенефициарного собственника, и обновление сведений о клиенте (его представителе) и бенефициарном собственнике; осуществления проверки принадлежности и (или) причастности клиента (его представителя) и бенефициарного собственника к публичному должностному лицу, его супруге (супругу) и близким родственникам; осуществления оценки репутации данного публичного должностного лица в отношении причастности его к случаям легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма; получении письменного разрешения руководящего работника организации на установление, продолжение деловых отношений с такими клиентами; предпринятии доступных мер для установления источника происхождения денег и (или) иного имущества такого клиента (его представителя) и бенефициарного собственника, применять на постоянной основе усиленные меры надлежащей проверки клиентов (их представителей) и бенефициарных собственников</w:t>
+Принятие мер по надлежащей проверке клиентов (их представителей) и бенефициарных собственников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13494,51 +14503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие программы подготовки и обучения в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма, разработанной субъектами контроля</w:t>
+Принятие мер по замораживанию операций с деньгами и (или) иным имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13635,51 +14644,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Принятие мер по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом, прекращению деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13776,51 +14785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исполнение субъектами контроля обязанностей по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом и (или) предоставлению информации об отказах в установлении деловых отношений и проведении операций с деньгами и (или) имуществом</w:t>
+Предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13917,51 +14926,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение требований по не извещению своих клиентов (их представителей) и (или) бенефициарных собственников о предоставлении в уполномоченный орган информации</w:t>
+Своевременное предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14058,51 +15067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие правил внутреннего контроля</w:t>
+Приостановление операций клиентов по решению уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14199,51 +15208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие принятых правил внутреннего контроля и программ его осуществления утвержденным требованиям (программа организации внутреннего контроля, включая требования, предъявляемые к работникам субъектов контроля, ответственным за реализацию и соблюдение правил внутреннего контроля, программа управления рисками, учитывающая риски клиентов и риски использования услуг в преступных целях, включая риск использования технологических достижений, программа идентификации клиентов, программа мониторинга и изучения операций клиентов, включая изучение сложных, необычно крупных и других необычных операций клиентов, программа подготовки и обучения в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма), разработанной субъектами финансового мониторинга</w:t>
+Извещение своих клиентов и иных лиц о предоставлении в уполномоченный орган информации и получении от уполномоченного органа перечня организаций и лиц, совершающих подозрительные операции с деньгами и (или) иным имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14340,51 +15349,1458 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Наличие правил внутреннего контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствие правил внутреннего контроля требованиям законодательства о ПОД/ФТ/ФРОМУ, включая следующие:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+правила внутреннего контроля включают в себя программы организации внутреннего контроля, управления рисками, идентификации клиента, мониторинга и изучения операций клиентов, подготовки и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+правила внутреннего контроля утверждаются субъектом (высшим органом управления либо руководителем) и размещаются в личном кабинете;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа организации внутреннего контроля включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок назначения лица, ответственного за реализацию и соблюдение правил внутреннего контроля (далее – ответственное лицо);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) полномочия и обязанности, возлагаемые на ответственное лицо;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок возложения обязанностей ответственного лица на период его временного отсутствия (отпуск, временная нетрудоспособность, служебная командировка);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) полномочия и обязанности структурного подразделения, выполняющего функции по ПОД/ФТ/ФРОМУ (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) описание системы внутреннего контроля субъекта и его филиала (при наличии), а также порядок взаимодействия структурных подразделений юридического лица (работников индивидуального предпринимателя) по вопросам реализации правил внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) порядок внесения изменений в правила внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) порядок проверки системы внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) порядок хранения документов и сведений, полученных в результате реализации обязанностей по ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа управления рисками включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок оценки и отнесения клиента к степени (уровню) риска при установлении деловых отношений, а также применения упрощенных или усиленных мер надлежащей проверки клиентов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порядок и сроки пересмотра степени (уровня) риска клиента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок управления рисками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок оценки рисков использования новых услуг (продуктов) и (или) программно-технических средств в целях ОД/ФТ/ФРОМУ, включающий разработку комплекса мер, направленных на их снижение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) порядок фиксирования результатов оценки степени (уровня) риска и управления рисками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа идентификации клиента включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок принятия мер надлежащей проверки клиента (его представителя) и бенефициарного собственника, а также подтверждения достоверности полученных сведений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) проверку наличия клиента (его представителя) и бенефициарного собственника в перечнях организаций и лиц, связанных с финансированием терроризма и экстремизма, и финансированием распространения оружия массового уничтожения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок выявления иностранных публичных должностных лиц, а также лиц, находящихся в перечне публичных должностных лиц, утверждаемом Президентом Республики Казахстан, с определением источников происхождения денежных средств или иного имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок выявления физических и юридических лиц, имеющих регистрацию, место жительства или место нахождения в государстве (на территории), которое не выполняет рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа мониторинга и изучения операций клиентов включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) процедуры выявления операций, подлежащих финансовому мониторингу и подозрительной деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порядок принятия решения об отказе в проведении операции либо установлении (прекращении) деловых отношений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок и периодичность проведения сверки на наличие своих клиентов, в отношении которых должны применяться меры по замораживанию операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок принятия мер по замораживанию операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) порядок действий, связанных с приостановлением операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) порядок взаимодействия и информирования клиента о применяемых мерах по ПОД/ФТ/ФРОМУ с учетом запрета информирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) порядок взаимодействия с клиентами для осуществления операций с деньгами или иным имуществом в рамках их обращения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) порядок представления в уполномоченный орган сообщений о фактах отказа в совершении операции либо установлении (прекращении) деловых отношений, замораживания и приостановления операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа подготовки и обучения субъектов в сфере ПОД/ФТ/ФРОМУ включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) изучение нормативных правовых актов Республики Казахстан в сфере ПОД/ФТ/ФРОМУ и международных стандартов в области ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) изучение правил внутреннего контроля и программы их осуществления при исполнении субъектами своих служебных обязанностей, а также меру ответственности за неисполнение требований законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) изучение типологий, схем и способов ОД/ФТ/ФРОМУ, а также признаков определения подозрительных операций и подозрительной деятельности клиента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ответственный работник по ПОД/ФТ/ФРОМУ и (или) работник подразделения ПОД/ФТ/ФРОМУ до начала осуществления ими функций, связанных с соблюдением законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ, проходят тестирование на интернет-ресурсе уполномоченного органа по осуществляемому виду деятельности в онлайн формате с использованием биометрического контроля тестируемого лица;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) субъекты, осуществляющие свою деятельность единолично, проходят тестирование на интернет-ресурсе уполномоченного органа по осуществляемому виду деятельности в онлайн формате с использованием биометрического контроля тестируемого лица в течение 3 (трех) месяцев с начала осуществления своей деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) cрок действия результатов тестирования составляет 3 (три) года с момента прохождения аттестации с положительным результатом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат имеет юридическую силу в течение всего срока действия и может быть предъявлен в электронном или распечатанном виде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исполнение программы подготовки и обучения в сфере ПОД/ФТ/ФРОМУ, утвержденной правилами внутреннего контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Направление уведомления о начале или прекращении деятельности в уполномоченный орган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрация в личном кабинете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в личном кабинете результатов оценки степени подверженности услуг (продуктов) рискам ОД/ФТ/ФРОМУ; правил внутреннего контроля; сертификата о прохождении тестирования на знание законодательства о ПОД/ФТ/ФРОМУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14442,187 +16858,228 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________ _______________</w:t>
+        <w:t>
+      ______________________________ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>должность подпись</w:t>
+        <w:t>
+      должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
+        <w:t>
+      _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>
+      фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель субъекта контроля</w:t>
+        <w:t>
+      Руководитель субъекта контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________ _______________________</w:t>
+        <w:t>
+      ______________________ _______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>должность подпись</w:t>
+        <w:t>
+      должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
+        <w:t>
+      _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>
+      фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14768,326 +17225,360 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по финансовому мониторингу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 16 августа 2021 года № 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z197" w:id="71"/>
+    <w:bookmarkStart w:name="z197" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Проверочный лист в сфере государственного контроля за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма в отношении бухгалтерских организаций и профессиональных бухгалтеров, осуществляющих предпринимательскую деятельность в сфере бухгалтерского учета</w:t>
+        <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения в соответствии со статьей 138 Предпринимательского кодекса Республики Казахстан в отношении бухгалтерских организаций и профессиональных бухгалтеров, осуществляющих предпринимательскую деятельность в сфере бухгалтерского учета; Государственной корпорации "Правительство для граждан"; операторов сотовой связи; фонда социального медицинского страхования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 3 - в редакции </w:t>
+      Сноска. Приложение 3 – в редакции совместного приказа Председателя Агентства РК по финансовому мониторингу от 05.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>cовместного приказа</w:t>
+        <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Председателя Агентства РК по финансовому мониторингу от 25.05.2023 № 3 и Министра национальной экономики РК от 26.05.2023 № 84 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> и и.о. Министра национальной экономики РК от 06.01.2026 № 1 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственный орган, назначивший проверку/профилактический контроль</w:t>
+      ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>с посещением субъекта контроля _____________________________________</w:t>
+        <w:t xml:space="preserve">       наименование однородной группы субъектов (объектов) контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>__________________________________________________________________</w:t>
+        <w:t xml:space="preserve">       Государственный орган, назначивший проверку/профилактический контроль с </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Акт о назначении проверки/профилактического контроля с посещением субъекта</w:t>
+        <w:t xml:space="preserve">посещением субъекта (объекта) контроля ____________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>контроля __________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________ №, дата</w:t>
+        <w:t xml:space="preserve">       Акт о назначении проверки/профилактического контроля с посещением субъекта </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Наименование субъекта контроля _____________________________________</w:t>
+        <w:t xml:space="preserve">(объекта) контроля________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________ №, дата</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный номер</w:t>
+        <w:t xml:space="preserve">       Наименование субъекта (объекта) контроля  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>субъекта контроля ___________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t xml:space="preserve">(Индивидуальный идентификационный номер), бизнес-идентификационный номер субъекта </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Адрес места нахождения _____________________________________________</w:t>
+        <w:t xml:space="preserve">(объекта) контроля _________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>___________________________________________________________________</w:t>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Адрес места нахождения ____________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15437,51 +17928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Предоставление, в том числе недостоверной информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15578,51 +18069,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное представление (не позднее рабочего дня, следующего за днем совершения) информации об операциях с деньгами и (или) имуществом, подлежащих финансовому мониторингу (операция, которая равна или превышает пороговую сумму)</w:t>
+Своевременное представление информации об операциях с деньгами и (или) иным имуществом, подлежащих финансовому мониторингу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15719,51 +18210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление информации о подозрительных операциях (которые не были признаны подозрительными до их проведения, представляются не позднее двадцати четырех часов после признания операции подозрительной в соответствии с правилами внутреннего контроля субъекта контроля)</w:t>
+Предоставление, в том числе недостоверных информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15860,51 +18351,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Своевременное предоставление (не позднее рабочего дня, следующего за днем признания операции клиента имеющей характеристики, соответствующие типологиям, схемам, способам легализации (отмывания) преступных доходов и финансирования терроризма, и фиксирования результатов такого признания) информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Своевременное предоставление информации, сведений и документов по запросу уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16001,51 +18492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение мер по фиксированию сведений и документов, запрашиваемых в рамках надлежащей проверки клиентов (их представителей) и бенефициарных собственников при установлении деловых отношений с клиентом, при осуществлении операций с деньгами и (или) иным имуществом, в том числе подозрительных операций, при наличии оснований для сомнения в достоверности ранее полученных сведений о клиенте (его представителе), бенефициарном собственнике, в части фиксирования сведений, необходимых для идентификации физического лица, юридического лица (филиала, представительства, иностранной структуры без образования юридического лица; выявления бенефициарного собственника и фиксирование сведений, необходимых для его идентификации; установления предполагаемой цели и характера деловых отношений; проведении на постоянной основе проверки деловых отношений и изучения операций, осуществляемых клиентом через данный субъект финансового мониторинга, включая при необходимости получение и фиксирование сведений об источнике финансирования совершаемых операций; проверки достоверности сведений, необходимых для идентификации клиента (его представителя), бенефициарного собственника, и обновление сведений о клиенте (его представителе) и бенефициарном собственнике; осуществления проверки принадлежности и (или) причастности клиента (его представителя) и бенефициарного собственника к публичному должностному лицу, его супруге (супругу) и близким родственникам; осуществления оценки репутации данного публичного должностного лица в отношении причастности его к случаям легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма; получении письменного разрешения руководящего работника организации на установление, продолжение деловых отношений с такими клиентами; предпринятии доступных мер для установления источника происхождения денег и (или) иного имущества такого клиента (его представителя) и бенефициарного собственника, применять на постоянной основе усиленные меры надлежащей проверки клиентов (их представителей) и бенефициарных собственников</w:t>
+Принятие мер по фиксированию сведений и документов, их хранению и защите</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16142,51 +18633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение мер по хранению сведений и документов, защиты документов, запрашиваемых в рамках надлежащей проверки клиентов (их представителей) и бенефициарных собственников при установлении деловых отношений с клиентом, при осуществлении операций с деньгами и (или) иным имуществом, в том числе подозрительных операций, при наличии оснований для сомнения в достоверности ранее полученных сведений о клиенте (его представителе), бенефициарном собственнике, в части фиксирования сведений, необходимых для идентификации физического лица, юридического лица (филиала, представительства, иностранной структуры без образования юридического лица; выявления бенефициарного собственника и фиксирование сведений, необходимых для его идентификации; установления предполагаемой цели и характера деловых отношений; проведении на постоянной основе проверки деловых отношений и изучения операций, осуществляемых клиентом через данный субъект финансового мониторинга, включая при необходимости получение и фиксирование сведений об источнике финансирования совершаемых операций; проверки достоверности сведений, необходимых для идентификации клиента (его представителя), бенефициарного собственника, и обновление сведений о клиенте (его представителе) и бенефициарном собственнике; осуществления проверки принадлежности и (или) причастности клиента (его представителя) и бенефициарного собственника к публичному должностному лицу, его супруге (супругу) и близким родственникам; осуществления оценки репутации данного публичного должностного лица в отношении причастности его к случаям легализации (отмывания) доходов, полученных преступным путем, и финансирования терроризма; получении письменного разрешения руководящего работника организации на установление, продолжение деловых отношений с такими клиентами; предпринятии доступных мер для установления источника происхождения денег и (или) иного имущества такого клиента (его представителя) и бенефициарного собственника, применять на постоянной основе усиленные меры надлежащей проверки клиентов (их представителей) и бенефициарных собственников</w:t>
+Принятие мер по надлежащей проверке клиентов (их представителей) и бенефициарных собственников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16283,51 +18774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие программы подготовки и обучения в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма, разработанной субъектами контроля</w:t>
+Принятие мер по замораживанию операций с деньгами и (или) иным имуществом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16424,51 +18915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Предоставление информации об операциях клиента, имеющих характеристики, соответствующие типологиям, схемам и способам легализации (отмывания) преступных доходов и финансирования терроризма</w:t>
+Принятие мер по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом, прекращению деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16565,51 +19056,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Исполнение субъектами контроля обязанностей по отказу клиенту в установлении деловых отношений и проведении операций с деньгами и (или) имуществом и (или) предоставлению информации об отказах в установлении деловых отношений и проведении операций с деньгами и (или) имуществом</w:t>
+Предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16706,51 +19197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соблюдение требований по не извещению своих клиентов (их представителей) и (или) бенефициарных собственников о предоставлении в уполномоченный орган информации</w:t>
+Своевременное предоставление информации о мерах по замораживанию операций с деньгами и (или) иным имуществом, об отказах в установлении деловых отношений, проведении операций с деньгами и (или) имуществом, прекращении деловых отношений с клиентом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16847,51 +19338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наличие правил внутреннего контроля</w:t>
+Приостановление операций клиентов по решению уполномоченного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16988,51 +19479,1458 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Соответствие принятых правил внутреннего контроля и программ его осуществления утвержденным требованиям (программа организации внутреннего контроля, включая требования, предъявляемые к работникам субъектов контроля, ответственным за реализацию и соблюдение правил внутреннего контроля, программа управления рисками, учитывающая риски клиентов и риски использования услуг в преступных целях, включая риск использования технологических достижений, программа идентификации клиентов, программа мониторинга и изучения операций клиентов, включая изучение сложных, необычно крупных и других необычных операций клиентов, программа подготовки и обучения в сфере противодействия легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма), разработанной субъектами финансового мониторинга</w:t>
+Извещение своих клиентов и иных лиц о предоставлении в уполномоченный орган информации и получении от уполномоченного органа перечня организаций и лиц, совершающих подозрительные операции с деньгами и (или) иным имуществом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие правил внутреннего контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соответствие правил внутреннего контроля требованиям законодательства о ПОД/ФТ/ФРОМУ, включая следующие:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+правила внутреннего контроля включают в себя программы организации внутреннего контроля, управления рисками, идентификации клиента, мониторинга и изучения операций клиентов, подготовки и обучения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+правила внутреннего контроля утверждаются субъектом (высшим органом управления либо руководителем) и размещаются в личном кабинете;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа организации внутреннего контроля включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок назначения лица, ответственного за реализацию и соблюдение правил внутреннего контроля (далее – ответственное лицо);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) полномочия и обязанности, возлагаемые на ответственное лицо;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок возложения обязанностей ответственного лица на период его временного отсутствия (отпуск, временная нетрудоспособность, служебная командировка);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) полномочия и обязанности структурного подразделения, выполняющего функции по ПОД/ФТ/ФРОМУ (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) описание системы внутреннего контроля субъекта и его филиала (при наличии), а также порядок взаимодействия структурных подразделений юридического лица (работников индивидуального предпринимателя) по вопросам реализации правил внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) порядок внесения изменений в правила внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) порядок проверки системы внутреннего контроля;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) порядок хранения документов и сведений, полученных в результате реализации обязанностей по ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа управления рисками включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок оценки и отнесения клиента к степени (уровню) риска при установлении деловых отношений, а также применения упрощенных или усиленных мер надлежащей проверки клиентов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порядок и сроки пересмотра степени (уровня) риска клиента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок управления рисками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок оценки рисков использования новых услуг (продуктов) и (или) программно-технических средств в целях ОД/ФТ/ФРОМУ, включающий разработку комплекса мер, направленных на их снижение;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) порядок фиксирования результатов оценки степени (уровня) риска и управления рисками;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа идентификации клиента включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) порядок принятия мер надлежащей проверки клиента (его представителя) и бенефициарного собственника, а также подтверждения достоверности полученных сведений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) проверку наличия клиента (его представителя) и бенефициарного собственника в перечнях организаций и лиц, связанных с финансированием терроризма и экстремизма, и финансированием распространения оружия массового уничтожения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок выявления иностранных публичных должностных лиц, а также лиц, находящихся в перечне публичных должностных лиц, утверждаемом Президентом Республики Казахстан, с определением источников происхождения денежных средств или иного имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок выявления физических и юридических лиц, имеющих регистрацию, место жительства или место нахождения в государстве (на территории), которое не выполняет рекомендации Группы разработки финансовых мер борьбы с отмыванием денег (ФАТФ);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа мониторинга и изучения операций клиентов включает</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) процедуры выявления операций, подлежащих финансовому мониторингу и подозрительной деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порядок принятия решения об отказе в проведении операции либо установлении (прекращении) деловых отношений;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) порядок и периодичность проведения сверки на наличие своих клиентов, в отношении которых должны применяться меры по замораживанию операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) порядок принятия мер по замораживанию операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) порядок действий, связанных с приостановлением операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) порядок взаимодействия и информирования клиента о применяемых мерах по ПОД/ФТ/ФРОМУ с учетом запрета информирования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) порядок взаимодействия с клиентами для осуществления операций с деньгами или иным имуществом в амках их обращения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) порядок представления в уполномоченный орган сообщений о фактах отказа в совершении операции либо установлении (прекращении) деловых отношений, замораживания и приостановления операций;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+программа подготовки и обучения субъектов в сфере ПОД/ФТ/ФРОМУ включает:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) изучение нормативных правовых актов Республики Казахстан в сфере ПОД/ФТ/ФРОМУ и международных стандартов в области ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) изучение правил внутреннего контроля и программы их осуществления при исполнении субъектами своих служебных обязанностей, а также меру ответственности за неисполнение требований законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) изучение типологий, схем и способов ОД/ФТ/ФРОМУ, а также признаков определения подозрительных операций и подозрительной деятельности клиента;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) ответственный работник по ПОД/ФТ/ФРОМУ и (или) работник подразделения ПОД/ФТ/ФРОМУ до начала осуществления ими функций, связанных с соблюдением законодательства Республики Казахстан о ПОД/ФТ/ФРОМУ, проходят тестирование на интернет-ресурсе уполномоченного органа по осуществляемому виду деятельности в онлайн формате с использованием биометрического контроля тестируемого лица;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) субъекты, осуществляющие свою деятельность единолично, проходят тестирование на интернет-ресурсе уполномоченного органа по осуществляемому виду деятельности в онлайн формате с использованием биометрического контроля тестируемого лица в течение 3 (трех) месяцев с начала осуществления своей деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) cрок действия результатов тестирования составляет 3 (три) года с момента прохождения аттестации с положительным результатом.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификат имеет юридическую силу в течение всего срока действия и может быть предъявлен в электронном или распечатанном виде.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Исполнение программы подготовки и обучения в сфере ПОД/ФТ/ФРОМУ, утвержденной правилами внутреннего контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Регистрация в личном кабинете</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наличие в личном кабинете результатов оценки степени подверженности услуг (продуктов) рискам ОД/ФТ/ФРОМУ; правил внутреннего контроля; сертификата о прохождении тестирования на знание законодательства о ПОД/ФТ/ФРОМУ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17090,187 +20988,238 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________ ______________</w:t>
+        <w:t>
+      ______________________________ _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>должность подпись</w:t>
+        <w:t>
+      должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________________</w:t>
+        <w:t>
+      _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>
+      фамилия, имя, отчество (при наличии)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Руководитель субъекта контроля</w:t>
+        <w:t>
+      Руководитель субъекта контроля</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________ ______________</w:t>
+        <w:t>
+      ______________________ _______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>должность подпись</w:t>
+        <w:t>
+      должность подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________</w:t>
+        <w:t>
+      _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>фамилия, имя, отчество (при наличии)</w:t>
+        <w:t>
+      фамилия, имя, отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>